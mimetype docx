--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1765,731 +1765,731 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two components for one resistivity in LaVO 3 /SrTiO 3 heterostructure</w:t>
+                <w:t xml:space="preserve">Two components for one resistivity in LaVO3/SrTiO3 heterostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Rotella</w:t>
+                <w:t xml:space="preserve">H Rotella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Copie</w:t>
+                <w:t xml:space="preserve">O Copie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pautrat</w:t>
+                <w:t xml:space="preserve">A Pautrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Boullay</w:t>
+                <w:t xml:space="preserve">P Boullay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 27 (9), pp.095603. </w:t>
+              <w:t xml:space="preserve">, 2015, 27 (9), pp.095603 1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0953-8984/27/9/095603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162476v1</w:t>
+                <w:t xml:space="preserve">hal-01164152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two components for one resistivity in LaVO3/SrTiO3 heterostructure</w:t>
+                <w:t xml:space="preserve">Two components for one resistivity in LaVO 3 /SrTiO 3 heterostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Rotella</w:t>
+                <w:t xml:space="preserve">H. Rotella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Copie</w:t>
+                <w:t xml:space="preserve">O. Copie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pautrat</w:t>
+                <w:t xml:space="preserve">A. Pautrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Boullay</w:t>
+                <w:t xml:space="preserve">P. Boullay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 27 (9), pp.095603 1-8. </w:t>
+              <w:t xml:space="preserve">, 2015, 27 (9), pp.095603. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0953-8984/27/9/095603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164152v1</w:t>
+                <w:t xml:space="preserve">hal-02162476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annealing effects on the photoluminescence of terbium doped zinc oxide films</w:t>
+                <w:t xml:space="preserve">Energy transfer mechanism between terbium and europium ions in zinc oxide and zinc silicates thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christian Davesnne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ahmed Ziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 553, pp.52-57. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2013.11.123⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 553, pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tdf.2013.11.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01138059v1</w:t>
+                <w:t xml:space="preserve">hal-01149623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration determination and activation of rare earth dopants in zinc oxide thin films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Labbe</w:t>
+                <w:t xml:space="preserve">Annealing effects on the photoluminescence of terbium doped zinc oxide films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Davesnne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssc.201300636⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 553, pp.52-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2013.11.123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01149627v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01138059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy transfer mechanism between terbium and europium ions in zinc oxide and zinc silicates thin films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cedric Frilay</w:t>
+                <w:t xml:space="preserve">Concentration determination and activation of rare earth dopants in zinc oxide thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tempez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Davesnne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (9-10), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.201300636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tdf.2013.11.122⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01149623v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01149627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2604,176 +2604,176 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05098503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth and study of Ta2O5 thin films by radiofrequency magnetron sputtering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Controlling the Insulator-to-Metal Transition in VO₂ Thin Films through Tailored Magnetron Sputtering Deposition Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Labbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Spring Meeting ,Symposium I (Nano-engineered coatings and thin films: from fundamentals to applications), Strasbourg, France.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, E-MRS, May 2024, Strabourg, France</w:t>
+              <w:t xml:space="preserve">E-MRS Fall Meeting 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E-MRS, Sep 2025, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921799v1</w:t>
+                <w:t xml:space="preserve">hal-05551356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an Insulator-to-Metal Transition (IMT) in VOx Deposited by ALD: Huge Effect on Large IR Transmission Range</w:t>
+                <w:t xml:space="preserve">Approaching the Insulator-to-Metal Transition (IMT) in ALD-Deposited VOx: Significant Impact on a Broad IR Transmission Range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
@@ -2808,272 +2808,254 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">244th ECS meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">E-MRS Fall Meeting 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Varsovie, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04384198v1</w:t>
+                <w:t xml:space="preserve">hal-05551349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nb (V, Nb/V)-Doped TiO2 Films as New Transparent Conducting Oxides Synthesized by a Novel ALD Process: Effect of Dopant Content and Growing Conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Duprey</w:t>
+                <w:t xml:space="preserve">Enhancing Optical Properties of Ta2O5 Thin Films Grown by Radiofrequency Magnetron Sputtering through Rapid Thermal Annealing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïmane Cheikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">244th ECS Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">E-MRS Fall Meeting ,Symposium I (Nano-engineered coatings and thin films: from fundamentals to applications), Strasbourg, France.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E-MRS, Sep 2025, Varsovie, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384247v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strontium Vanadate Deposited by ALD: Toward a New Synthesis Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimane Cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3082,865 +3064,2142 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">244th ECS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ECS, Oct 2023, Göteborg, Sweden. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/MA2023-02291489mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Invited) Luminescence of Rare Earth Doped Si Based Nanofilms for LED and Photovoltaic Applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Portier</w:t>
+                <w:t xml:space="preserve">Nb (V, Nb/V)-Doped TiO2 Films as New Transparent Conducting Oxides Synthesized by a Novel ALD Process: Effect of Dopant Content and Growing Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">237th ECS Meeting with the 18th International Meeting on Chemical Sensors (IMCS 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/ma2020-01161064mtgabs⟩</w:t>
+              <w:t xml:space="preserve">244th ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECS, Oct 2023, Göteborg, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/MA2023-02291487mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03792557v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare earth doped semiconducting nanofilms for Si-based light-emitting devices</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Portier</w:t>
+                <w:t xml:space="preserve">Toward an Insulator-to-Metal Transition (IMT) in VOx Deposited by ALD: Huge Effect on Large IR Transmission Range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Int. Conf. on Nanotechnologies and Nanomaterials (Nano)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">244th ECS meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECS, Oct 2023, Göteborg, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/MA2023-02291486mtgabs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409326v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare earth doped silicon based frequency conversion layers for Si solar cell efficiency improvement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucile Dumont</w:t>
+                <w:t xml:space="preserve">Effect of Insulator-to-Metal Transition (Imt) in Vo2 Deposited by ALD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P.-M. Anglade</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion plénière du GDR NACRE, Nov 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">ALD 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AVS, Jun 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02402866v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare earth doped Zinc oxide thin films for optoelectronic applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marie</w:t>
+                <w:t xml:space="preserve">Nb/V-Doped Transparent Conductive TiO2 Films Synthesized by ALD: Effect of Dopant Content and Growing Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Workshop on nano Transparent Conductive Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ALD 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AVS, Jun 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712577v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare earth doped Zinc oxide thin films for white LED</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marie</w:t>
+                <w:t xml:space="preserve">Atomic layer deposition of niobium oxide (Nb2O5) and niobium-doped titanium oxide (Nb:TiO2) for solar cells applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Coutancier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirella Al Katrib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bouttemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Frégnaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème colloque nationale ZnO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">22nd International Conference on Atomic Layer Deposition: ALD Fundamentals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712571v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositifs Appliqués à la Photonique à base de Néodyme et de Silicium</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Cardin</w:t>
+                <w:t xml:space="preserve">Atomic Layer Deposition (ALD) of thermochromic VO2 thin film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Debieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Doualan</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales en Nanosciences et Nanotechnologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Toulouse, France</w:t>
+              <w:t xml:space="preserve">E-MRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00585194v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">RF magnetron sputtering deposition of multilayers optical filters for ultra-broadband applications with a large number of thin layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Duris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryan Horcholle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EOS Annual Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EOS, Sep 2021, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Growth mechanism effect of anatase TiO2 deposited by ALD on different substrates on the structural, optical and electrical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-MRS Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Virtual Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of the growth mechanisms on Si and glass substrates on the structural, optical and electrical properties of anatase TiO2 thin films synthetized by ALD technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">239th ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECS, May 2021, Digital Meeting, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luminescence of Rare Earth Doped Si Based Nanofilms for LED and Photovoltaic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ehre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">237th ECS Meeting with the 18th International Meeting on Chemical Sensors (IMCS 2020) May 10, 2020 - May 14, 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECS, May 2020, Montreal, Canada. pp.1064-1064, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/MA2020-01161064mtgabs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luminescence of Rare Earth Doped Si Based Nanofilms for LED and Photovoltaic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ehre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">237th ECS Meeting with the 18th International Meeting on Chemical Sensors (IMCS 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Montreal, Canada. pp.1064-1064, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/ma2020-01161064mtgabs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03792557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare earth doped semiconducting nanofilms for Si-based light-emitting devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ehré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Int. Conf. on Nanotechnologies and Nanomaterials (Nano)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lviv, Ukraine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare earth doped silicon based frequency conversion layers for Si solar cell efficiency improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-M. Anglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion plénière du GDR NACRE, Nov 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare earth doped Zinc oxide thin films for optoelectronic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Davesnne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Workshop on nano Transparent Conductive Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare earth doped Zinc oxide thin films for white LED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Davesnne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ème colloque nationale ZnO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispositifs Appliqués à la Photonique à base de Néodyme et de Silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Doualan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Nationales en Nanosciences et Nanotechnologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00585194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Photoluminescence Activity of Neodymium-Doped Gallium Oxide Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3971,607 +5230,857 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Portier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2007 MRS Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Boston, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1557/PROC-1111-D07-04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01498489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization and Characterization of ALD-Deposited Nb₂O₅ for High-Performance MIM Capacitors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kou Ihara</w:t>
+                <w:t xml:space="preserve">Growth and study of Ta2O5 thin films by radiofrequency magnetron sputtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïmane Cheikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Labbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Blond</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">. 10e édition du Workshop du GDR RAFALD (Réseau des Acteurs Français de l'ALD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">E-MRS fall meeting 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04921889v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Advanced Bimetallic Oxide Photoelectrodes by ALD for Enhanced Hydrogen Production via Water Splitting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bilal Bawab</w:t>
+                <w:t xml:space="preserve">Optimization and Characterization of ALD-Deposited Nb₂O₅ for High-Performance MIM Capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kou Ihara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cédric Frilay</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e édition du Workshop du GDR RAFALD (Réseau des Acteurs Français de l'ALD)</w:t>
+              <w:t xml:space="preserve">. 10e édition du Workshop du GDR RAFALD (Réseau des Acteurs Français de l'ALD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04921779v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Nb2O5 High-k Dielectric Material Deposited By Atomic Layer Deposition for Metal-Insulator-Metal Capacitor</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Cardin</w:t>
+                <w:t xml:space="preserve">Development of Advanced Bimetallic Oxide Photoelectrodes by ALD for Enhanced Hydrogen Production via Water Splitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Bawab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">244th ECS meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10e édition du Workshop du GDR RAFALD (Réseau des Acteurs Français de l'ALD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384421v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Study of Nb2O5 high-k Dielectric Material Deposited by Atomic Layer Deposition for Metal-Insulator-Metal Capacitor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kou Ihara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALD 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Washington DC, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of Nb2O5 High-k Dielectric Material Deposited By Atomic Layer Deposition for Metal-Insulator-Metal Capacitor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kou Ihara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Frilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lemenager</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">244th ECS meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Gôteborg, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/MA2023-02301556mtgabs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Integration of rare earth ions doped Si based down converter layers in an industrial Si solar cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-M. Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS fall meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4581,161 +6090,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DAYTIME RADIATIVE DEVICE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzy Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Weimmerskirch-Aubatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP2022063924/WO2022248413A1/FR2105377A. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId135"/>
+      <w:footerReference w:type="default" r:id="rId154"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4882,51 +6391,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05223847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;mane Cheikh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Gon&#231;alves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labb&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2025.183273" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675798v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getaneh Diress Gesesse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Debieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jolivet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Frilay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacomc.2024.100018" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807517v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.155214" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790146v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khomenkova" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Merabet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Chauvat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frilay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Portier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2022.102377" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675408v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Horcholle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.153711" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195570v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillaume" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Frieiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bl&#225;zquez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#243;pez-Vidrier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149754" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424202v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemari&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.127216" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867390v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cardin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Matthieu Anglade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3071" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guillaume" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Doualan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800203" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785730v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beainy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gourbilleau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Talbot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.04.310" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453463v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Tao An" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Zatryb" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Podhorodecki" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aa5ca0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413010v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Davesnne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labb&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ehr&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2016.90" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162476v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rotella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Copie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pautrat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boullay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A David" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/9/095603" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164152v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rotella" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Copie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pautrat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Boullay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138059v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ziani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Davesnne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.123" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149627v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ziani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tempez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201300636" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L71FD41N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149623v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Frilay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tdf.2013.11.122" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05098503v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Bawab" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921799v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Goncalves" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384198v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291486mtgabs" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384247v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291487mtgabs" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384320v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimane Cheikh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291489mtgabs" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dufour" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gourbilleau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/ma2020-01161064mtgabs" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409326v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehr&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402866v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-M. Anglade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712577v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712571v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585194v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dufour" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cardin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498489v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lecerf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1111-D07-04" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921889v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kou Ihara" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Blond" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921779v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384421v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lemenager" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02301556mtgabs" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301126v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dumont" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153671v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Weimmerskirch-Aubatin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05223847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;mane Cheikh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Gon&#231;alves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labb&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2025.183273" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675798v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getaneh Diress Gesesse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Debieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jolivet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Frilay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacomc.2024.100018" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807517v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.155214" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790146v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khomenkova" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Merabet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Chauvat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frilay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Portier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2022.102377" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675408v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Horcholle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.153711" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195570v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillaume" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Frieiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bl&#225;zquez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#243;pez-Vidrier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149754" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424202v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemari&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.127216" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867390v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cardin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Matthieu Anglade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3071" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guillaume" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Doualan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800203" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785730v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beainy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gourbilleau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Talbot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.04.310" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453463v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Tao An" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Zatryb" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Podhorodecki" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aa5ca0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413010v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Davesnne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labb&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ehr&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2016.90" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164152v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rotella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Copie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pautrat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Boullay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A David" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/9/095603" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162476v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rotella" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Copie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pautrat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boullay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149623v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Davesnne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ziani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Frilay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tdf.2013.11.122" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138059v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.123" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149627v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ziani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tempez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201300636" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L71FD41N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05098503v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Bawab" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551356v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Goncalves" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551349v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921799v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384320v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimane Cheikh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291489mtgabs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384247v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291487mtgabs" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384198v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291486mtgabs" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551068v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551049v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565801v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vincent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Coutancier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Al Katrib" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bouttemy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fr&#233;gnaux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565823v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550994v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duris" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565915v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565906v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564775v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dufour" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gourbilleau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-01161064mtgabs" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792557v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/ma2020-01161064mtgabs" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409326v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehr&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402866v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-M. Anglade" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712577v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712571v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585194v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dufour" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cardin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498489v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lecerf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1111-D07-04" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551399v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921889v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kou Ihara" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Blond" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921779v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551091v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384421v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lemenager" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02301556mtgabs" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301126v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dumont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153671v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Weimmerskirch-Aubatin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>