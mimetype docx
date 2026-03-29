--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -188,151 +188,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ce droit qui n'était pas (encore) administratif. Les droits de l'Administration sous l'Ancien Régime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Mémoire du Droit, 2023, Anne-Sophie CHAMBOST</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ce droit qui n’était pas (encore) administratif, Les droits de l’Administration sous l’Ancien Régime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Glineur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Mémoire du Droit, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367477v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04414020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La justice fiscale (Xe-XXIe siècles)</w:t>
               </w:r>
@@ -899,372 +899,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« La désobéissance à la loi fiscale : de la rébellion à l’insurrection »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La désobéissance à la loi à l’époque moderne (XVIe-XVIIIe siècle), sous la direction de Damien Salles, Poitiers, Presses universitaires juridiques, 2023, p. 191-212</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les privilèges économiques sous l’Ancien Régime : l’exemple des provinces du Nord »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’obsolescence programmée du droit (public) économique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Legitech, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05367481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La doctrine fiscale de Le Trosne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dans Guillaume-François Le Trosne, Itinéraire d’une figure intellectuelle orléanaise au siècle des Lumières, sous la direction de Anthony Mergey, Michel Pertué et Jean-Paul Pollin, Paris, Mare et Martin, 2023, p. 11-127</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Avant-propos », dans Le droit (public économique) du monde d’après, sous la dir. de F. Bottini, Paris, Legitech, 2023, p. 13-17</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit (public économique) du monde d’après</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Girafe »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Glineur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal &amp; Droit, Bestiaire, Patrimoine juridique, Défis contemporains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367480v1</w:t>
-              </w:r>
-[...274 lines deleted...]
-                <w:t xml:space="preserve">hal-04274628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Penser l’impôt sous l’Ancien Régime »</w:t>
               </w:r>
@@ -1869,165 +1869,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Joseph II et la création des intendants dans les Pays-Bas autrichiens en 1787</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intendants et intendance en Europe et dans les États de Savoie, XVIIe-XIXe siècles, Contributions réunies par Marc Ortolani et Karine Deharbe, PRIDAES, Nice, p. 251-264</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03362926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’opposition des États de Hainaut aux réformes de Joseph II (1787-1789)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Glineur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études offertes à Jean-Louis Harouel, Liber amicorum, sous la direction de D. Salles, A. Deroche et R. Carvais, Paris, p. 147-167</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362921v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03362926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le régime juridique des passeports sous l’Ancien Régime, L’exemple des provinces du Nord</w:t>
               </w:r>
@@ -3343,234 +3343,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le droit de l’embellissement à Lille sous l’Ancien Régime (1667-1789)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03362960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tutelle des communautés sous l’Ancien Régime. L’exemple des provinces du Nord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique de droit français et étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03362955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pour une approche diplomatique des commissions des subdélégués d’intendance au XVIIIe siècle. L’exemple du Hainaut (1765-1788)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Glineur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bibliothèque de l'École des chartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362963v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03362960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre libéralisme et protectionnisme : la politique pré-libérale du contrôleur général Moreau de Séchelles</w:t>
               </w:r>
@@ -4065,51 +4065,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Glineur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Faivre-Faucompr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S&#233;dillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367477v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414020v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362981v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Crouy Chanel (de)" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Husson-Rochcongar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04500256v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carvais" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362982v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362987v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362979v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367479v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367480v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274636v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367481v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274632v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274628v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274648v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274641v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362950v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362948v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362940v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362946v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362930v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362936v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362928v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362921v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362926v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362916v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362918v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362820v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362586v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362572v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050771v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boullu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin De Craene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274617v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362974v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04280753v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362972v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362970v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362968v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362965v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362962v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362963v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362955v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362954v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362988v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362991v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362986v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Glineur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Faivre-Faucompr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S&#233;dillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414020v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367477v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362981v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Crouy Chanel (de)" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Husson-Rochcongar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04500256v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carvais" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362982v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362987v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362979v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367479v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274636v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367481v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274632v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274628v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367480v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274648v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274641v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362950v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362948v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362940v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362946v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362930v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362936v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362928v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362926v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362921v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362916v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362918v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362820v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362586v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362572v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050771v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boullu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin De Craene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274617v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362974v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04280753v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362972v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362970v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362968v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362965v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362962v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362960v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362955v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362963v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362954v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362988v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362991v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362986v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>