--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -887,295 +887,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Elicitors and Beneficial Bacteria to Induce and Prime the Stilbene Phytoalexin Response: Applications to Grapevine Disease Resistance</w:t>
+                <w:t xml:space="preserve">Production of high molecular-ordered stilbene oligomers for the study of their biological activity: total synthesis, bio-catalyzed synthesis and production by plant systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Trotel-Aziz</w:t>
+                <w:t xml:space="preserve">Md. Sahab Uddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacquard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chandra Mohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (9), pp.2225. </w:t>
+              <w:t xml:space="preserve">Natural Product Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (5), pp.1045-1057. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/agronomy13092225⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D2NP00073C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04335900v1</w:t>
+                <w:t xml:space="preserve">hal-04616248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of high molecular-ordered stilbene oligomers for the study of their biological activity: total synthesis, bio-catalyzed synthesis and production by plant systems</w:t>
+                <w:t xml:space="preserve">Use of Elicitors and Beneficial Bacteria to Induce and Prime the Stilbene Phytoalexin Response: Applications to Grapevine Disease Resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Md. Sahab Uddin</w:t>
+                <w:t xml:space="preserve">Patricia Trotel-Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziz Aziz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Jacquard</w:t>
+                <w:t xml:space="preserve">Chandra Mohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Product Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 40 (5), pp.1045-1057. </w:t>
+              <w:t xml:space="preserve">Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (9), pp.2225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D2NP00073C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/agronomy13092225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04616248v1</w:t>
+                <w:t xml:space="preserve">hal-04335900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of Salinity Stress Tolerance in Lettuce (Lactuca sativa L.) via Foliar Application of Nitric Oxide</w:t>
               </w:r>
@@ -1289,559 +1289,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04335970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmopara viticola the Causal Agent of Downy Mildew of Grapevine: From Its Taxonomy to Disease Management</w:t>
+                <w:t xml:space="preserve">Paraburkholderia phytofirmans PsJN delays Botrytis cinerea development on grapevine inflorescences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kseniia Koledenkova</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cédric Jacquard</w:t>
+                <w:t xml:space="preserve">Lidiane Carla Miotto Vilanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerzy Nowak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Clément</w:t>
+                <w:t xml:space="preserve">Marine Rondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Robineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Guise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lavire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 13, pp.889472. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.889472⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 13, pp.1030982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1030982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04099370v1</w:t>
+                <w:t xml:space="preserve">hal-03920709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraburkholderia phytofirmans PsJN delays Botrytis cinerea development on grapevine inflorescences</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plasmopara viticola the Causal Agent of Downy Mildew of Grapevine: From Its Taxonomy to Disease Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean François Guise</w:t>
+                <w:t xml:space="preserve">Kseniia Koledenkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qassim Esmaeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Lavire</w:t>
+                <w:t xml:space="preserve">Jerzy Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 13, pp.1030982. </w:t>
+              <w:t xml:space="preserve">, 2022, 13, pp.889472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1030982⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.889472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920709v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological Control of Grapevine Crown Gall Disease, Caused by Allorhizobium vitis , Using Paraburkholderia phytofirmans PsJN</w:t>
+                <w:t xml:space="preserve">Analyses of Lysin-motif Receptor-like Kinase (LysM-RLK) Gene Family in Allotetraploid Brassica napus L. and Its Progenitor Species: An In Silico Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nguyen-Huu Trong</w:t>
+                <w:t xml:space="preserve">Amin Abedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Doré</w:t>
+                <w:t xml:space="preserve">Zahra Hajiahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Gaucher</w:t>
+                <w:t xml:space="preserve">Mojtaba Kordrostami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qassim Esmaeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhytoFrontiers™</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2 (4), pp.391-403. </w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/phytofr-03-22-0018-r⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cells11010037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889663v1</w:t>
+                <w:t xml:space="preserve">hal-03511666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses of Lysin-motif Receptor-like Kinase (LysM-RLK) Gene Family in Allotetraploid Brassica napus L. and Its Progenitor Species: An In Silico Study</w:t>
+                <w:t xml:space="preserve">Biological Control of Grapevine Crown Gall Disease, Caused by Allorhizobium vitis , Using Paraburkholderia phytofirmans PsJN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amin Abedi</w:t>
+                <w:t xml:space="preserve">Nguyen-Huu Trong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahra Hajiahmadi</w:t>
+                <w:t xml:space="preserve">Jeanne Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mojtaba Kordrostami</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qassim Esmaeel</w:t>
+                <w:t xml:space="preserve">Matthieu Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (1), pp.37. </w:t>
+              <w:t xml:space="preserve">PhytoFrontiers™</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (4), pp.391-403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells11010037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/phytofr-03-22-0018-r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03511666v1</w:t>
+                <w:t xml:space="preserve">hal-03889663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudomonas Lipopeptide-Mediated Biocontrol: Chemotaxonomy and Biological Activity</w:t>
               </w:r>
@@ -2255,51 +2255,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Sobarzo-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Md. Sahab Uddin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roque Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3025,77 +3025,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Silico Analyses of Autophagy-Related Genes in Rapeseed (Brassica napus L.) under Different Abiotic Stresses and in Various Tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elham Mehri Eshkiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Hajiahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Abedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mojtaba Kordrostami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3142,51 +3142,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic Mono-Rhamnolipids Display Direct Antifungal Effects and Trigger an Innate Immune Response in Tomato against Botrytis Cinerea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Robineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Guenic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3546,364 +3546,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02944362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofilm constructing variants of Paraburkholderia phytofirmans PsJN outcompete the wild-type form in free-living and static conditions but not in planta</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of Paraburkholderia phytofirmans PsJN on Grapevine Phenolic Metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Crouzet</w:t>
+                <w:t xml:space="preserve">Lidiane Miotto-Vilanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Blin</w:t>
+                <w:t xml:space="preserve">Barbara Courteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gosselin</w:t>
+                <w:t xml:space="preserve">Rosa Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanja Rabenoelina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.02670-18⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (22), pp.5775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20225775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02173766v1</w:t>
+                <w:t xml:space="preserve">hal-02473979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Paraburkholderia phytofirmans PsJN on Grapevine Phenolic Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lidiane Miotto-Vilanova</w:t>
+                <w:t xml:space="preserve">Biofilm constructing variants of Paraburkholderia phytofirmans PsJN outcompete the wild-type form in free-living and static conditions but not in planta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qassim Esmaeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Courteaux</w:t>
+                <w:t xml:space="preserve">Jérôme Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosa Padilla</w:t>
+                <w:t xml:space="preserve">Pauline Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanja Rabenoelina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Jacquard</w:t>
+                <w:t xml:space="preserve">Isabelle Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (22), pp.5775. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 85 (11), pp.UNSP e02670--18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms20225775⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02670-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02473979v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02173766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a cold night: transcriptomics of grapevine flower unveils signal transduction and impacted metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Sawicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Courteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanja Rabenoelina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gea Guerriero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3948,563 +3948,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudomonas knackmussii MLR6, a rhizospheric strain isolated from halophyte, enhances salt tolerance in Arabidopsis thaliana</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paraburkholderia phytofirmans PsJN-Plants Interaction: From Perception to the Induced Mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qassim Esmaeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.E.H. Rabhi</w:t>
+                <w:t xml:space="preserve">Lidiane Miotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Silini</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Lekired</w:t>
+                <w:t xml:space="preserve">Valérie Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jam.14082⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944762v1</w:t>
+                <w:t xml:space="preserve">hal-02620923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kluyveromyces marxianus, an Attractive Yeast for Ethanolic Fermentation in the Presence of Imidazolium Ionic Liquids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jochen Büchs</w:t>
+                <w:t xml:space="preserve">Pseudomonas knackmussii MLR6, a rhizospheric strain isolated from halophyte, enhances salt tolerance in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.E.H. Rabhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Silini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Cherif-Silini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Yahiaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lekired</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms19030887⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 125 (6), pp.1836-1851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.14082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01988874v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence of Plant Growth-Promoting Burkholderia sp. Strain BE12, Isolated from the Rhizosphere of Maize</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Clément</w:t>
+                <w:t xml:space="preserve">Kluyveromyces marxianus, an Attractive Yeast for Ethanolic Fermentation in the Presence of Imidazolium Ionic Liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasir Mehmood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranim Alayoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jacquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Büchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (3), pp.887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms19030887⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00299-18⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03284652v1</w:t>
+                <w:t xml:space="preserve">hal-01988874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraburkholderia phytofirmans PsJN-Plants Interaction: From Perception to the Induced Mechanisms</w:t>
+                <w:t xml:space="preserve">Draft Genome Sequence of Plant Growth-Promoting Burkholderia sp. Strain BE12, Isolated from the Rhizosphere of Maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qassim Esmaeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marine Rondeau</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Robineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Leclère</w:t>
+                <w:t xml:space="preserve">Stephan Dorey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (17), pp.00299-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00299-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620923v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of &amp;lt;em&amp;gt;Paraburkholderia phytofirmans&amp;lt;/em&amp;gt; Strain PsJN on Tomato (&amp;lt;em&amp;gt;Lycopersicon esculentum&amp;lt;/em&amp;gt; L.) Under High Temperature</w:t>
               </w:r>
@@ -4529,51 +4529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qassim Esmaeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Courteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Guise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4892,77 +4892,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkholderia phytofirmans PsJN Confers Grapevine Resistance against Botrytis cinerea via a Direct Antimicrobial Effect Combined with a Better Resource Mobilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidiane Miotto-Vilanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Courteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Wortham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5020,571 +5020,571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct regulation in inflorescence carbohydrate metabolism according to grapevine cultivars during floral development</w:t>
+                <w:t xml:space="preserve">Cross-talk between environmental stresses and plant metabolism during reproductive organ abscission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Sawicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Jacquens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Baillieul</w:t>
+                <w:t xml:space="preserve">Essaïd Aït Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vaillant-Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jacquard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 154 (3), pp.447-467. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66 (7), pp.1707-1719. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppl.12321⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eru533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945288v1</w:t>
+                <w:t xml:space="preserve">hal-02945286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burkholderia phytofirmans PsJN reduces impact of freezing temperatures on photosynthesis in Arabidopsis thaliana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fan Su</w:t>
+                <w:t xml:space="preserve">Impact of two ionic liquids, 1-ethyl-3-methylimidazolium acetate and 1-ethyl-3-methylimidazolium methylphosphonate, on Saccharomyces cerevisiae: metabolic, physiologic, and morphological investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasir Mehmood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fanja Rabenoelina</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wewetzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Büchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00810⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13068-015-0206-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945292v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of two ionic liquids, 1-ethyl-3-methylimidazolium acetate and 1-ethyl-3-methylimidazolium methylphosphonate, on Saccharomyces cerevisiae: metabolic, physiologic, and morphological investigations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jochen Büchs</w:t>
+                <w:t xml:space="preserve">Distinct regulation in inflorescence carbohydrate metabolism according to grapevine cultivars during floral development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Sawicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Jacquens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Baillieul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vaillant-Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-015-0206-2⟩</w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 154 (3), pp.447-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.12321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01988356v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-talk between environmental stresses and plant metabolism during reproductive organ abscission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélodie Sawicki</w:t>
+                <w:t xml:space="preserve">Burkholderia phytofirmans PsJN reduces impact of freezing temperatures on photosynthesis in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essaïd Aït Barka</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandra Villaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanja Rabenoelina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 66 (7), pp.1707-1719. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/eru533⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945286v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclic lipopeptides from Bacillus subtilis activate distinct patterns of defence responses in grapevine</w:t>
               </w:r>
@@ -5596,51 +5596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Farace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Jacquens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6154,51 +6154,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qassim Esmaeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidiane Miotto-Vilanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6266,90 +6266,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">). How Paraburkholderia phytofirmans PsJN helps Vitis vinifera L. to face biotic and abiotic stresses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidiane Miotto-Vilanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qassim Esmaeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Specialized Conference on sustainable viticulture, winery wastes &amp; agro-industrial wastewater management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, MONS, Belgium</w:t>
@@ -6654,77 +6654,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Guenic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clonne Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Robineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheveriat L</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Dorey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48eme congrès du groupe français des pesticides.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, LIMOGES, France</w:t>
@@ -6753,51 +6753,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floraison de la vigne et changement climatique : effet de l'augmentation de la température de jour sur les flux de GLUCIdes et le développement FLORal (GLUCIFLOR 2).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essaid Ait Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6982,90 +6982,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraburkholderia phytofirmans PsJN, a special beneficial endophyte: from roots to aerial parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidiane Miotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Courteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3th Symposium Adam Kondorosi “Frontiers in Beneficial Plant-Microbe Interactions”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, GIF SUR YVETTE, France</w:t>
@@ -7094,51 +7094,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floraison de la vigne et changement climatique – Impact de l’augmentation de la température sur le développement floral chez le Merlot.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essaid Ait Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7340,51 +7340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkholderia phytofirmans PsJN-induced resistance in grapevine against Botrytis cinerea: antimicrobial effect and/or priming of carbohydrate metabolism and plant defenses?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidiane Miotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7586,51 +7586,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the intricate networks underlying the tripartite interaction between grapevine vitis vinifera L., Botrytis cinerea and Burkholderia phytofirmans: antimicrobial effect and/or priming of carbohydrate metabolism and plant defenses?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidiane Miotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8252,77 +8252,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOWARD A SUSTAINABLE VITICULTURE IMPROVED GRAPEVINE PRODUCTIVITY AND TOLERANCE TO ABIOTIC AND BIOTIC STRESSES BY COMBINING RESISTANT CULTIVARS AND BENEFICIAL MICROORGANISMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Ait Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Trotel-Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Jacquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8670,51 +8670,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du froid sur le métabolisme carboné de la vigne et sur son développement floral.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Sawicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essaid Ait Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8944,51 +8944,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393380v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong Nguyen-Huu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Ogrinc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ledoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacquard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerzaon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5c02019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Govin-Sanjudo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia M Rojas Badia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qassim Esmaeel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105776" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210027v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Legesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouhouch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sanchez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essaid Ait-Barka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2025.100478" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125243v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Aggad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajid Rehman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muamar Al-Jaboobi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252211980" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549983v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Dutilloy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Argu&#235;lles Arias" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Guise" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-023-12864-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04676278v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essaid Ait Barka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Backes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-24-0056-KC" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335900v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Trotel-Aziz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra Mohan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13092225" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04616248v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Sahab Uddin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Aziz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NP00073C" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335970v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Sardar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zubair Khalid" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ahsan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safina Naz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aamir Nawaz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12051115" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099370v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Koledenkova" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Nowak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.889472" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03920709v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidiane Carla Miotto Vilanova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rondeau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Robineau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Guise" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lavire" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1030982" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889663v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen-Huu Trong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dor&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phytofr-03-22-0018-r" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03511666v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Abedi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hajiahmadi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Kordrostami" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11010037" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03556770v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feyisara Eyiwumi Oni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tobias Onyeka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasheed Adeleke" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Jacquard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27020372" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03511669v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Platel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Sawicki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Randoux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trapet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12010095" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03556773v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bailly" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.807798" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03400616v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Sobarzo-S&#225;nchez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roque Bru" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2021.107844" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03405616v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Planchon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjell Sergeant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2021.10.027" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03279025v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gea Guerriero" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.614951" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435746v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Amarouchi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majida Hafidi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9071386" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02944310v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Hausman" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Renaut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11030300" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03279367v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76483-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03405617v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Mehri Eshkiki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9101393" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955260v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Guenic" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chaveriat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lequart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25143108" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasir Mehmood" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranim Alayoubi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Husson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen B&#252;chs" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2018.10.040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TZ9P0LD7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02944362v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-019-2613-1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173766v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crouzet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Blin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gosselin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02670-18" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02473979v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidiane Miotto-Vilanova" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Courteaux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Padilla" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanja Rabenoelina" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20225775" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618118v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20051130" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944762v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E.H. Rabhi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Silini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cherif-Silini" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yahiaoui" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lekired" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.14082" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01988874v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19030887" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03284652v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Dorey" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00299-18" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620923v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidiane Miotto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lecl&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02093" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620887v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Issa" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Guise" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01397" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945154v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sawicki" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Courteaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rabenoelina" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Baillieul" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clement" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11099-016-0230-x" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01692988v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parul Vatsa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vaillant-Gaveau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00019-15" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945218v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Wortham" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01236" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945288v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Jacquens" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12321" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B87801RG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945292v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Su" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00810" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01988356v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wewetzer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-015-0206-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945286v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essa&#239;d A&#239;t Barka" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru533" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945258v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Farace" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coutte" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Krier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12170" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945283v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gilard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tcherkez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2015.07.023" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GNBGQV7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152406v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerriero G" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Christophe" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03139109v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hafidi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131299v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Christophe" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131307v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361455v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Comby" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ptas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Profizi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reignault" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03163838v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Combi Morgane" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ptas S" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Profizi C" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152484v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clonne Salmon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheveriat L" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152494v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gaveau-Vaillant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03138461v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03138437v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03164150v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152393v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arguelles A" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coutte F" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leclere V" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemiere S" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03167025v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03151785v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essa&#239;d Ait Barka" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilard F" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tcherkez Gg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03145792v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152081v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kier F" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coutte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Hofte" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055250v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03120987v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brunet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wantier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gea Guerrierio" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055153v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ramdane-Cherif" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siah" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03123903v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ait Barka" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131510v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03136283v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131268v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393380v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong Nguyen-Huu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Ogrinc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ledoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacquard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerzaon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5c02019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Govin-Sanjudo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia M Rojas Badia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qassim Esmaeel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105776" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210027v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Legesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouhouch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sanchez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essaid Ait-Barka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2025.100478" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125243v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Aggad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajid Rehman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muamar Al-Jaboobi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252211980" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549983v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Dutilloy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Argu&#235;lles Arias" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Guise" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-023-12864-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04676278v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essaid Ait Barka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Backes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-24-0056-KC" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04616248v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Sahab Uddin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Aziz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NP00073C" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335900v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Trotel-Aziz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra Mohan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy13092225" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335970v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Sardar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zubair Khalid" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ahsan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safina Naz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aamir Nawaz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12051115" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03920709v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidiane Carla Miotto Vilanova" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rondeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Robineau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Guise" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lavire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1030982" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099370v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Koledenkova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Nowak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.889472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03511666v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Abedi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hajiahmadi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Kordrostami" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11010037" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03889663v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen-Huu Trong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dor&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phytofr-03-22-0018-r" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03556770v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feyisara Eyiwumi Oni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tobias Onyeka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasheed Adeleke" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Jacquard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27020372" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03511669v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Platel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Sawicki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Randoux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trapet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12010095" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03556773v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bailly" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.807798" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03400616v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Sobarzo-S&#225;nchez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roque Bru" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2021.107844" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03405616v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Planchon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjell Sergeant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2021.10.027" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03279025v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gea Guerriero" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.614951" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435746v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Amarouchi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majida Hafidi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9071386" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02944310v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Hausman" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Renaut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes11030300" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03279367v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76483-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03405617v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Mehri Eshkiki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9101393" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955260v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Guenic" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chaveriat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lequart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25143108" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasir Mehmood" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranim Alayoubi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Husson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen B&#252;chs" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2018.10.040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TZ9P0LD7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02944362v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-019-2613-1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02473979v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidiane Miotto-Vilanova" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Courteaux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Padilla" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanja Rabenoelina" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20225775" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173766v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crouzet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Blin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gosselin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02670-18" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618118v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20051130" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620923v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidiane Miotto" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lecl&#232;re" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02093" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944762v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E.H. Rabhi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Silini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cherif-Silini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yahiaoui" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lekired" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.14082" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01988874v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19030887" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03284652v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Dorey" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00299-18" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620887v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Issa" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Guise" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01397" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945154v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sawicki" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Courteaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rabenoelina" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Baillieul" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clement" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11099-016-0230-x" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01692988v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parul Vatsa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vaillant-Gaveau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00019-15" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945218v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Wortham" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01236" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945286v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essa&#239;d A&#239;t Barka" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru533" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01988356v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wewetzer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-015-0206-2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945288v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Jacquens" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12321" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B87801RG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945292v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Su" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00810" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945258v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Farace" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coutte" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Krier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12170" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945283v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gilard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tcherkez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2015.07.023" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GNBGQV7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152406v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerriero G" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Christophe" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03139109v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hafidi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131299v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Christophe" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131307v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361455v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Comby" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ptas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Profizi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reignault" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03163838v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Combi Morgane" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ptas S" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Profizi C" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152484v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clonne Salmon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheveriat L" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152494v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gaveau-Vaillant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03138461v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03138437v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03164150v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152393v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arguelles A" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coutte F" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leclere V" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemiere S" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03167025v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03151785v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essa&#239;d Ait Barka" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilard F" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tcherkez Gg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03145792v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03152081v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kier F" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coutte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Hofte" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055250v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03120987v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brunet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wantier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gea Guerrierio" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055153v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ramdane-Cherif" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siah" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03123903v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ait Barka" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131510v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03136283v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03131268v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>