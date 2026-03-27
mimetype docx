--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -255,103 +255,103 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical characterization of scalp tissue through suction tests: A feasibility study based on a combined experimental and modeling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Vallet</w:t>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bertholdt</w:t>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Laurent</w:t>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Results in engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 29, pp.109140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rineng.2026.109140⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -373,4674 +373,5552 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of mechanical stimuli on bone cells for regenerative medicine: A review of recent experimental and computational methods</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cédric Laurent</w:t>
+                <w:t xml:space="preserve">A biomechanical computational analysis of vacuum-assisted delivery : insights and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medengphy.2025.104369⟩</w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, pp.111-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.16173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05236576v1</w:t>
+                <w:t xml:space="preserve">hal-05191725v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic levitation: a new process to stimulate stem cells for regenerative medicine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Effects of mechanical stimuli on bone cells for regenerative medicine: A review of recent experimental and computational methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Wiedemann-Fodé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Schiavi-Tritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.14502⟩</w:t>
+              <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 142, pp.104369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medengphy.2025.104369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04737980v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05236576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical characterization and computational modelling of a levitating hydrogel droplet to stimulate cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Wiedemann-Fodé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lavrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Louvet</w:t>
+                <w:t xml:space="preserve">Chrystelle Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chatelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 50th congress of the Société de Biomécanique, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/mbj.16174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191726v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability and educational potential of a computational model of vacuum-assisted delivery on a birth simulator</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic levitation: a new process to stimulate stem cells for regenerative medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Wiedemann-Fodé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Schiavi-Tritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2025.106633⟩</w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345541v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737980v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary results on multimodal mechanical characterization of a haemostatic sponge used for sinus lift</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Perroud</w:t>
+                <w:t xml:space="preserve">Reliability and educational potential of a computational model of vacuum-assisted delivery on a birth simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.14508⟩</w:t>
+              <w:t xml:space="preserve">Clinical Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129, pp.106633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2025.106633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737990v2</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A biomechanical computational analysis of vacuum-assisted delivery : insights and perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Preliminary results on multimodal mechanical characterization of a haemostatic sponge used for sinus lift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chatelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Po</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.111-113. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.16173⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191725v2</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737990v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogenization of quasi-periodic conformal architectured materials and applications to chiral lattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Ehsan Alavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Cheikho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 199, pp.105146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mechmat.2024.105146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible design framework to design graded porous bone scaffolds with adjustable anisotropic properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A preliminary quantification of the clinical gesture during vacuum assisted delivery on a training dummy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Cheikho</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.F. Ganghoffer</w:t>
+                <w:t xml:space="preserve">R Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Baldit</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Alix</w:t>
+                <w:t xml:space="preserve">O Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2023.105727⟩</w:t>
+              <w:t xml:space="preserve">Clinical Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 109, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2023.106093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04016453v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the skin-to-bone mechanical interaction on porcine scalp: A combined experimental and computational approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Bertholdt</w:t>
+                <w:t xml:space="preserve">A flexible design framework to design graded porous bone scaffolds with adjustable anisotropic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Cheikho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Ganghoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Rahouadj</w:t>
+                <w:t xml:space="preserve">E. Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Morel</w:t>
+                <w:t xml:space="preserve">S. Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 147, pp.106139. </w:t>
+              <w:t xml:space="preserve">, 2023, 140, pp.105727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2023.106139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2023.105727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611473v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A preliminary quantification of the clinical gesture during vacuum assisted delivery on a training dummy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the skin-to-bone mechanical interaction on porcine scalp: A combined experimental and computational approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Vallet</w:t>
+                <w:t xml:space="preserve">C. Bertholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Lefebvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+                <w:t xml:space="preserve">R. Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Rahouadj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O Morel</w:t>
+                <w:t xml:space="preserve">O. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2023.106093⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 147, pp.106139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2023.106139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609789v1</w:t>
+                <w:t xml:space="preserve">hal-04611473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Canine Long Bone Ultimate Tensile Strain by Digital Image Correlation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Analysis of suction-based gripping strategies in wildlife towards future evolutions of the obstetrical suction cup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Balligand</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Orthopedic Research and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.29011/2575-8241.001221⟩</w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (6), pp.061003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3190/ac9878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689158v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A preliminary study exploring the mechanical properties of normal and Mgp-deficient mouse femurs during early growth</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Determination of Canine Long Bone Ultimate Tensile Strain by Digital Image Correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Böhme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Milis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Phillippe Ponthot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Balligand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/09544119221109019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Orthopedic Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29011/2575-8241.001221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987826v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of suction-based gripping strategies in wildlife towards future evolutions of the obstetrical suction cup</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">A preliminary study exploring the mechanical properties of normal and Mgp-deficient mouse femurs during early growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-3190/ac9878⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 236 (8), pp.1106-1117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09544119221109019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146753v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An advanced method to design graded cylindrical scaffolds with versatile effective cross-sectional mechanical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Cheikho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 125, pp.104887. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2021.104887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Bone Marrow and Wharton’s Jelly Mesenchymal Stromal Cells Response on Multilayer Braided Silk and Silk/PLCL Scaffolds for Ligament Tissue Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xing Liu</w:t>
+                <w:t xml:space="preserve">How do the effective bone properties evolve during normal and pathological calcification?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym12092163⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (sup1), pp.S166-S168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1813417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973729v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do the effective bone properties evolve during normal and pathological calcification?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+                <w:t xml:space="preserve">Characterization of Bone Marrow and Wharton’s Jelly Mesenchymal Stromal Cells Response on Multilayer Braided Silk and Silk/PLCL Scaffolds for Ligament Tissue Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Marano</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie de Brosses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1813417⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (9), pp.2163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym12092163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03145718v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of orthopedic implants on canine long bone compression stiffness: a combined experimental and computational approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Böhme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Böhme</w:t>
+                <w:t xml:space="preserve">Jolanthe Verwaerde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jolanthe Verwaerde</w:t>
+                <w:t xml:space="preserve">Luc Papeleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Ponthot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 234 (3), pp.255-264. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0954411919882603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the milling’s response of a new bi-material 3D-printed model of temporal bone used for surgeons’ training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Chauvelot</w:t>
+                <w:t xml:space="preserve">Gael Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gael Le Coz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+                <w:t xml:space="preserve">A S Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moufki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 23 (sup1), pp.S63-S65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2020.1811508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03040599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological validation of a novel bi-material 3D-printed model of temporal bone for middle ear surgery education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Chauvelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Chauvelot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gael Le Coz</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of translational medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (6), pp.304. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21037/atm.2020.03.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining a scaffold for ligament tissue engineering: What has been done, and what still needs to be done</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Mesenchymal stem cell interacted with PLCL braided scaffold coated with poly- l -lysine/hyaluronic acid for ligament tissue engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xing Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiaoyue Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia de Isla</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurie Targa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Immunotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jocit.2018.09.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 106 (12), pp.3042-3052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbm.a.36494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02070833v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suitability of a PLCL fibrous scaffold for soft tissue engineering applications: A combined biological and mechanical characterisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomaterials Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 32 (9), pp.1276-1288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0885328218757064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesenchymal stem cell interacted with PLCL braided scaffold coated with poly- l -lysine/hyaluronic acid for ligament tissue engineering</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Defining a scaffold for ligament tissue engineering: What has been done, and what still needs to be done</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xing Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Laurent</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia de Isla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiaoyue Du</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xiong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbm.a.36494⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cellular Immunotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.4-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocit.2018.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02070806v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collagen-Based Medical Device as a Stem Cell Carrier for Regenerative Medicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Aubert</w:t>
+                <w:t xml:space="preserve">Marie Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Dubus</w:t>
+                <w:t xml:space="preserve">Hassan Rammal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Rammal</w:t>
+                <w:t xml:space="preserve">Camille Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (10), pp.2210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms18102210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Attempt to Predict the Preferential Cellular Orientation in Any Complex Mechanical Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 4 (4), pp.16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/bioengineering4010016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02070846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of orthopedic implants on long bone properties: a combined experimental and numerical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Verwaerde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Verwaerde</w:t>
+                <w:t xml:space="preserve">B. Böhme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Böhme</w:t>
+                <w:t xml:space="preserve">J.P. Ponthot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Balligand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 20 (sup1), pp.S113-S114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2017.1382887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic mechanical behavior of semi-crystalline polymers: Characterization and modeling of non-monotonic loading including damage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rida Arieby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rida Arieby</w:t>
+                <w:t xml:space="preserve">Kaïs Mrabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaïs Mrabet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Osama Terfas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 134 (7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/APP.44468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02070842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of the mechanical response of canine humerus to three-point bending using subject-specific finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Böhme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Mengoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Mengoni</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vinciane d'Otreppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Balligand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 230 (7), pp.639 - 649. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0954411916644269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01416475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear viscous behavior of the tendon's fascicles from the homogenization of viscoelastic collagen fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 59, pp.265-279. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2016.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preactivation of the quadriceps muscle could limit cranial tibial translation in a cranial cruciate ligament deficient canine stifle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Morua Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Morua Ramirez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michael Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Böhme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Balligand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 98, pp.115-120. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rvsc.2014.11.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rvsc.2014.11.012⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02070774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Tissue-Engineered Ligament: Design and Preliminary Evaluation of a Dedicated Multi-Chamber Tension-Torsion Bioreactor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
+                <w:t xml:space="preserve">Mechanical behaviour of a fibrous scaffold for ligament tissue engineering: Finite elements analysis vs. X-ray tomography imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Latil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Martin</w:t>
+                <w:t xml:space="preserve">Damien Durville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Guedon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xiude Wu</w:t>
+                <w:t xml:space="preserve">Christian Geindreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40, pp.222-233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2014.09.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pr2010167⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01424974v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01066792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour of a fibrous scaffold for ligament tissue engineering: Finite elements analysis vs. X-ray tomography imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+                <w:t xml:space="preserve">Towards a Tissue-Engineered Ligament: Design and Preliminary Evaluation of a Dedicated Multi-Chamber Tension-Torsion Bioreactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédryck Vaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Latil</w:t>
+                <w:t xml:space="preserve">Céline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Durville</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+                <w:t xml:space="preserve">Emmanuel Guedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Geindreau</w:t>
+                <w:t xml:space="preserve">Xiude Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 40, pp.222-233. </w:t>
+              <w:t xml:space="preserve">Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (1), pp.167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2014.09.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pr2010167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01066792v1</w:t>
+                <w:t xml:space="preserve">hal-01424974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multilayer braided scaffold for Anterior Cruciate Ligament: Mechanical modeling at the fiber scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Durville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mainard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12, pp.184-196. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2012.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2012.03.005⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological Characterization of a Novel Scaffold for Anterior Cruciate Ligament Tissue Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Babin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Babin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 133 (6), pp.065001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/1.4004250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02070821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New method for 3D reconstruction of the human cranial vault from CT-scan data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Jolivet</w:t>
+                <w:t xml:space="preserve">Jérôme Hodel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Hodel</w:t>
+                <w:t xml:space="preserve">Philippe Decq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Skalli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 33 (10), pp.1270-1275. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medengphy.2011.06.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.medengphy.2011.06.002⟩</w:t>
-[...11 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02070790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...14 lines deleted...]
-                <w:t xml:space="preserve">hal-02070790v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomechanical characterization of mandibles and femurs in an animal model of osteochimionecrosis in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Dreistadt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée « Recherche et Innovation » Filière de Santé Maladies Rares des malformations de la Tête, du Cou et des Dents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05567474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact des conditions aux limites dans la mesure des vibrations des dispositifs médicaux pendant l'examen IRM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego González-Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Bienaime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Felblinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Septième congrès de la Société Française de Résonance Magnétique en Biologie et Médecine, 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Saint-Malo, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesure des vibrations des dispositif médicaux pendant l'examen IRM par vibrométrie laser: calcul du seuil d'accélération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego González-Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Felblinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Septième congrès de la Société Française de Résonance Magnétique en Biologie et Médecine, 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Saint-Malo, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison between multiphysics simulation and experimental characterization of gradient field-induced vibrations in implantable medical devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Gonzalez Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontchastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Felblinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISMRM Workshop on MR Safety: From Science to Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prelimirary results for wharton's jelly macroscopic damage properties: a finite element study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lavrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mauprivez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Summer school in Reduced-order and Data-driven models in Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Figueres, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05447478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Skin-to-bone interaction: mechanical characterization by peeling tests on pig scalps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 28th Congress of the European Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Maastrich, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition of accurate temporomandibular joint disc external shape and internal microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L K Tappert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Lipinski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRM_Gradient-Induced-Vibes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fontchastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Gonzalez Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:34765f7bc7908cca40500d01914b40a71ece312e;origin=https://gitlab.univ-lorraine.fr/fontchas5/mrm_gradient-induced-vibes;visit=swh:1:snp:1679d4e6bce1ddc3bfbe2ee99373bac035ce1116;anchor=swh:1:rev:5422b1ed596bbfbb56bdcba258070589449c028d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanical and Bioengineering of the Musculoskeletal System (bio2ms) library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:7aed5860be03b0cedde2e45e6de569af36f8b4d8;origin=https://gitlab.univ-lorraine.fr/baldit1/bio2mslib_u;visit=swh:1:snp:a65bd88ce7ec8cdf438516f3358134eca0606f3b;anchor=swh:1:rev:1d67fd280f8eae91bf3a0d10c0e0de0886fc4ad3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5050,380 +5928,380 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Database on biomechanical tensile behavior up to failure of human Wharton's jelly derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lavrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cavinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mauprivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57745/POAFCR⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05356827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset of peeling tests performed on porcine scalps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12763/HJOAEF⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Database on bending response and geometry of normal and pathological mouse femurs during early growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Marano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12763/JMN8AS⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5433,3725 +6311,3201 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First results of bisphosphonate effect on rat hemimandibule and femur mechanical response undergoing bending test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Laurence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Dreistadt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse biomécanique de l'accouchement instrumenté par ventouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50ème congrès de la société de biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société de Biomécanique, Oct 2025, Marseille (FRANCE), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Macro-Scale Damage Properties of Wharton's Jelly Membrane Under Tension: A Finite Element Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lavrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mauprivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12TH European Solid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résultats Préliminaires pour les Propriété d’Endommagement Macroscopiques de la Gelée de Wharton : Une Analyse Éléments Finis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lavrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Mauprivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mistakes we all make in using mechanical stimulation for tissue regeneration</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Étude du comportement d’éponges hémostatiques pour la chirurgie de l’élévation sinusale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mauprivez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chatelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Po</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Symposium International sur les Cellules Souches et la Médecine Régénérative / 1er Symposium International Research Network CeSMeR CNRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Research Network CeSMeR CNRS, Oct 2024, Nancy (France), France</w:t>
+              <w:t xml:space="preserve">Réunion annuelle du GDR MécaBio Santé 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481414v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04927953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résultats préliminaires sur l'endommagement de membranes à base de gelée de Wharton</w:t>
+                <w:t xml:space="preserve">A first viscoelastic modelling of Wharton’s jelly membrane through finite element analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Bekrar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mauprivez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chrystelle Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle du GDR MécaBio Santé 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Metz, France</w:t>
+              <w:t xml:space="preserve">Proceedings of SB2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Compiégne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04927937v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A first viscoelastic modelling of Wharton’s jelly membrane through finite element analysis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">The mistakes we all make in using mechanical stimulation for tissue regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SB2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Compiégne, France</w:t>
+              <w:t xml:space="preserve">10th Symposium International sur les Cellules Souches et la Médecine Régénérative / 1er Symposium International Research Network CeSMeR CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Research Network CeSMeR CNRS, Oct 2024, Nancy (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04933898v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude du comportement d’éponges hémostatiques pour la chirurgie de l’élévation sinusale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Baldit</w:t>
+                <w:t xml:space="preserve">Résultats préliminaires sur l'endommagement de membranes à base de gelée de Wharton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mauprivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du GDR MécaBio Santé 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04927953v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04927937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin-to-bone interaction: mechanical characterization within porcine scalp by peel testing and non-invasive suction tests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Biomechanical Simulation of Haemostatic Sponges Used For Sinus Lift Procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalia Soar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caio de Oliveira Cafiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Le Floc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48ème congrès de la société de biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Grenoble (France), France</w:t>
+              <w:t xml:space="preserve">CMBBE2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481458v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and computational modelling of skin to bone interaction through peeling test</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Characterization of hydration effect on haemostatic sponge structure using multimodal imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Po</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 18th International Symposium on Computer Methods in Biomechanics an Biomedical Engineering CMBBE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École Nationale Supérieure d’Arts et Métiers – ParisTech; Université Paris Cité, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">The 28th Congress of the European Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Maastricht (Netherland), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668194v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a numerical model of a training obstetrical dummy to enhance vacuum assisted delivery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Skin-to-bone interaction: mechanical characterization within porcine scalp by peel testing and non-invasive suction tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Bertholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 18th International Symposium on Computer Methods in Biomechanics an Biomedical Engineering CMBBE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">48ème congrès de la société de biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892182v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical Simulation of Haemostatic Sponges Used For Sinus Lift Procedure</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Characterization and computational modelling of skin to bone interaction through peeling test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Le Floc’h</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMBBE2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 18th International Symposium on Computer Methods in Biomechanics an Biomedical Engineering CMBBE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d’Arts et Métiers – ParisTech; Université Paris Cité, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456654v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of hydration effect on haemostatic sponge structure using multimodal imaging</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Towards a numerical model of a training obstetrical dummy to enhance vacuum assisted delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 28th Congress of the European Society of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Maastricht (Netherland), Netherlands</w:t>
+              <w:t xml:space="preserve">Proceedings of the 18th International Symposium on Computer Methods in Biomechanics an Biomedical Engineering CMBBE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611430v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomécanique des interactions entre ventouse obstétricale et foetus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère journée Journée biomécanique &amp; obstétrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Paris ( France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freeze dried Wharthon’s jelly mechanical response change with hydration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Scomazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mauprivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 28th Congress of the European Society of Biomechanics ESB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cardiovascular Biomechanics Eindhoven University of Technology; Biomechanics and Computational Tissue Engineering Liège University; Mechanobiology KU Leuven; Orthopaedic Biomechanics Eindhoven University of Technology, Jul 2023, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparisons of methods for evaluating mechanical stress in the rotor of high-speed machines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Biomechanical investigation of a bisphosphonate-related osteonecrosis of jaw (BRONJ) preclinical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Ledouble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Dagusé</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Braux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mauprivez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEM 2022, XXV International Conference on Electrical Machines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">47ème Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142743v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des contraintes mécaniques des rotors de machines électriques à haute vitesse</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Dagusé</w:t>
+                <w:t xml:space="preserve">Increase in bone volume with a hybrid bioinspired coating implanted in a critical-sized defect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dubus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Scomazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Ledouble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCGE'22, Conférence des Jeunes Chercheurs en Génie Électrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Croisic, France</w:t>
+              <w:t xml:space="preserve">47ème Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142659v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analysis Of The Parameters Of An Analytical Rotor Vibration Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Comparisons of methods for evaluating mechanical stress in the rotor of high-speed machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larbi Dahnoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Marcand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dagusé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 25th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICEM 2022, XXV International Conference on Electrical Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142721v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical investigation of a bisphosphonate-related osteonecrosis of jaw (BRONJ) preclinical model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cédric Mauprivez</w:t>
+                <w:t xml:space="preserve">Analyse des contraintes mécaniques des rotors de machines électriques à haute vitesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Dahnoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Marcand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dagusé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47ème Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia</w:t>
+              <w:t xml:space="preserve">JCGE'22, Conférence des Jeunes Chercheurs en Génie Électrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611419v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase in bone volume with a hybrid bioinspired coating implanted in a critical-sized defect</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Sensitivity Analysis Of The Parameters Of An Analytical Rotor Vibration Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Dahnoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Marcand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dagusé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47ème Congrès de la Société de Biomécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 25th International Conference on Electrical Machines and Systems (ICEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Chiang Mai, Thailand. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEMS56177.2022.9983152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611411v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of MGP protein on murine bone: a combined morphological and biomechanical investigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Development of a non-invasive testing device of fetal scalp properties for the study of vacuum-extracted delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Bertholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of ESB2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">46th Congress of the Society of Biomechanics - 46ème Congrès Société Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France. pp.49-50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668181v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a non-invasive testing device of fetal scalp properties for the study of vacuum-extracted delivery</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Cystic fibrosis affects whole-bone stiffness and strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sapin - de Brosses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rachid Rahouadj</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Velard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th Congress of the Society of Biomechanics - 46ème Congrès Société Biomécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of Société de Biomécanique 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France. pp.S133-S135</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892217v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cystic fibrosis affects whole-bone stiffness and strength</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Sapin - de Brosses</w:t>
+                <w:t xml:space="preserve">Effect of MGP protein on murine bone: a combined morphological and biomechanical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Société de Biomécanique 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France. pp.S133-S135</w:t>
+              <w:t xml:space="preserve">Proceedings of ESB2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611371v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Element Modeling of a Scaffold for Anterior Cruciate Ligament Tissue Engineering: from Cellular to Physiological Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Durville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMC-2012: 8th European Solid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718143v1</w:t>
-              </w:r>
-[...522 lines deleted...]
-                <w:t xml:space="preserve">hal-01860193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanics of the Skin: Characterizations, Modeling and Scalp Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cédric Laurent; Claude Verdier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Living Tissues: Imaging, Characterization and Modeling Towards the Study of Soft Tissues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE, pp.33-64, 2024, 978-1-789-45160-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04892283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomécanique de la peau : caractérisations, modélisations et applications au scalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mécanique des tissus vivants : Imagerie, caractérisations et modélisation pour l'étude des tissus mous</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Group, pp.61-93, 2023, 9781789481600. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51926/ISTE.9160.ch2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04892266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computer-Aided Tissue Engineering: Application to the Case of Anterior Cruciate Ligament Repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric C. P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Durville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Rahouadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ganghoffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lecca, Paola. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomechanics of Cells and Tissues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Netherlands, pp.1-44, 2013, Lecture Notes in Computational Vision and Biomechanics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-5890-2_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00825072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9161,117 +9515,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanique des tissus vivants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.356, 2023, Gilles Pijaudier-Cabot, 978-1-78948-160-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9281,91 +9635,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation du comportement biomécanique des tissus biologiques : de la caractérisation au développement de biosubstituts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biomécanique [physics.med-ph]. Universite de Lorraine, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03702874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9375,114 +9729,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un nouveau biosubstitut pour l'ingénierie tissulaire du Ligament Croisé Antérieur : Approche biomécanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biomécanique [physics.med-ph]. Université de Lorraine, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012LORR0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01749742v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId258"/>
+      <w:footerReference w:type="default" r:id="rId263"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9629,51 +9983,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350487v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Da Rocha" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lavrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cavinato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Laurent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mauprivez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107236" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479287v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vallet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baldit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertholdt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2026.109140" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236576v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Wiedemann-Fod&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schiavi-Tritz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2025.104369" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737980v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric P. Laurent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14502" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191726v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chatelin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16174" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345541v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lefebvre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Bertholdt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Rahouadj" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2025.106633" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737990v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perroud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14508" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191725v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vallet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16173" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04731674v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Ehsan Alavi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Cheikho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ganghoffer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105146" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016453v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cheikho" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baldit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Labb&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alix" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2023.105727" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611473v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rahouadj" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Morel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2023.106139" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04609789v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Vallet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lefebvre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Rahouadj" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Morel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2023.106093" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03689158v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice B&#246;hme" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Milis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillippe Ponthot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Balligand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29011/2575-8241.001221" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987826v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544119221109019" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04146753v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/ac9878" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03376067v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104887" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02973729v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Liu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie de Brosses" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Velard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Cauchois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12092163" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145718v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1813417" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145706v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B&#246;hme" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanthe Verwaerde" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Papeleux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ponthot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411919882603" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03040599v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chauvelot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Le Coz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A S Bonnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moufki" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1811508" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02889423v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Chauvelot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jehl" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Tran" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/atm.2020.03.14" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070833v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia de Isla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocit.2018.09.002" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02087521v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dryck Vaquette" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Schmitt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0885328218757064" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070806v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaoyue Du" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Targa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.36494" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145702v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubus" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rammal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bour" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18102210" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070846v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ganghoffer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering4010016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145714v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verwaerde" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#246;hme" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ponthot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balligand" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382887" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070842v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Arieby" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Mrabet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osama Terfas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/APP.44468" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01416475v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Mengoni" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane d'Otreppe" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411916644269" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145694v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurice" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2016.04.006" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070774v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Morua Ramirez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lefebvre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2014.11.012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TND5LGK2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01424974v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guedon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiude Wu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr2010167" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066792v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Latil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Durville" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Geindreau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2014.09.003" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB3G02KG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718135v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mainard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.03.005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG3PTKJ8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070821v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Babin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Six" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4004250" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070790v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jolivet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hodel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decq" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Skalli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2011.06.002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C08K0FL8-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533783v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontchastagner" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Gonzalez Soto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:34765f7bc7908cca40500d01914b40a71ece312e;origin=https://gitlab.univ-lorraine.fr/fontchas5/mrm_gradient-induced-vibes;visit=swh:1:snp:1679d4e6bce1ddc3bfbe2ee99373bac035ce1116;anchor=swh:1:rev:5422b1ed596bbfbb56bdcba258070589449c028d" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928707v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7aed5860be03b0cedde2e45e6de569af36f8b4d8;origin=https://gitlab.univ-lorraine.fr/baldit1/bio2mslib_u;visit=swh:1:snp:a65bd88ce7ec8cdf438516f3358134eca0606f3b;anchor=swh:1:rev:1d67fd280f8eae91bf3a0d10c0e0de0886fc4ad3" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356827v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavinato" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/POAFCR" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611526v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12763/HJOAEF" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611538v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12763/JMN8AS" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313001v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laurence" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Dreistadt" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481430v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447466v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313111v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mauprivez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481414v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927937v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933898v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bekrar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927953v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatelin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481458v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668194v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892182v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04456654v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Soar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caio de Oliveira Cafiero" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Royer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Floc&#8217;h" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611430v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481447v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611445v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vassaux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Scomazzon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142743v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Dahnoun" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marcand" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dagus&#233;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142659v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142721v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEMS56177.2022.9983152" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611419v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ledouble" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611411v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668181v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892217v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611371v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sapin - de Brosses" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tabary" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718143v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496035v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ferry" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Felblinger" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447478v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668200v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01860193v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L K Tappert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lipinski" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892283v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892266v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9160.ch2" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825072v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric C. P. Laurent" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaquette" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5890-2_1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FW3LZC5D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250891v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Verdier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/mecanique-des-tissus-vivants/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03702874v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749742v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0073" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350487v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Da Rocha" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lavrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cavinato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Laurent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mauprivez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107236" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479287v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vallet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baldit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Bertholdt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric P. Laurent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2026.109140" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191725v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16173" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236576v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Wiedemann-Fod&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schiavi-Tritz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2025.104369" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191726v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chatelin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16174" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737980v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14502" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345541v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vallet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lefebvre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Rahouadj" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2025.106633" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737990v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perroud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14508" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04731674v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Ehsan Alavi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Cheikho" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ganghoffer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105146" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04609789v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Vallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lefebvre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Rahouadj" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Morel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2023.106093" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016453v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cheikho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baldit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Labb&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2023.105727" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611473v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertholdt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rahouadj" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Morel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2023.106139" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04146753v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/ac9878" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03689158v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice B&#246;hme" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Milis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillippe Ponthot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Balligand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29011/2575-8241.001221" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987826v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544119221109019" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03376067v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2021.104887" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145718v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1813417" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02973729v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Liu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie de Brosses" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Velard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Cauchois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12092163" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145706v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B&#246;hme" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanthe Verwaerde" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Papeleux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ponthot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411919882603" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03040599v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chauvelot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Le Coz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A S Bonnet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moufki" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1811508" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02889423v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Chauvelot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jehl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Tran" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/atm.2020.03.14" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070806v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaoyue Du" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Targa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.36494" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02087521v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dryck Vaquette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Schmitt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0885328218757064" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070833v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia de Isla" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Wang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocit.2018.09.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145702v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rammal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bour" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18102210" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070846v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ganghoffer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering4010016" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145714v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verwaerde" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#246;hme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ponthot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balligand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382887" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070842v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Arieby" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Mrabet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osama Terfas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/APP.44468" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01416475v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Mengoni" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane d'Otreppe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411916644269" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145694v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurice" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2016.04.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070774v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Morua Ramirez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lefebvre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2014.11.012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TND5LGK2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066792v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Latil" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Durville" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Geindreau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2014.09.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB3G02KG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01424974v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guedon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiude Wu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr2010167" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718135v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mainard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.03.005" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG3PTKJ8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070821v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Babin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Six" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4004250" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070790v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jolivet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hodel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decq" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Skalli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2011.06.002" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C08K0FL8-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05567474v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laurence" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Dreistadt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546832v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Gonz&#225;lez-Soto" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bienaime" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ferry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Felblinger" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547576v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496035v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Gonzalez Soto" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontchastagner" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447478v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668200v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01860193v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L K Tappert" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurent" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lipinski" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533783v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:34765f7bc7908cca40500d01914b40a71ece312e;origin=https://gitlab.univ-lorraine.fr/fontchas5/mrm_gradient-induced-vibes;visit=swh:1:snp:1679d4e6bce1ddc3bfbe2ee99373bac035ce1116;anchor=swh:1:rev:5422b1ed596bbfbb56bdcba258070589449c028d" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928707v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7aed5860be03b0cedde2e45e6de569af36f8b4d8;origin=https://gitlab.univ-lorraine.fr/baldit1/bio2mslib_u;visit=swh:1:snp:a65bd88ce7ec8cdf438516f3358134eca0606f3b;anchor=swh:1:rev:1d67fd280f8eae91bf3a0d10c0e0de0886fc4ad3" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356827v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavinato" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/POAFCR" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611526v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12763/HJOAEF" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611538v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12763/JMN8AS" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313001v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481430v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447466v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313111v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Mauprivez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927953v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chatelin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933898v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bekrar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481414v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927937v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04456654v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Soar" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caio de Oliveira Cafiero" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Royer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Floc&#8217;h" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611430v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481458v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668194v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892182v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481447v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611445v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vassaux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Scomazzon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611419v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ledouble" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611411v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142743v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Dahnoun" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marcand" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dagus&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142659v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142721v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEMS56177.2022.9983152" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892217v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611371v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sapin - de Brosses" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tabary" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668181v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718143v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892283v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892266v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9160.ch2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825072v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric C. P. Laurent" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaquette" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5890-2_1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FW3LZC5D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250891v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Verdier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/mecanique-des-tissus-vivants/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03702874v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749742v2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0073" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>