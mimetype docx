--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -646,690 +646,690 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband sound attenuation and absorption by duct silencers based on the acoustic black hole effect: Simulations and experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vibrational Effects on the Acoustic Performance of Multi-Layered Micro-Perforated Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 561, pp.117825. </w:t>
+              <w:t xml:space="preserve">Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (3), pp.695-714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/vibration6030043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04290975v1</w:t>
+                <w:t xml:space="preserve">hal-04299838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrational Effects on the Acoustic Performance of Multi-Layered Micro-Perforated Metamaterials</w:t>
+                <w:t xml:space="preserve">From Micro-Perforates to Micro-Capillary Absorbers: Analysis of Their Broadband Absorption Performance through Modeling and Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (3), pp.695-714. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (19), pp.10844. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/vibration6030043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app131910844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299838v1</w:t>
+                <w:t xml:space="preserve">hal-04299855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Micro-Perforates to Micro-Capillary Absorbers: Analysis of Their Broadband Absorption Performance through Modeling and Experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Broadband sound attenuation and absorption by duct silencers based on the acoustic black hole effect: Simulations and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (19), pp.10844. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 561, pp.117825. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app131910844⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299855v1</w:t>
+                <w:t xml:space="preserve">hal-04290975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causally-guided acoustic optimization of rigidly-backed micro-perforated partitions: Case studies and experiments</w:t>
+                <w:t xml:space="preserve">Causally-guided acoustic optimization of single-layer rigidly-backed micro-perforated partitions: Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 523, pp.116735. </w:t>
+              <w:t xml:space="preserve">, 2022, 520, pp.116634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116735⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299868v1</w:t>
+                <w:t xml:space="preserve">hal-04299875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causally-guided acoustic optimization of single-layer rigidly-backed micro-perforated partitions: Theory</w:t>
+                <w:t xml:space="preserve">Causally-guided acoustic optimization of rigidly-backed micro-perforated partitions: Case studies and experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 520, pp.116634. </w:t>
+              <w:t xml:space="preserve">, 2022, 523, pp.116735. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299875v1</w:t>
+                <w:t xml:space="preserve">hal-04299868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproduction of the vibroacoustic response of panels under stochastic excitations using the source scanning technique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced modal matching method for macro- and micro-perforated plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Pachebat</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 510, pp.116307. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116307⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 500, pp.116042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03290508v1</w:t>
+                <w:t xml:space="preserve">hal-04299894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced modal matching method for macro- and micro-perforated plates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reproduction of the vibroacoustic response of panels under stochastic excitations using the source scanning technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pachebat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 500, pp.116042. </w:t>
+              <w:t xml:space="preserve">, 2021, 510, pp.116307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299894v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wideband sound absorption and transmission through micro-capillary plates: Modelling and experimental validation</w:t>
               </w:r>
@@ -1504,623 +1504,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02569787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sound attenuation and absorption by anisotropic fibrous materials: Theoretical and experimental study</w:t>
+                <w:t xml:space="preserve">Sound attenuation and absorption by micro-perforated panels backed by anisotropic fibrous materials: Theoretical and experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 417, pp.165-181. </w:t>
+              <w:t xml:space="preserve">, 2018, 425, pp.189-207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2017.11.037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2018.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299909v1</w:t>
+                <w:t xml:space="preserve">hal-04299906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sound attenuation and absorption by micro-perforated panels backed by anisotropic fibrous materials: Theoretical and experimental study</w:t>
+                <w:t xml:space="preserve">Sound attenuation and absorption by anisotropic fibrous materials: Theoretical and experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 425, pp.189-207. </w:t>
+              <w:t xml:space="preserve">, 2018, 417, pp.165-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2018.04.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2017.11.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299906v1</w:t>
+                <w:t xml:space="preserve">hal-04299909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental study of Near-Field Acoustic Radiation Modes of a baffled spherical cap</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Absorption and transmission of boundary layer noise through flexible multi-layer micro-perforated structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zubin Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
+                <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 115, pp.23-31. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 395, pp.201-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2016.08.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2017.02.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04299914v1</w:t>
+                <w:t xml:space="preserve">hal-03160922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absorption and transmission of boundary layer noise through flexible multi-layer micro-perforated structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
+                <w:t xml:space="preserve">Numerical and experimental study of Near-Field Acoustic Radiation Modes of a baffled spherical cap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zubin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2017.02.018⟩</w:t>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 115, pp.23-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2016.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03160922v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved method for the calculation of Near-Field Acoustic Radiation Modes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zu-Bin Liu</w:t>
+                <w:t xml:space="preserve">Optimisation of micro-perforated cylindrical silencers in linear and nonlinear regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 363, pp.316-328. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 363, pp.359-379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.11.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.10.005⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01308561v1</w:t>
+                <w:t xml:space="preserve">hal-01308558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation of micro-perforated cylindrical silencers in linear and nonlinear regimes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
+                <w:t xml:space="preserve">An improved method for the calculation of Near-Field Acoustic Radiation Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zu-Bin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 363, pp.359-379. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.11.011⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 363, pp.316-328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01308558v1</w:t>
+                <w:t xml:space="preserve">hal-01308561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spheroidal wave solutions for sound radiation problems in the near-field of planar structures</w:t>
               </w:r>
@@ -2351,51 +2351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 134 (5), pp.3663-3673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2455,51 +2455,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 131 (5), pp.3853-3863. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2559,51 +2559,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 132 (2), pp.789-798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2663,51 +2663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 132 (2), pp.789-798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2735,428 +2735,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00723314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of an array of Herschel-Quincke tubes to improve the efficiency of lined ducts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Poirier</w:t>
+                <w:t xml:space="preserve">A synthesis approach for reproducing the response of aircraft panels to a turbulent boundary layer excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. M. Ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2010.09.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 129 (1), pp.143-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.3514530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00527310v1</w:t>
+                <w:t xml:space="preserve">hal-00527311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory synthesis of the response of aircraft panels to a turbulent boundary layer excitation (Invited contribution by A. B. Nagy in Aeroacoustics research in Europe : The CEAS-ASC report on 2010 highlights)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing the characterisation of ducted noise sources using a spectral formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2011.05.015⟩</w:t>
+              <w:t xml:space="preserve">Noise &amp; Vibration Worldwide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 42 (3), pp.9 - 16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1260/0957-4565.42.3.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01308653v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00589231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synthesis approach for reproducing the response of aircraft panels to a turbulent boundary layer excitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laboratory synthesis of the response of aircraft panels to a turbulent boundary layer excitation (Invited contribution by A. B. Nagy in Aeroacoustics research in Europe : The CEAS-ASC report on 2010 highlights)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.3514530⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 330, pp.4970-4971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2011.05.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00527311v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01308653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the characterisation of ducted noise sources using a spectral formulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
+                <w:t xml:space="preserve">The use of an array of Herschel-Quincke tubes to improve the efficiency of lined ducts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Noise &amp; Vibration Worldwide</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 72 (2), pp.78-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2010.09.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1260/0957-4565.42.3.9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00589231v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00527310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing the reconstruction of in-duct sound sources using a spectral decomposition method</w:t>
               </w:r>
@@ -3233,51 +3233,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bicylindrical model of Herschel–Quincke tube-duct system: theory and comparison with experiment and finite element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3538,209 +3538,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The experimental synthesis of random pressure fields: practical feasibility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The experimental synthesis of random pressure fields: methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 120 (5), pp.2712-2723. </w:t>
+              <w:t xml:space="preserve">, 2006, 120 (5), pp.2702-2711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.2354005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.2354008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00452709v1</w:t>
+                <w:t xml:space="preserve">hal-00452710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The experimental synthesis of random pressure fields: methodology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The experimental synthesis of random pressure fields: practical feasibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 120 (5), pp.2702-2711. </w:t>
+              <w:t xml:space="preserve">, 2006, 120 (5), pp.2712-2723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.2354008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.2354005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00452710v1</w:t>
+                <w:t xml:space="preserve">hal-00452709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The synthesis of spatially correlated random pressure fields</w:t>
               </w:r>
@@ -4022,155 +4022,142 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model for active control of flow-induced noise transmitted through double partitions</w:t>
+                <w:t xml:space="preserve">Sound transmission through a rib-stiffened plate : comparisons of a light fluid approximation with experimental results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. J. Elliott</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Mattei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/2.1760⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 249 (1), pp.206-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jsvi.2001.3684⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00452717v1</w:t>
+                <w:t xml:space="preserve">hal-00166284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A wavenumber approach to modelling the response of a randomly excited panel, part II: application to aircraft panels excited by a turbulent boundary layer</w:t>
+                <w:t xml:space="preserve">A wavenumber approach to modelling the response of a randomly excited panel, part I: general theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gardonio</w:t>
@@ -4179,529 +4166,542 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. J. Elliott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 252 (1), pp.115-139. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 252 (1), pp.83-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jsvi.2001.4028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/jsvi.2001.4029⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00452704v1</w:t>
+                <w:t xml:space="preserve">hal-00452703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A wavenumber approach to modelling the response of a randomly excited panel, part I: general theory</w:t>
+                <w:t xml:space="preserve">Model for active control of flow-induced noise transmitted through double partitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gardonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. J. Elliott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 40 (6), pp.1113-1121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/2.1760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/jsvi.2001.4028⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00452703v1</w:t>
+                <w:t xml:space="preserve">hal-00452717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sound transmission through a rib-stiffened plate : comparisons of a light fluid approximation with experimental results</w:t>
+                <w:t xml:space="preserve">A wavenumber approach to modelling the response of a randomly excited panel, part II: application to aircraft panels excited by a turbulent boundary layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Mattei</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gardonio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. J. Elliott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 249 (1), pp.206-212. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 252 (1), pp.115-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jsvi.2001.4029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/jsvi.2001.3684⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00166284v1</w:t>
+                <w:t xml:space="preserve">hal-00452704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of the resonance modes in the response of a fluid-loaded structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transient acoustic diffraction and radiation by an axisymmetrical elastic shell: a new statement of the basic equations and a numerical method based on polynomial approximations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul J.T. Filippi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 239 (4), pp.639-663. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2001, 241 (3), pp.459-483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jsvi.2000.3308⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/jsvi.2000.3217⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283034v1</w:t>
+                <w:t xml:space="preserve">hal-00452327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient acoustic diffraction and radiation by an axisymmetrical elastic shell: a new statement of the basic equations and a numerical method based on polynomial approximations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of the resonance modes in the response of a fluid-loaded structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul J.T. Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Habault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul J.T. Filippi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 241 (3), pp.459-483. </w:t>
+              <w:t xml:space="preserve">, 2001, 239 (4), pp.639-663. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/jsvi.2000.3308⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1006/jsvi.2000.3217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452327v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active control of the flow-induced noise transmitted through a panel</w:t>
               </w:r>
@@ -4804,119 +4804,119 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of the resonance modes in the response of a fluid-loaded structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul J.T. Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Habault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 239 (4), pp.639-663. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1006/jsvi.2000.3217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -4933,51 +4933,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sound transmission through a thin baffled plate: validation of a light fluid approximation with numerical and experimental results.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul J.T. Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5032,94 +5032,94 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283100v1</w:t>
+                <w:t xml:space="preserve">hal-00452696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sound transmission through a thin baffled plate: validation of a light fluid approximation with numerical and experimental results.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul J.T. Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5174,51 +5174,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00452696v1</w:t>
+                <w:t xml:space="preserve">hal-04283100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5757,460 +5757,460 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03848322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYNTHESIS OF THE VIBROACOUSTIC RESPONSE OF A PANEL UNDER DIFFUSE ACOUSTIC FIELD USING THE SYNTHETIC ARRAY PRINCIPLE</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Effect of a Micro-Perforated Cavity Floor on the Propagation of Tunnel-Cavity Modes in a Low-Speed Duct Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Pachebat</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mazzoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-Forum Acusticum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Lyon, France. </w:t>
+              <w:t xml:space="preserve">eForum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.417-424, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0448⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063889v1</w:t>
+                <w:t xml:space="preserve">hal-03221396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of a Micro-Perforated Cavity Floor on the Propagation of Tunnel-Cavity Modes in a Low-Speed Duct Flow</w:t>
+                <w:t xml:space="preserve">Investigation of Micro-Capillary Plates to Enhance Low-Frequency Sound Absorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mazzoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eForum Acusticum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.417-424, </w:t>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2863-2869, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03221396v1</w:t>
+                <w:t xml:space="preserve">hal-03235424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Micro-Capillary Plates to Enhance Low-Frequency Sound Absorption</w:t>
+                <w:t xml:space="preserve">Cost-efficient characterization of the aeroacoustic performance of micro-perforated wall-treatments in a wind tunnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mazzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Amielh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Pietri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">179th Meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Acoustics Virtually Everywhere, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235424v1</w:t>
+                <w:t xml:space="preserve">hal-03430599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-efficient characterization of the aeroacoustic performance of micro-perforated wall-treatments in a wind tunnel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SYNTHESIS OF THE VIBROACOUSTIC RESPONSE OF A PANEL UNDER DIFFUSE ACOUSTIC FIELD USING THE SYNTHETIC ARRAY PRINCIPLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurence Pietri</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pachebat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">179th Meeting of the Acoustical Society of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">e-Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03430599v1</w:t>
+                <w:t xml:space="preserve">hal-03063889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse de champs pour la caractérisation de parois : le projet VIRTECH</w:t>
               </w:r>
@@ -6425,51 +6425,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSV22</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6684,51 +6684,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FORUM ACUSTICUM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Acoustics Association - Polish Acoustical Society, Sep 2014, Krakow, Poland. pp.Structured Session SS24 - Duct Acoustics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6779,51 +6779,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Congress on Acoustics - 165th Meeting of the Acoustical Society of America - 52nd Meeting of the Canadian Acoustical Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Montréal, Canada. pp.015044, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6851,321 +6851,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00880280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled mode analysis of thin micro-perforated panel absorbers</w:t>
+                <w:t xml:space="preserve">Laboratory synthesis of turbulent boundary layer wall-pressures and the induced vibro-acoustic response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACOUSTICS 2012- 163th Meeting of the Acoustical Society of America</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France. pp.CD-ROM</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00696179v1</w:t>
+                <w:t xml:space="preserve">hal-00696185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibroacoustics of thin micro-perforated sound absorbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France. pp.Session NV-S08 Passive control in vibroacoustics - Abstract 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00696189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory synthesis of turbulent boundary layer wall-pressures and the induced vibro-acoustic response</w:t>
+                <w:t xml:space="preserve">Coupled mode analysis of thin micro-perforated panel absorbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACOUSTICS 2012- 163th Meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Hong-Kong, China. pp.Full text on CD-ROM ACOUSTICS 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4708825⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00696185v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00696179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The radiation modes problem: exact solutions for the active control of sound power and the reconstruction of acoustic sources</w:t>
               </w:r>
@@ -7296,109 +7296,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00539768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-duct acoustic source reconstruction from pressure and velocity-based measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconstruction of unsteady blade forces for a ducted axial flow fan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th AIAA/CEAS Aeroacoustics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Roma, Italy. En ligne (Paper AIAA-2007-3442) www.aiaa.org</w:t>
+              <w:t xml:space="preserve">3rd international symposium fan noise 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Lyon, France. pp.CD-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00476589v1</w:t>
+                <w:t xml:space="preserve">hal-00476593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microphone array beamforming and inverse method for the reconstruction of ducted acoustic sources</w:t>
               </w:r>
@@ -7460,191 +7460,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00476590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction of unsteady blade forces for a ducted axial flow fan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconstruction of acoustic source strengths for broadband noise control in a lined duct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd international symposium fan noise 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Lyon, France. pp.CD-ROM</w:t>
+              <w:t xml:space="preserve">19th international congress on acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Madrid, Spain. CD-ROM (Paper NOI-01-009)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00476593v1</w:t>
+                <w:t xml:space="preserve">hal-00476595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction of acoustic source strengths for broadband noise control in a lined duct</w:t>
+                <w:t xml:space="preserve">In-duct acoustic source reconstruction from pressure and velocity-based measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th international congress on acoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Madrid, Spain. CD-ROM (Paper NOI-01-009)</w:t>
+              <w:t xml:space="preserve">13th AIAA/CEAS Aeroacoustics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Roma, Italy. En ligne (Paper AIAA-2007-3442) www.aiaa.org</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00476595v1</w:t>
+                <w:t xml:space="preserve">hal-00476589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The synthesis of a diffuse sound field with a near-field array of loudspeakers</w:t>
               </w:r>
@@ -8274,51 +8274,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Maury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Bravo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawad Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212030v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mazzoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amielh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reinoso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/technologies13080356" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14114699" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607558v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118524" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574009v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Pouye" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maxit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2024.110045" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290975v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117825" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299838v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vibration6030043" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299855v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app131910844" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299868v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116735" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299875v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116634" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290508v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouye" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pachebat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116307" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299894v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116042" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299902v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115356" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569787v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.045" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299909v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.11.037" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299906v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.04.006" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299914v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zubin Liu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2016.08.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160922v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pinh&#232;de" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.02.018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG73R5WR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308561v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zu-Bin Liu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.10.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308558v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.11.011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTQLWR9V-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086150v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2014.11.008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG7WXWPX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pinhede" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2013.12.009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F3LKN3BS-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880190v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4821215" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684270v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/11.3701987" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371744v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4733555" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723314v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527310v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Poirier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Ville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2010.09.010" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBFDJM46-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308653v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.05.015" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HT78TWHK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527311v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3514530" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589231v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/0957-4565.42.3.9" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490960v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3397478" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452707v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ville" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kateb" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3159370" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2007.0369" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-STJ85TPJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452708v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2754062" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452709v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2354005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452710v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2354008" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452714v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Elliott" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gardonio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.1850231" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452716v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2004.1357" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-2GX24ZJB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452719v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452717v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.1760" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452704v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2001.4029" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4Z2NV8B1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452703v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2001.4028" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Z09GXQB-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166284v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Mattei" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2001.3684" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283034v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J.T. Filippi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Habault" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3217" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RKC6JDQN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452327v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3308" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DSKMS39-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452718v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.1200" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452686v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283100v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. P. van Der Burgh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. M. de Jong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.1999.2595" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7487JC9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452696v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365314v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190272v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Amielh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190307v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190261v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848322v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063889v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0448" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0035" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235424v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0034" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430599v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pietri" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915387v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pezerat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Picard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Roux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308584v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308651v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308629v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086626v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086608v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880280v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4798815" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696179v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4708825" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696189v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696185v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471174v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539768v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476589v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476590v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476593v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476595v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476585v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195050v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loane Genevay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119518v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73935-4_10" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299888v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64807-7_11" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Maury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Bravo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawad Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212030v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mazzoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amielh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reinoso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/technologies13080356" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14114699" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607558v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118524" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574009v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Pouye" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maxit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2024.110045" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299838v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vibration6030043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299855v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app131910844" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290975v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117825" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299875v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116634" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299868v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116735" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299894v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116042" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290508v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pachebat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116307" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299902v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115356" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569787v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.045" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299906v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.04.006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299909v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.11.037" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160922v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pinh&#232;de" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.02.018" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG73R5WR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299914v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zubin Liu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2016.08.010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308558v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.11.011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTQLWR9V-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308561v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zu-Bin Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.10.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086150v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2014.11.008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG7WXWPX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pinhede" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2013.12.009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F3LKN3BS-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880190v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4821215" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684270v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/11.3701987" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371744v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4733555" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723314v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527311v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3514530" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589231v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/0957-4565.42.3.9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308653v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.05.015" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HT78TWHK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527310v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Poirier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Ville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2010.09.010" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBFDJM46-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490960v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3397478" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452707v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ville" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kateb" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3159370" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2007.0369" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-STJ85TPJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452708v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2754062" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452710v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2354008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452709v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2354005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452714v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Elliott" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gardonio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.1850231" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452716v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2004.1357" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-2GX24ZJB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452719v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166284v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Mattei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2001.3684" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452703v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2001.4028" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Z09GXQB-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452717v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.1760" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452704v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2001.4029" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4Z2NV8B1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452327v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J.T. Filippi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3308" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DSKMS39-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283034v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Habault" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3217" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RKC6JDQN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452718v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/2.1200" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452686v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452696v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. P. van Der Burgh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. M. de Jong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.1999.2595" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7487JC9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283100v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365314v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190272v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Amielh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190307v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190261v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848322v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221396v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0035" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235424v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0034" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430599v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pietri" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063889v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0448" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915387v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pezerat" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Picard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Roux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308584v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308651v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308629v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086626v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086608v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880280v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4798815" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696185v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696189v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696179v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4708825" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471174v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539768v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476593v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476590v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476595v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476589v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476585v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195050v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loane Genevay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119518v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73935-4_10" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299888v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64807-7_11" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>