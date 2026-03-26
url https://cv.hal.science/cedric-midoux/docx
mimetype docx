--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -707,701 +707,701 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal study of the effect of temperature modification in full-scale anaerobic digesters – dataset combining 16S rDNA gene sequencing, metagenomics, and metabolomics data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular approaches to uncover phage-lactic acid bacteria interactions in a model community simulating fermented beverages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ledormand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Desmasures</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesc Puig-Castellví</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Midoux</w:t>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angéline Guenne</w:t>
+                <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Conteau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Oscar Franchi</w:t>
+                <w:t xml:space="preserve">Oliver Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2022.107960⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 107, pp.104069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2022.104069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03585428v1</w:t>
+                <w:t xml:space="preserve">hal-03696589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular approaches to uncover phage-lactic acid bacteria interactions in a model community simulating fermented beverages</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Desmasures</w:t>
+                <w:t xml:space="preserve">Methane production and microbial community acclimation of five manure inocula during psychrophilic anaerobic digestion of swine manure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lendormi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Bernay</w:t>
+                <w:t xml:space="preserve">Kaïs Jaziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Goux</w:t>
+                <w:t xml:space="preserve">Fabrice Béline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Rué</w:t>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 107, pp.104069. </w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 340, 11 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2022.104069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.130772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03696589v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methane production and microbial community acclimation of five manure inocula during psychrophilic anaerobic digestion of swine manure</w:t>
+                <w:t xml:space="preserve">Diversity of novel archaeal viruses infecting methanogens discovered through coupling of stable isotope probing and metagenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lendormi</w:t>
+                <w:t xml:space="preserve">Vuong Quoc Hoang Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaïs Jaziri</w:t>
+                <w:t xml:space="preserve">François Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Béline</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chrystelle Bureau</w:t>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chapleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.130772⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.16120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03574579v1</w:t>
+                <w:t xml:space="preserve">hal-03727436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of novel archaeal viruses infecting methanogens discovered through coupling of stable isotope probing and metagenomics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts of disinfected wastewater irrigation on soil characteristics, microbial community composition, and crop yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lays Paulino Leonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Bize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vuong Quoc Hoang Ngo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chapleur</w:t>
+                <w:t xml:space="preserve">Jerusa Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.16120⟩</w:t>
+              <w:t xml:space="preserve">Blue-Green Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (2), pp.247-271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2166/bgs.2022.126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03727436v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03894086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of disinfected wastewater irrigation on soil characteristics, microbial community composition, and crop yield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A longitudinal study of the effect of temperature modification in full-scale anaerobic digesters – dataset combining 16S rDNA gene sequencing, metagenomics, and metabolomics data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc Puig-Castellví</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angéline Guenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lays Paulino Leonel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cédric Midoux</w:t>
+                <w:t xml:space="preserve">Delphine Conteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerusa Schneider</w:t>
+                <w:t xml:space="preserve">Oscar Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blue-Green Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 4 (2), pp.247-271. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41, pp.107960. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2166/bgs.2022.126⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2022.107960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03894086v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virulent Phages Isolated from a Smear-Ripened Cheese Are Also Detected in Reservoirs of the Cheese Factory</w:t>
               </w:r>
@@ -1789,103 +1789,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metataxonomics, metagenomics, metabolomics analysis of the influence of temperature modification in full-scale anaerobic digesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesc Puig-Castellví</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angéline Guenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Conteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 346, pp.126612. </w:t>
@@ -1917,429 +1917,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03507080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denitrifying bio-cathodes developed from constructed wetland sediments exhibit electroactive nitrate reducing biofilms dominated by the genera Azoarcus and Pontibacter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cédric Midoux</w:t>
+                <w:t xml:space="preserve">Microbial and functional characterization of an allochthonous consortium applied to hydrogen production from Citrus Peel Waste in batch reactor in optimized conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franciele Pereira Camargo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Kimiko Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Palladino Delforno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioelectrochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bioelechem.2021.107819⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 291, pp.112631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.112631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196902v1</w:t>
+                <w:t xml:space="preserve">hal-03211333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial and functional characterization of an allochthonous consortium applied to hydrogen production from Citrus Peel Waste in batch reactor in optimized conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentin Loux</w:t>
+                <w:t xml:space="preserve">Oxygen-reducing bidirectional microbial electrodes designed in real domestic wastewater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Hoareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Erable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chapleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.112631⟩</w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 326, pp.0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2021.124663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211333v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03129147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen-reducing bidirectional microbial electrodes designed in real domestic wastewater</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Hoareau</w:t>
+                <w:t xml:space="preserve">Denitrifying bio-cathodes developed from constructed wetland sediments exhibit electroactive nitrate reducing biofilms dominated by the genera Azoarcus and Pontibacter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothé Philippon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiang-Hao Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Erable</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chapleur</w:t>
+                <w:t xml:space="preserve">Cédric Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chrystelle Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 326, pp.0. </w:t>
+              <w:t xml:space="preserve">Bioelectrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 140, pp.107819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2021.124663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bioelechem.2021.107819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03129147v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal patterns in Ixodes ricinus microbial communities: an insight into tick-borne microbe interactions</w:t>
               </w:r>
@@ -2485,51 +2485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Bize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Schbath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2721,144 +2721,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Basis for Natural Multiresistance to Phage in Pseudomonas aeruginosa</w:t>
+                <w:t xml:space="preserve">Integrating independent microbial studies to build predictive models of anaerobic digestion inhibition by ammonia and phenol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Pourcel</w:t>
+                <w:t xml:space="preserve">Simon Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Libera Latino</w:t>
+                <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chapleur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (6), pp.339. </w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 316, pp.123952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics9060339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.123952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890481v1</w:t>
+                <w:t xml:space="preserve">hal-02907466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxon appearance from extraction and amplification steps demonstrates the value of multiple controls in tick microbiome analysis</w:t>
               </w:r>
@@ -2972,249 +2985,236 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating independent microbial studies to build predictive models of anaerobic digestion inhibition by ammonia and phenol</w:t>
+                <w:t xml:space="preserve">The Basis for Natural Multiresistance to Phage in Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Poirier</w:t>
+                <w:t xml:space="preserve">Christine Pourcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Dejean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Midoux</w:t>
+                <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chapleur</w:t>
+                <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 316, pp.123952. </w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (6), pp.339. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.123952⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics9060339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02907466v1</w:t>
+                <w:t xml:space="preserve">hal-02890481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Basis for Natural Multiresistance to Phage in Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pourcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antibiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (6), pp.339. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/antibiotics9060339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05271041v1</w:t>
@@ -3353,308 +3353,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02903118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative metatranscriptomic analysis of anaerobic digesters treating anionic surfactant contaminated wastewater</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of $Pseudomonas\ aeruginosa$ strain PcyII-10 variants resisting infection by N4-like phage Ab09 in search for genes involved in phage adsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libera Latino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vergnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Pourcel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.08.328⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (4), pp.e0215456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0215456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01888286v1</w:t>
+                <w:t xml:space="preserve">hal-02173138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of $Pseudomonas\ aeruginosa$ strain PcyII-10 variants resisting infection by N4-like phage Ab09 in search for genes involved in phage adsorption</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparative metatranscriptomic analysis of anaerobic digesters treating anionic surfactant contaminated wastewater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago P. Delforno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thais Z. Macedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gileno V. Lacerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 14 (4), pp.e0215456. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (649), pp.482-494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0215456⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.08.328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02173138v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposition behavior revealed by high-resolution description of $Pseudomonas\ Aeruginosa$ saltovirus integration sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3744,103 +3744,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Preferred Region for Packaging of Bacterial DNA by phiC725A, a Novel Pseudomonas aeruginosa F116-Like Bacteriophage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pourcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Hauck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (1), pp.e0169684. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3874,90 +3874,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A carrier state is established in Pseudomonas aeruginosa by phage LeviOr01, a newly isolated ssRNA levivirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pourcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of General Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 98 (8), pp.2181 - 2189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3991,51 +3991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete Genome Sequence of PM105, a New Pseudomonas aeruginosa B3-Like Transposable Phage.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pourcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4121,103 +4121,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete Genome Sequences of Pseudomonas aeruginosa Phages vB_PaeP_PcyII-10_P3P1 and vB_PaeM_PcyII-10_PII10A.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pourcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4 (6), pp.e00916-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4251,103 +4251,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudolysogeny and sequential mutations build multiresistance to virulent bacteriophages in Pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Hauck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pourcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4394,51 +4394,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of a Large Collection of Pseudomonas aeruginosa Bacteriophages Collected from a Single Environmental Source in Abidjan, Côte d'Ivoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Essoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Latino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5047,51 +5047,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Easy16S: a user-friendly Shiny web-service for exploration and visualization of microbiome data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Statistique, Jun 2024, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5110,346 +5110,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the glycome-microbiome axis on susceptibility to bovine viral infections and on animal welfare</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inhibition de la digestion anaérobie des boues d'épuration urbaines par le propionate de sodium : production de biogaz et évolution de la communauté microbienne dans des réacteurs semi-continus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+                <w:t xml:space="preserve">Joel Awinzure Agumah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothee Ledoux</w:t>
+                <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maverick Monie-Ibanes</w:t>
+                <w:t xml:space="preserve">Chloé Soulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nao Yamakawa</w:t>
+                <w:t xml:space="preserve">Laura André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du métaprogramme SANBA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française du Génie des Procédés, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04888568v1</w:t>
+                <w:t xml:space="preserve">hal-05306554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition de la digestion anaérobie des boues d'épuration urbaines par le propionate de sodium : production de biogaz et évolution de la communauté microbienne dans des réacteurs semi-continus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Easy16S : a user-friendly Shiny web-service for exploration and visualization of microbiome data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e Congrès de la Société Française du Génie des Procédés (SFGP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française du Génie des Procédés, Oct 2024, Deauville, France</w:t>
+              <w:t xml:space="preserve">Journées NEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05306554v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Easy16S : a user-friendly Shiny web-service for exploration and visualization of microbiome data.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Role of the glycome-microbiome axis on susceptibility to bovine viral infections and on animal welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monie-Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nao Yamakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées NEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire du métaprogramme SANBA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549290v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Packages R pour contrôler son travail et ainsi mieux optimiser, réutiliser et communiquer autour de ses analyses</w:t>
               </w:r>
@@ -5849,77 +5849,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity of novel viruses infecting methanogenic archaea, discovered through coupling of stable isotope probing and metagenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoang Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chapleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6095,51 +6095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ledormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Desmasures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6770,51 +6770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématique (JOBIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
@@ -6843,90 +6843,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the effect of propionic acid on anaerobic digestion of sludge: gas production and microbial community structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Soulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7270,51 +7270,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes de Biologie, Informatique et Mathématique (JOBIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rennes, France. 2022</w:t>
@@ -7628,51 +7628,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Microbiologie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Nantes, France</w:t>
@@ -7701,90 +7701,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity of novel archaeal viruses infecting methanogens discovered through coupling of stable isotope probing and metagenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuong Quoc Hoang Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chapleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7826,103 +7826,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bioinformatic pipeline to elucidate the links between viruses and their hosts in microbial communities, applied to viruses in anaerobic digestion processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuong Quoc Hoang Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2021 (JOBIM (Journées Ouvertes en Biologie, Informatique et Mathématiques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris, France. </w:t>
@@ -8003,51 +8003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes de Biologie, Informatique et Mathématique (JOBIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris, France. 2021</w:t>
@@ -8102,51 +8102,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ledormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Desmasures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8576,51 +8576,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemometric analysis of a metagenomic dataset to decipher the functional role of the micrpbiota from anaerobic digesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesc Puig-Castellví</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8628,51 +8628,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Cardona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chapleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Conteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chimiométrie 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Liège, Belgium</w:t>
@@ -8701,90 +8701,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A shotgun metagenomics analysis applied to the ecological engineering of anaerobic microbial communities for the production of hydrogen from Citrus Peel Waste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franciele Camargo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8951,90 +8951,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback on a c omparative metatranscriptomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Midoux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tiago P. Delforno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thais Z. Macedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gileno V. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9115,51 +9115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dérozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Inizan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9201,90 +9201,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of an archaeal-specific viral family, previously thought to infect exclusively hyperthermophiles, in human gut metaviromes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuong Quoc Hoang Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9326,90 +9326,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Easy16S : a user-friendly Shiny interface for analysis and visualization of metagenomic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chapleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9639,51 +9639,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9F6849CC"/>
+    <w:nsid w:val="7967058C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9870,51 +9870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-midoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7964-0929" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04785149v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapleur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bize" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06704" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03851691v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Hoareau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Etcheverry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Bureau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2022.140295" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922462v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang-Hao Tian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lacroix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asim Ali Yaqoob" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16020591" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693766v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ledormand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Desmasures" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dalmasso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10061203" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03585428v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Puig-Castellv&#237;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Guenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Conteau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Franchi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.107960" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696589v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Ru&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2022.104069" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574579v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lendormi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Jaziri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.130772" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727436v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuong Quoc Hoang Ngo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16120" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03894086v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lays Paulino Leonel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerusa Schneider" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/bgs.2022.126" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738602v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Paillet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lossouarn" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Figueroa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14081620" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03794437v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclercq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pennarun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Moyec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03977-7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634517v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Pereira Camargo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Kimiko Sakamoto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Palladino Delforno" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iolanda Cristina Silveira Duarte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2022.2052361" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2021.126612" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196902v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Philippon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2021.107819" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211333v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112631" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03129147v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2021.124663" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287263v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lejal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chiquet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01051-8" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176011v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Forterre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07471-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318075v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Rogi&#324;ska" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perdicakis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Bouchez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Despas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2021.107895" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890481v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pourcel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vergnaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libera Latino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9060339" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790980v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lejal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois J.-F. Cosson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01093" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907466v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poirier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.123952" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-05271041v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Danile de Lira" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Isabel Kothe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bertoni Mann" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.14566" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888286v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago P. Delforno" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Z. Macedo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Midoux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gileno V. Lacerda" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.08.328" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173138v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0215456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184815v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Blouin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bourkaltseva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Krylov" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v10050245" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879155v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Hauck" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169684" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879191v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.000883" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443828v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Pleteneva" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01543-15" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439325v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Petit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00916-16" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280758v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000263" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01188392v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Essoh" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Loukou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0130548" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286505v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Reichel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bahier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisey" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Masson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13015-015-0061-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304559v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rel:35d2caacc87474efa1f1e277f5eb13352962793d" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397464v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393313v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611225v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04888568v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Monie-Ibanes" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nao Yamakawa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306554v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Awinzure Agumah" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Liu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Soulard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andr&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pauss" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04549290v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229825v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493115v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gu&#233;rin-Rechdaoui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Alibert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249221v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04356630v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coves" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maz&#233;as" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig E Jardillier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04357012v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229643v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Quentin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896401v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360247v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Da Cunha" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360213v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05162180v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bertry" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leneveu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareth Renault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04619395v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jamilloux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gramusset" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gil" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843798v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647849v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeiro" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04141247v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rey" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04356367v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176761v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04416527v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Pedros" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765009v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896438v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Renard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359643v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359920v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176768v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896414v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03441698v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176782v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Berry" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Christiany" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493150v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perr&#233;al" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Predhumeau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231788v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Cardona" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902758v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Camargo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04361137v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pr&#233;dhumeau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fayolle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735859v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176805v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360160v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737257v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05442197v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-midoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7964-0929" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04785149v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapleur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bize" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06704" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03851691v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Hoareau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Etcheverry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Bureau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2022.140295" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922462v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang-Hao Tian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lacroix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asim Ali Yaqoob" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16020591" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693766v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ledormand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Desmasures" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dalmasso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10061203" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696589v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Ru&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2022.104069" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574579v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lendormi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Jaziri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.130772" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727436v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuong Quoc Hoang Ngo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16120" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03894086v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lays Paulino Leonel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerusa Schneider" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/bgs.2022.126" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03585428v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Puig-Castellv&#237;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Guenne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Conteau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Franchi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.107960" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738602v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Paillet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lossouarn" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Figueroa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14081620" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03794437v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclercq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pennarun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Moyec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03977-7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634517v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Pereira Camargo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Kimiko Sakamoto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Palladino Delforno" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iolanda Cristina Silveira Duarte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2022.2052361" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2021.126612" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211333v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112631" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03129147v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2021.124663" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196902v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Philippon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2021.107819" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287263v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lejal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chiquet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01051-8" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176011v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Forterre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07471-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318075v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Rogi&#324;ska" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perdicakis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Bouchez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Despas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2021.107895" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907466v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poirier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.123952" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790980v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lejal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois J.-F. Cosson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01093" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890481v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pourcel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vergnaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libera Latino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9060339" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-05271041v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Danile de Lira" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Isabel Kothe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bertoni Mann" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.14566" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173138v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0215456" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888286v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago P. Delforno" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Z. Macedo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Midoux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gileno V. Lacerda" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.08.328" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184815v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Blouin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bourkaltseva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Krylov" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v10050245" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879155v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Hauck" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169684" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879191v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.000883" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443828v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Pleteneva" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01543-15" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439325v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Petit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00916-16" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280758v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000263" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01188392v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Essoh" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Loukou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0130548" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286505v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Reichel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bahier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisey" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Masson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13015-015-0061-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304559v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rel:35d2caacc87474efa1f1e277f5eb13352962793d" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397464v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393313v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611225v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306554v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Awinzure Agumah" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Liu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Soulard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andr&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pauss" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04549290v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04888568v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Monie-Ibanes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nao Yamakawa" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229825v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493115v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gu&#233;rin-Rechdaoui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Alibert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249221v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04356630v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coves" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maz&#233;as" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig E Jardillier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04357012v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229643v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Quentin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896401v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360247v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Da Cunha" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360213v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05162180v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bertry" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leneveu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareth Renault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04619395v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jamilloux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gramusset" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gil" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843798v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647849v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeiro" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04141247v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carayon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rey" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04356367v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176761v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04416527v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Pedros" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765009v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896438v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Renard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359643v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04359920v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176768v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896414v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03441698v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176782v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Berry" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Christiany" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493150v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perr&#233;al" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Predhumeau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231788v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Cardona" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902758v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franciele Camargo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04361137v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pr&#233;dhumeau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fayolle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735859v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176805v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360160v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737257v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05442197v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>