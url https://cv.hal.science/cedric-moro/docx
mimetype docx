--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (79)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (78)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -727,520 +727,520 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04742759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of circulating apolipoprotein M as a new determinant of insulin sensitivity and relationship with adiponectin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GDF15 is dispensable for the insulin-sensitizing effects of chronic exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Labour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Lac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Frassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Frances</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Combes</w:t>
+                <w:t xml:space="preserve">Enda Murphy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41366-024-01510-w⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (8), pp.114577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2024.114577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951617v1</w:t>
+                <w:t xml:space="preserve">hal-04766608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GDF15 is dispensable for the insulin-sensitizing effects of chronic exercise</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Lair</w:t>
+                <w:t xml:space="preserve">Identification of circulating apolipoprotein M as a new determinant of insulin sensitivity and relationship with adiponectin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Frances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Croyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Ruidavets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Maraninchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enda Murphy</w:t>
+                <w:t xml:space="preserve">Guillaume Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 43 (8), pp.114577. </w:t>
+              <w:t xml:space="preserve">International Journal of Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 48 (7), pp.973-980. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2024.114577⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41366-024-01510-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766608v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisited guidelines for metabolic tolerance tests in mice</w:t>
+                <w:t xml:space="preserve">Gpcpd1–GPC metabolic pathway is dysfunctional in aging and its deficiency severely perturbs glucose metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Moro</w:t>
+                <w:t xml:space="preserve">Domagoj Cikes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Magnan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Leutner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shane Cronin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Novatchkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenz Pfleger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41684-024-01473-5⟩</w:t>
+              <w:t xml:space="preserve">Nature Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.80-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43587-023-00551-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064182v1</w:t>
+                <w:t xml:space="preserve">hal-04766605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gpcpd1–GPC metabolic pathway is dysfunctional in aging and its deficiency severely perturbs glucose metabolism</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisited guidelines for metabolic tolerance tests in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Novatchkova</w:t>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenz Pfleger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Magnan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4 (1), pp.80-94. </w:t>
+              <w:t xml:space="preserve">Lab Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 54 (1), pp.16-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43587-023-00551-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41684-024-01473-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766605v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adipose tissue is a source of regenerative cells that augment the repair of skeletal muscle after injury</w:t>
               </w:r>
@@ -2400,1843 +2400,1843 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic imprinting of human skeletal muscle cells: From metabolic diseases to myopathy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards a Large-Scale Assessment of the Relationship Between Biological and Chronological Aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Santin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1113/JP280954⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (2), pp.121-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14283/jfa.2020.43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824276v1</w:t>
+                <w:t xml:space="preserve">inserm-03019973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GTTs and ITTs: aim for shorter fasting times</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification of new enterosynes using prebiotics: roles of bioactive lipids and mu-opioid receptor signalling in humans and mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Wemelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Paquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pomie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42255-021-00455-y⟩</w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 70 (6), pp.1078-1087. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2019-320230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824240v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02990325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Large-Scale Assessment of the Relationship Between Biological and Chronological Aging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+                <w:t xml:space="preserve">Estetrol prevents western diet-induced obesity and atheroma independently of hepatic estrogen receptor (ER)α</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Buscato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Davezac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Zahreddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Adlanmerini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14283/jfa.2020.43⟩</w:t>
+              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 320 (1), pp.E19-E29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpendo.00211.2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03019973v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estetrol prevents western diet-induced obesity and atheroma independently of hepatic estrogen receptor (ER)α</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epigenetic imprinting of human skeletal muscle cells: From metabolic diseases to myopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/ajpendo.00211.2020⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 599 (1), pp.9-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/JP280954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03006849v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Physiological Doses of Resveratrol and Quercetin on Glucose Metabolism in Primary Myotubes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GTTs and ITTs: aim for shorter fasting times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Magnan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (3), pp.1384. </w:t>
+              <w:t xml:space="preserve">Nature Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (9), pp.1133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22031384⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42255-021-00455-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828447v2</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactate fluxes mediated by the monocarboxylate transporter-1 are key determinants of the metabolic activity of beige adipocytes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of Physiological Doses of Resveratrol and Quercetin on Glucose Metabolism in Primary Myotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Barreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cedric Moro</w:t>
+                <w:t xml:space="preserve">Itziar Eseberri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+                <w:t xml:space="preserve">Jonatan Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arrate Lasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.RA120.016303⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (3), pp.1384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22031384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03085046v1</w:t>
+                <w:t xml:space="preserve">hal-04828447v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclic AMP-binding protein Epac1 acts as a metabolic sensor to promote cardiomyocyte lipotoxicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Laudette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannis Sainte-Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Bergonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Death and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (9), pp.824. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41419-021-04113-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03332451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DietSee: An on-hand, portable, strip-type biosensor for lipolysis monitoring via real-time amperometric determination of glycerol in blood</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Delile</w:t>
+                <w:t xml:space="preserve">Lactate fluxes mediated by the monocarboxylate transporter-1 are key determinants of the metabolic activity of beige adipocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Moog</w:t>
+                <w:t xml:space="preserve">Corinne Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Mouisel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Donal O’gorman</w:t>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338358⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 296, pp.100137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.RA120.016303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04835568v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03085046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic and cardiovascular adaptations to an 8-week lifestyle weight loss intervention in younger and older obese men</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Vion</w:t>
+                <w:t xml:space="preserve">DietSee: An on-hand, portable, strip-type biosensor for lipolysis monitoring via real-time amperometric determination of glycerol in blood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine A Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronika Sramkova</w:t>
+                <w:t xml:space="preserve">Sébastien Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Montastier</w:t>
+                <w:t xml:space="preserve">Sophie Moog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Adeline Marquès</w:t>
+                <w:t xml:space="preserve">Etienne Mouisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Caspar-Bauguil</w:t>
+                <w:t xml:space="preserve">Donal O’gorman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 321 (3), pp.E325-E337. </w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1155, pp.338358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpendo.00109.2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320052v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary defects in lipid handling and resistance to exercise in myotubes from obese donors with and without type 2 diabetes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabolic and cardiovascular adaptations to an 8-week lifestyle weight loss intervention in younger and older obese men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Vion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Gunnar Løvsletten</w:t>
+                <w:t xml:space="preserve">Veronika Sramkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arild Rustan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Laurens</w:t>
+                <w:t xml:space="preserve">Emilie Montastier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Hege Thoresen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Moro</w:t>
+                <w:t xml:space="preserve">Marie-Adeline Marquès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Caspar-Bauguil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/apnm-2019-0265⟩</w:t>
+              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 321 (3), pp.E325-E337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpendo.00109.2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04814676v1</w:t>
+                <w:t xml:space="preserve">hal-03320052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atrial Natriuretic Peptide Orchestrates a Coordinated Physiological Response to Fuel Non-shivering Thermogenesis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Primary defects in lipid handling and resistance to exercise in myotubes from obese donors with and without type 2 diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmani B.M. Nascimento</w:t>
+                <w:t xml:space="preserve">Nils Gunnar Løvsletten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Barquissau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Lagarde</w:t>
+                <w:t xml:space="preserve">Arild Rustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hege Thoresen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.108075⟩</w:t>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (2), pp.169-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2019-0265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03026751v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of new enterosynes using prebiotics: roles of bioactive lipids and mu-opioid receptor signalling in humans and mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Abot</w:t>
+                <w:t xml:space="preserve">Atrial Natriuretic Peptide Orchestrates a Coordinated Physiological Response to Fuel Non-shivering Thermogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Carper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Wemelle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Laurens</w:t>
+                <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Paquot</w:t>
+                <w:t xml:space="preserve">Emmani B.M. Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pomie</w:t>
+                <w:t xml:space="preserve">Valentin Barquissau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (8), pp.1-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2019-320230⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.108075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02990325v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased oral sodium chloride intake in humans amplifies selectively postprandial GLP‐1 but not GIP, CCK, and gastrin in plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Acute and Chronic Exercise on Abdominal Fat Lipolysis: An Update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Asmar</w:t>
+                <w:t xml:space="preserve">Isabelle De Glisezinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per K Cramon</w:t>
+                <w:t xml:space="preserve">Dominique Larrouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meena Asmar</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Harant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14814/phy2.14519⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.575363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2020.575363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04818115v1</w:t>
+                <w:t xml:space="preserve">hal-04808438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Acute and Chronic Exercise on Abdominal Fat Lipolysis: An Update</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Laurens</w:t>
+                <w:t xml:space="preserve">Increased oral sodium chloride intake in humans amplifies selectively postprandial GLP‐1 but not GIP, CCK, and gastrin in plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Asmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per K Cramon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle De Glisezinski</w:t>
+                <w:t xml:space="preserve">Meena Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Larrouy</w:t>
+                <w:t xml:space="preserve">Lene Simonsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Harant</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charlotte M Sorensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.575363. </w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (15), pp.e14519. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2020.575363⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14814/phy2.14519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808438v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Insights and Mechanisms of Lipotoxicity-Driven Insulin Resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bram van den Bosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4309,6085 +4309,5955 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reappraisal of the optimal fasting time for insulin tolerance tests in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Carper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Langin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 42, pp.101058 -. </w:t>
+              <w:t xml:space="preserve">, 2020, 42, pp.101058. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molmet.2020.101058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03491362v1</w:t>
+                <w:t xml:space="preserve">hal-05204295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reappraisal of the optimal fasting time for insulin tolerance tests in mice</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Exercise-Released Myokines in the Control of Energy Metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cedric Moro</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bergouignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molmet.2020.101058⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2020.00091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05204295v1</w:t>
+                <w:t xml:space="preserve">hal-02868660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise-Released Myokines in the Control of Energy Metabolism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Growth and differentiation factor 15 is secreted by skeletal muscle during exercise and promotes lipolysis in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anisha Parmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enda Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Carper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (6), pp.e131870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.131870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2020.00091⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02868660v1</w:t>
+                <w:t xml:space="preserve">hal-02555264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth and differentiation factor 15 is secreted by skeletal muscle during exercise and promotes lipolysis in humans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Lair</w:t>
+                <w:t xml:space="preserve">The Release of Adipose Stromal Cells from Subcutaneous Adipose Tissue Regulates Ectopic Intramuscular Adipocyte Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Girousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Gil-Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bourlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia B Bergeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Sastourné-Arrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (2), pp.323-333.e5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2019.03.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.131870⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02555264v1</w:t>
+                <w:t xml:space="preserve">hal-02136523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Release of Adipose Stromal Cells from Subcutaneous Adipose Tissue Regulates Ectopic Intramuscular Adipocyte Deposition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Quentin Sastourné-Arrey</w:t>
+                <w:t xml:space="preserve">Extracellular Fluid Volume Expansion Uncovers a Natriuretic Action of GLP-1: A Functional GLP-1–Renal Axis in Man</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Asmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per Cramon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lene Simonsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meena Asmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Sorensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 104 (7), pp.2509-2519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2019-00004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2019.03.038⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02136523v1</w:t>
+                <w:t xml:space="preserve">hal-04788973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular Fluid Volume Expansion Uncovers a Natriuretic Action of GLP-1: A Functional GLP-1–Renal Axis in Man</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Sorensen</w:t>
+                <w:t xml:space="preserve">The lipid-droplet-associated protein ABHD5 protects the heart through proteolysis of HDAC4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zegeye H Jebessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kumar D Shanmukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Dewenter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenz H Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chang Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1 (11), pp.1157-1167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42255-019-0138-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2019-00004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04788973v1</w:t>
+                <w:t xml:space="preserve">hal-04801447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between Hormone-Sensitive Lipase and ChREBP in Fat Cells Controls Insulin Sensitivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Morigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Mairal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ghilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Mouisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1 (1), pp.133-146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s42255-018-0007-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02150261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The lipid-droplet-associated protein ABHD5 protects the heart through proteolysis of HDAC4</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chang Xu</w:t>
+                <w:t xml:space="preserve">A muscle-specific UBE2O/AMPKα2 axis promotes insulin resistance and metabolic syndrome in obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle K Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mi Kyung Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Rebecca Setijono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yixin Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyejin Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (13), pp.e128269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.128269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42255-019-0138-4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04801447v1</w:t>
+                <w:t xml:space="preserve">hal-04793048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A muscle-specific UBE2O/AMPKα2 axis promotes insulin resistance and metabolic syndrome in obesity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hyejin Kim</w:t>
+                <w:t xml:space="preserve">Long-term follow-up of muscle lipid accumulation, mitochondrial activity and oxidative stress and their relationship with impaired glucose homeostasis in high fat high fructose diet-fed rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bonafos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Blachnio-Zabielska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 64, pp.182-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2018.10.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.128269⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04793048v1</w:t>
+                <w:t xml:space="preserve">hal-02154358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term follow-up of muscle lipid accumulation, mitochondrial activity and oxidative stress and their relationship with impaired glucose homeostasis in high fat high fructose diet-fed rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibault Leroy</w:t>
+                <w:t xml:space="preserve">Metformin Promotes Anxiolytic and Antidepressant-Like Responses in Insulin-Resistant Mice by Decreasing Circulating Branched-Chain Amino Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Zemdegs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiranya Pintana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Bullich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Manta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (30), pp.5935-5948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2904-18.2019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2018.10.021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02154358v1</w:t>
+                <w:t xml:space="preserve">hal-02330975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metformin Promotes Anxiolytic and Antidepressant-Like Responses in Insulin-Resistant Mice by Decreasing Circulating Branched-Chain Amino Acids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stella Manta</w:t>
+                <w:t xml:space="preserve">Chronic apelin treatment improves hepatic lipid metabolism in obese and insulin-resistant mice by an indirect mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pradère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Geoffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Masri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Endocrine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 60 (1), pp.112-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12020-018-1536-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2904-18.2019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02330975v1</w:t>
+                <w:t xml:space="preserve">hal-02393084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic apelin treatment improves hepatic lipid metabolism in obese and insulin-resistant mice by an indirect mechanism</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernard Masri</w:t>
+                <w:t xml:space="preserve">Natriuretic peptides promote glucose uptake in a cGMP-dependent manner in human adipocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Barquissau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Morigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.1097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-19619-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12020-018-1536-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02393084v1</w:t>
+                <w:t xml:space="preserve">hal-05085465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natriuretic peptides promote glucose uptake in a cGMP-dependent manner in human adipocytes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">Caloric Restriction and Diet-Induced Weight Loss Do Not Induce Browning of Human Subcutaneous White Adipose Tissue in Women and Men with Obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Barquissau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Corinne Lefort</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Beuzelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric F. Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ez-Zoubir Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (4), pp.1079 - 1089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2017.12.102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-19619-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05085465v1</w:t>
+                <w:t xml:space="preserve">hal-01890004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caloric Restriction and Diet-Induced Weight Loss Do Not Induce Browning of Human Subcutaneous White Adipose Tissue in Women and Men with Obesity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ez-Zoubir Amri</w:t>
+                <w:t xml:space="preserve">Muscle metabolic alterations induced by genetic ablation of 4E-BP1 and 4E-BP2 in response to diet-induced obesity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bacquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristell Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Montaurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201700128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2017.12.102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01890004v1</w:t>
+                <w:t xml:space="preserve">hal-01594848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle metabolic alterations induced by genetic ablation of 4E-BP1 and 4E-BP2 in response to diet-induced obesity.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Giraudet</w:t>
+                <w:t xml:space="preserve">Transient Receptor Potential Canonical 3 (TRPC3) Channels Are Required for Hypothalamic Glucose Detection and Energy Homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fenech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (2), pp.314 - 324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2337/db16-1114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201700128⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01594848v1</w:t>
+                <w:t xml:space="preserve">hal-01477491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Receptor Potential Canonical 3 (TRPC3) Channels Are Required for Hypothalamic Glucose Detection and Energy Homeostasis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natriuretic peptide control of energy balance and glucose homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124, pp.84-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2015.05.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2337/db16-1114⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01477491v1</w:t>
+                <w:t xml:space="preserve">hal-05204312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natriuretic peptide control of energy balance and glucose homeostasis</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adipocyte Exosomes Promote Melanoma Aggressiveness through Fatty Acid Oxidation: A Novel Mechanism Linking Obesity and Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikrame Lazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dauvillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Milhas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuelle Ducoux-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2015.05.017⟩</w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 76 (14), pp.4051-4057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-16-0651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05204312v1</w:t>
+                <w:t xml:space="preserve">hal-02390849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adipocyte Exosomes Promote Melanoma Aggressiveness through Fatty Acid Oxidation: A Novel Mechanism Linking Obesity and Cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Manuelle Ducoux-Petit</w:t>
+                <w:t xml:space="preserve">Perilipin 5 fine-tunes lipid oxidation to metabolic demand and protects against lipotoxicity in skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bourlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mairal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-16-0651⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02390849v1</w:t>
+                <w:t xml:space="preserve">hal-01605047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perilipin 5 fine-tunes lipid oxidation to metabolic demand and protects against lipotoxicity in skeletal muscle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
+                <w:t xml:space="preserve">Central chronic apelin infusion decreases energy expenditure and thermogenesis in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Drougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audren Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alysson Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 6, pp.31849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep31849⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep38310⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01605047v1</w:t>
+                <w:t xml:space="preserve">hal-01393493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central chronic apelin infusion decreases energy expenditure and thermogenesis in mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Abot</w:t>
+                <w:t xml:space="preserve">Primary defects in lipolysis and insulin action in skeletal muscle cells from type 2 diabetic individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eili Kase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siril Bakke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1851 (9), pp.1194-1201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2015.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep31849⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01393493v1</w:t>
+                <w:t xml:space="preserve">hal-05204314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defective Natriuretic Peptide Receptor Signaling in Skeletal Muscle Links Obesity to Type 2 Diabetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katie Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 64 (12), pp.4033-4045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2337/db15-0305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary defects in lipolysis and insulin action in skeletal muscle cells from type 2 diabetic individuals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Influence of lipolysis and fatty acid availability on fuel selection during exercise.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Harant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Laurens</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Patarca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Guilland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2015.03.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 70 (2), pp.583-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13105-013-0306-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05204314v1</w:t>
+                <w:t xml:space="preserve">inserm-01055449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of lipolysis and fatty acid availability on fuel selection during exercise.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Immune cell Toll-like receptor 4 mediates the development of obesity- and endotoxemia-associated adipose tissue fibrosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle K Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Guilland</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Adeline Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Monbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology and Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7 (4), pp.1116-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.03.062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13105-013-0306-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-01055449v1</w:t>
+                <w:t xml:space="preserve">inserm-00991860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immune cell Toll-like receptor 4 mediates the development of obesity- and endotoxemia-associated adipose tissue fibrosis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Corinne Lefort</w:t>
+                <w:t xml:space="preserve">Partial inhibition of adipose tissue lipolysis improves glucose metabolism and insulin sensitivity without alteration of fat mass.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Girousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Mejhert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Cell Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (2), pp.e1001485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001485⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.03.062⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00991860v1</w:t>
+                <w:t xml:space="preserve">inserm-00841328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on: Sitnick et al. Skeletal muscle triacylglycerol hydrolysis does not influence metabolic complications of obesity. Diabetes 2013;62:3350-3361.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Endurance exercise training up-regulates lipolytic proteins and reduces triglyceride content in skeletal muscle of obese subjects.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Montastier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bourlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2337/db13-1107⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 98 (12), pp.4863-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2013-2058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01055323v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01055322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial inhibition of adipose tissue lipolysis improves glucose metabolism and insulin sensitivity without alteration of fat mass.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Comment on: Sitnick et al. Skeletal muscle triacylglycerol hydrolysis does not influence metabolic complications of obesity. Diabetes 2013;62:3350-3361.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Langin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 62 (12), pp.e29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2337/db13-1107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001485⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00841328v1</w:t>
+                <w:t xml:space="preserve">inserm-01055323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endurance exercise training up-regulates lipolytic proteins and reduces triglyceride content in skeletal muscle of obese subjects.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">High-fat diet-mediated lipotoxicity and insulin resistance is related to impaired lipase expression in mouse skeletal muscle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle K. Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katie Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Virginie Bourlier</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mairal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Adeline Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 154 (4), pp.1444-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/en.2012-2029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2013-2058⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-01055322v1</w:t>
+                <w:t xml:space="preserve">inserm-00841051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-fat diet-mediated lipotoxicity and insulin resistance is related to impaired lipase expression in mouse skeletal muscle.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Regulation of skeletal muscle lipolysis and oxidative metabolism by the co-lipase CGI-58.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Loubière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarten Coonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katie Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Adeline Marques</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53 (5), pp.839-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.M019182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/en.2012-2029⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00841051v1</w:t>
+                <w:t xml:space="preserve">inserm-00726508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of skeletal muscle lipolysis and oxidative metabolism by the co-lipase CGI-58.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Altered skeletal muscle lipase expression and activity contribute to insulin resistance in humans.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katie Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Geneviève Tavernier</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mairal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Liebisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerd Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (6), pp.1734-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2337/db10-1364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1194/jlr.M019182⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00726508v1</w:t>
+                <w:t xml:space="preserve">inserm-00726449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered skeletal muscle lipase expression and activity contribute to insulin resistance in humans.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gerd Schmitz</w:t>
+                <w:t xml:space="preserve">Lipid oxidation in overweight men after exercise and food intake.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie van Wymelbeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Garrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Crampes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59 (2), pp.267-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.metabol.2009.07.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2337/db10-1364⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00726449v1</w:t>
+                <w:t xml:space="preserve">hal-00680938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid oxidation in overweight men after exercise and food intake.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Crampes</w:t>
+                <w:t xml:space="preserve">Skeletal muscle lipase content and activity in obesity and type 2 diabetes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan W. E. Jocken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gijs H. Goossens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mairal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.metabol.2009.07.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 95 (12), pp.5449-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2010-0776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00680938v1</w:t>
+                <w:t xml:space="preserve">inserm-00613591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeletal muscle lipase content and activity in obesity and type 2 diabetes.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Influence of gender, obesity, and muscle lipase activity on intramyocellular lipids in sedentary individuals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose E. Galgani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lanchi Luu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Pasarica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Mairal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 95 (12), pp.5449-53. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 94 (9), pp.3440-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2009-0053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2010-0776⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00613591v1</w:t>
+                <w:t xml:space="preserve">inserm-00410118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of gender, obesity, and muscle lipase activity on intramyocellular lipids in sedentary individuals.</w:t>
+                <w:t xml:space="preserve">Exercise-induced lipid mobilization in subcutaneous adipose tissue is mainly related to natriuretic peptides in overweight men.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Aline Mairal</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Glisezinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Klimcáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Crampes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 295 (2), pp.E505-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpendo.90227.2008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2009-0053⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00410118v1</w:t>
+                <w:t xml:space="preserve">hal-00355326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atrial natriuretic peptide induces postprandial lipid oxidation in humans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas L. Birkenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Budziarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Boschmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frauke Adams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 57 (12), pp.3199-204. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2337/db08-0649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00408837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise-induced lipid mobilization in subcutaneous adipose tissue is mainly related to natriuretic peptides in overweight men.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acute exposure to long-chain fatty acids impairs {alpha}2-adrenergic receptor-mediated antilipolysis in human adipose tissue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Polák</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Francois Crampes</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jindra Hejnová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Adeline Marquès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 48 (10), pp.2236-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.M700253-JLR200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpendo.90227.2008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00355326v1</w:t>
+                <w:t xml:space="preserve">inserm-00409713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex differences in lipolysis-regulating mechanisms in overweight subjects: effect of exercise intensity.</w:t>
+                <w:t xml:space="preserve">Phosphodiesterase-5A and neutral endopeptidase activities in human adipocytes do not control atrial natriuretic peptide-mediated lipolysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Klimcáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Lafontan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Berlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Galitzky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/oby.2007.267⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 152 (7), pp.1102-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.bjp.0707485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409689v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00409690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphodiesterase-5A and neutral endopeptidase activities in human adipocytes do not control atrial natriuretic peptide-mediated lipolysis.</w:t>
+                <w:t xml:space="preserve">Sex differences in lipolysis-regulating mechanisms in overweight subjects: effect of exercise intensity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Glisezinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Crampes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Thalamas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.bjp.0707485⟩</w:t>
+              <w:t xml:space="preserve">Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 15 (9), pp.2245-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/oby.2007.267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409690v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00409689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute exposure to long-chain fatty acids impairs {alpha}2-adrenergic receptor-mediated antilipolysis in human adipose tissue.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atrial natriuretic peptide contribution to lipid mobilization and utilization during head-down bed rest in humans.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Glisezinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Crampes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bessière</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Adeline Marquès</w:t>
+                <w:t xml:space="preserve">Claire Thalamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 293 (2), pp.R612-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpregu.00162.2007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1194/jlr.M700253-JLR200⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409713v1</w:t>
+                <w:t xml:space="preserve">inserm-00409695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atrial natriuretic peptide contribution to lipid mobilization and utilization during head-down bed rest in humans.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lipid oxidation according to intensity and exercise duration in overweight men and women.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claire Thalamas</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Harant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Garrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Lafontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 15 (9), pp.2256-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/oby.2007.268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpregu.00162.2007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409695v1</w:t>
+                <w:t xml:space="preserve">inserm-00409711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid oxidation according to intensity and exercise duration in overweight men and women.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Pillard</w:t>
+                <w:t xml:space="preserve">Plasma levels and adipose tissue messenger ribonucleic acid expression of retinol-binding protein 4 are reduced during calorie restriction in obese subjects but are not related to diet-induced changes in insulin sensitivity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Vítková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Klimcáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Kovacikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Max Lafontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 92 (6), pp.2330-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2006-2668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/oby.2007.268⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409711v1</w:t>
+                <w:t xml:space="preserve">inserm-00409823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma levels and adipose tissue messenger ribonucleic acid expression of retinol-binding protein 4 are reduced during calorie restriction in obese subjects but are not related to diet-induced changes in insulin sensitivity.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId355" w:history="1">
+                <w:t xml:space="preserve">Atrial natriuretic peptide inhibits the production of adipokines and cytokines linked to inflammation and insulin resistance in human subcutaneous adipose tissue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Klimcáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cédric Moro</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Lolmède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Berlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Lafontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 50 (5), pp.1038-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00125-007-0614-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2006-2668⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409823v1</w:t>
+                <w:t xml:space="preserve">inserm-00409701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atrial natriuretic peptide inhibits the production of adipokines and cytokines linked to inflammation and insulin resistance in human subcutaneous adipose tissue.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Profiling of adipokines secreted from human subcutaneous adipose tissue in response to PPAR agonists.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Klimcáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mazzucotelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Lolmède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Max Lafontan</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Viguerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 358 (3), pp.897-902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2007.05.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00125-007-0614-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409701v1</w:t>
+                <w:t xml:space="preserve">inserm-00409656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profiling of adipokines secreted from human subcutaneous adipose tissue in response to PPAR agonists.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beta-adrenergic and atrial natriuretic peptide interactions on human cardiovascular and metabolic regulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas L. Birkenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Boschmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Klimcáková</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Viguerie</w:t>
+                <w:t xml:space="preserve">Frauke Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karsten Heusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2007.05.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 91 (12), pp.5069-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2006-1084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">inserm-00409656v1</w:t>
+                <w:t xml:space="preserve">inserm-00165273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beta-adrenergic and atrial natriuretic peptide interactions on human cardiovascular and metabolic regulation.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Boschmann</w:t>
+                <w:t xml:space="preserve">Control of lipolysis by natriuretic peptides and cyclic GMP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Lafontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Karsten Heusser</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Berlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Crampes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Sengenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Trends in Endocrinology and Metabolism = Trends in Endocrinology &amp; Metabolism </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 19 (4), pp.130-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tem.2007.11.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2006-1084⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00165273v1</w:t>
+                <w:t xml:space="preserve">inserm-00409147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of lipolysis by natriuretic peptides and cyclic GMP.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Max Lafontan</w:t>
+                <w:t xml:space="preserve">Les peptides natriurétiques : une nouvelle voie de régulation de la lipolyse chez l'homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Sengenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Galitzky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Berlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
-              <w:r>
-[...170 lines deleted...]
-            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Lafontan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 21 Spec No, pp.29-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00098201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10397,607 +10267,607 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue coeur-tissu adipeux brun: Rôle des peptides natriurétiques dans la pathogénèse du diabète de type 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Monbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Adeline Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bergoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Maslo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la Société Francophone du Diabète</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of systemic glucose fluxes by atrial natriuretic peptide signaling in brown adipose tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Monbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Adeline Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bergoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Maslo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CPHBAT 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myokines, exercice and energy metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Congress of Physiology and Integrative Biology, 89th Congress of French Physiological Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté de Médecine Laennec, Jun 2022, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/apha.13893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of fat oxidation during exercise and recovery in overweight men: which is the best exercise intensity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Pillard</w:t>
+                <w:t xml:space="preserve">Virginie van Wymelbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie van Wymelbeke</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Garrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Crampes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00022992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of fat oxidation during exercise and recovery in overweight men: which is the best exercise intensity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Berlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Crampes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle de Glisezinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Garrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th annual meeting of French society of pharmacology, 73rd annual meeting of society of physiology, 27th pharmacovigilance meeting, 54th APNET seminar and 4th CHU CIC meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00094836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11007,107 +10877,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle du métabolisme oxydatif musculaire par les peptides natriurétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 37, pp.19-21, 2021, Les Cahiers de Myologie, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/medsci/2021185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11117,777 +10987,652 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of Skeletal Muscle Metabolism by Saturated and Monounsaturated Fatty Acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Capel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition and Skeletal Muscle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academic press, Elsevier, 568 p., 2019, 978-0-12-810422-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-810422-4.00021-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02192517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle hypertrophy and increased mitochondria content allow insulin resistant grade I obese women to maintain their skeletal muscle oxidative capacity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Fabre</w:t>
+                <w:t xml:space="preserve">Impact of 5 days of dry immersion on metabolic flexibility, glycemic control and muscle oxidative metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Glisezinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Crampes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Larrouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Congress of Physiology and Integrative Biology (CPBI) and 86th Congress of French Physiological Society (SFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Montpellier, France. Acta Physiologica, 227 (S720), pp.34-34, 2019</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Monptellier, France. Acta Physiologica, 227 (S270), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888631v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of 5 days of dry immersion on metabolic flexibility, glycemic control and muscle oxidative metabolism</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Larrouy</w:t>
+                <w:t xml:space="preserve">Muscle hypertrophy and increased mitochondria content allow insulin resistant grade I obese women to maintain their skeletal muscle oxidative capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cacylde Amouzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Bourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Congress of Physiology and Integrative Biology (CPBI) and 86th Congress of French Physiological Society (SFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Monptellier, France. Acta Physiologica, 227 (S270), 2019</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Montpellier, France. Acta Physiologica, 227 (S720), pp.34-34, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888307v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle hypertrophy and increased mitochondria content allow insulin resistant grade I obese women to maintain their skeletal muscle oxidative capacity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Fabre</w:t>
+                <w:t xml:space="preserve">L'invalidation génétique des protéines 4E-BP1/2 chez la souris induit l'insulino-résistance et une lipotoxicité au niveau musculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bacquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristell Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Giraudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Patrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Congress of Physiology and Integrative Biology (CPBI) and 86th Congress of French Physiological Society (SFP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montpellier, France. Acta Physiologica, 227 (S720), pp.34-34, 2019</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. 221 p., 2016, JFN 2016-Livre des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888645v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'invalidation génétique des protéines 4E-BP1/2 chez la souris induit l'insulino-résistance et une lipotoxicité au niveau musculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bacquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Le Bacquer</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kristell Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...124 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Patrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Clermont-Ferrand, France. 27 p., 2016, Fascicule de la 9ème Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11897,165 +11642,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activité physique : Prévention et traitement des maladies chroniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Fervers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Freyssenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Boiche</w:t>
+                <w:t xml:space="preserve">Isabelle Gremy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Fervers</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaut Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut national de la santé et de la recherche médicale(INSERM). 2019, Paris : Inserm : Éditions EDP Sciences (ISSN : 0990-7440) / 824 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02102457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId423"/>
+      <w:footerReference w:type="default" r:id="rId421"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12202,51 +11947,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05278863v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Montan&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Jeanson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lagarde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ana Porcher-Bibes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP288871" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2025058" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484073v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#225; Nunes-Pinto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Gorga Bandeira de Mello" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Nunes Pinto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vellas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2024.102587" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749593v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Carper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Coue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Labour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre M&#228;rtens" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adl4374" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04742759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lair" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Frassin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brunet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bul&#233;on" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06021-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951617v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Frances" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Ruidavets" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maraninchi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Combes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41366-024-01510-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766608v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enda Murphy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.114577" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064182v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Moro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magnan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41684-024-01473-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766605v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domagoj Cikes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leutner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Cronin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Novatchkova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Pfleger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43587-023-00551-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04292139v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sastourn&#233;-Arrey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mathieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monferran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bourlier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gil-Ortega" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-35524-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887043v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Roren" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Coleman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rannou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Freyssenet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2022.101650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04001671v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fajardo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phelipe Sanchez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Patrac" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00258.2022" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264434v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Tavernier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2023.01.019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04886244v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa S Chow" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert E Gerszten" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan M Taylor" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente K Pedersen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette van Praag" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41574-022-00641-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624265v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Personnaz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Piccolo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dortignac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Iacovoni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg9055" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540946v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marquis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vion" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Charpagne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgab621" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851719v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Recazens" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dufau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bergoglio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Benhamed" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.153431" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04885590v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chow" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gerszten" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Taylor" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente Pedersen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41574-022-00726-y" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04824276v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP280954" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824240v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-021-00455-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03019973v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Santin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lopez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ader" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.43" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006849v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Buscato" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Davezac" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Zahreddine" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Adlanmerini" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;tivier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00211.2020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828447v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Eseberri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurens" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonatan Miranda" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Louche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arrate Lasa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22031384" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085046v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Barreau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA120.016303" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332451v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Laudette" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Sainte-Marie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Cousin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bergonnier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahane Belhabib" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-021-04113-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04835568v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delile" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moog" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mouisel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donal O&#8217;gorman" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338358" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03320052v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Sramkova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Montastier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Marqu&#232;s" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00109.2021" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04814676v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Gunnar L&#248;vsletten" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arild Rustan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hege Thoresen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2019-0265" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026751v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmani B.M. Nascimento" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Barquissau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108075" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02990325v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Wemelle" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paquot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pomie" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2019-320230" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04818115v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Asmar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per K Cramon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meena Asmar" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Simonsen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte M Sorensen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.14519" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04808438v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Glisezinski" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Larrouy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Harant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.575363" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04808686v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram van den Bosch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21176358" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491362v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Langin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101058" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204295v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868660v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bergouignan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.00091" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555264v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisha Parmar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.131870" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136523v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Girousse" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia B Bergeaud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2019.03.038" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04788973v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Cramon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sorensen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2019-00004" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02150261v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Morigny" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Houssier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mairal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ghilain" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-018-0007-6" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04801447v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zegeye H Jebessa" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumar D Shanmukha" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Dewenter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz H Lehmann" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Xu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-019-0138-4" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04793048v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle K Vila" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi Kyung Park" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rebecca Setijono" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Yao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyejin Kim" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.128269" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154358v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fouret" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Blachnio-Zabielska" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2018.10.021" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330975v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Zemdegs" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Martin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiranya Pintana" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bullich" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Manta" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2904-18.2019" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393084v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bertrand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Prad&#232;re" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Geoffre" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deleruyelle" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Masri" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12020-018-1536-1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085465v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lefort" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-19619-0" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890004v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin L&#233;ger" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Beuzelin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Martins" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ez-Zoubir Amri" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2017.12.102" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594848v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bacquer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Combe" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraudet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201700128" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01477491v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chr&#233;tien" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fenech" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Li&#233;nard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Grall" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Chevalier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db16-1114" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204312v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.05.017" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-674ZD3DV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390849v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikrame Lazar" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Clement" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dauvillier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Milhas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Ducoux-Petit" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-16-0651" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605047v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38310" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01393493v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Drougard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audren Fournel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysson Marlin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Meunier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep31849" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204309v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vila" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db15-0305" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204314v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eili Kase" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Feng" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siril Bakke" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.03.005" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNKM3STF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01055449v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Patarca" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Guilland" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-013-0306-z" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00991860v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Marques" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Monbrun" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.03.062" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01055323v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db13-1107" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00841328v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Valle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Mejhert" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001485" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01055322v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2013-2058" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00841051v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle K. Vila" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2012-2029" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00726508v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Loubi&#232;re" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Coonen" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M019182" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00726449v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Liebisch" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Schmitz" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db10-1364" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00680938v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pillard" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie van Wymelbeke" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garrigue" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Crampes" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metabol.2009.07.023" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RTN2DJQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00613591v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan W. E. Jocken" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs H. Goossens" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hansen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2010-0776" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410118v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose E. Galgani" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanchi Luu" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Pasarica" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2009-0053" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00408837v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas L. Birkenfeld" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Budziarek" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Boschmann" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Adams" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db08-0649" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355326v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Glisezinski" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Klimc&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Crampes" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90227.2008" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409689v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thalamas" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2007.267" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409690v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Lafontan" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berlan" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Galitzky" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjp.0707485" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409713v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pol&#225;k" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bessi&#232;re" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jindra Hejnov&#225;" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M700253-JLR200" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409695v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00162.2007" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409711v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2007.268" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409823v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela V&#237;tkov&#225;" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kovacikova" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2006-2668" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409701v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lolm&#232;de" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-007-0614-3" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409656v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mazzucotelli" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Viguerie" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2007.05.012" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJZPZM8Q-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00165273v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Heusser" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2006-1084" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409147v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Sengenes" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tem.2007.11.006" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0R7N62S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00098201v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766649v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maslo" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766716v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969074v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13893" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022992v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Crampes" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094836v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brondel" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04839600v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021185" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192517v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-810422-4.00021-X" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888631v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cacylde Amouzou" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bourret" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Fabre" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888307v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888645v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740198v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742325v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02102457v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boiche" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Fervers" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gremy" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Guiraud" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05278863v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Montan&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Jeanson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lagarde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ana Porcher-Bibes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP288871" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2025058" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484073v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#225; Nunes-Pinto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Gorga Bandeira de Mello" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Nunes Pinto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vellas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2024.102587" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749593v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Carper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Coue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Labour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre M&#228;rtens" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adl4374" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04742759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lair" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Frassin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brunet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bul&#233;on" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06021-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766608v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enda Murphy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.114577" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951617v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Frances" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Ruidavets" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maraninchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Combes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41366-024-01510-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766605v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domagoj Cikes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leutner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Cronin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Novatchkova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Pfleger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43587-023-00551-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Moro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magnan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41684-024-01473-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04292139v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sastourn&#233;-Arrey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mathieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monferran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bourlier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gil-Ortega" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-35524-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887043v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Roren" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Coleman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rannou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Freyssenet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2022.101650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04001671v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Fajardo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phelipe Sanchez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Patrac" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00258.2022" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264434v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Tavernier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2023.01.019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04886244v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa S Chow" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert E Gerszten" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan M Taylor" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente K Pedersen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette van Praag" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41574-022-00641-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624265v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Personnaz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Piccolo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dortignac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Iacovoni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg9055" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540946v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marquis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vion" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Charpagne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgab621" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851719v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Recazens" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dufau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bergoglio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Benhamed" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.153431" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04885590v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chow" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gerszten" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Taylor" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bente Pedersen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41574-022-00726-y" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03019973v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Santin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lopez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ader" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2020.43" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02990325v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Wemelle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurens" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paquot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pomie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2019-320230" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006849v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Buscato" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Davezac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Zahreddine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Adlanmerini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;tivier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00211.2020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04824276v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP280954" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824240v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-021-00455-y" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828447v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Eseberri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonatan Miranda" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Louche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arrate Lasa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22031384" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332451v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Laudette" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Sainte-Marie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Cousin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bergonnier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahane Belhabib" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-021-04113-9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085046v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Barreau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA120.016303" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04835568v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delile" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moog" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mouisel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donal O&#8217;gorman" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338358" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03320052v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Sramkova" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Montastier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Marqu&#232;s" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00109.2021" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04814676v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Gunnar L&#248;vsletten" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arild Rustan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hege Thoresen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2019-0265" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026751v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmani B.M. Nascimento" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Barquissau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108075" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04808438v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Glisezinski" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Larrouy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Harant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.575363" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04818115v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Asmar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per K Cramon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meena Asmar" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Simonsen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte M Sorensen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.14519" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04808686v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram van den Bosch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21176358" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204295v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Langin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101058" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868660v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bergouignan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.00091" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555264v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisha Parmar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.131870" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136523v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Girousse" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia B Bergeaud" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2019.03.038" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04788973v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Cramon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sorensen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2019-00004" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04801447v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zegeye H Jebessa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumar D Shanmukha" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Dewenter" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz H Lehmann" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Xu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-019-0138-4" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02150261v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Morigny" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Houssier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mairal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ghilain" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-018-0007-6" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04793048v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle K Vila" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi Kyung Park" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rebecca Setijono" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Yao" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyejin Kim" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.128269" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154358v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wang" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fouret" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Blachnio-Zabielska" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2018.10.021" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330975v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Zemdegs" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Martin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiranya Pintana" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bullich" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Manta" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2904-18.2019" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393084v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bertrand" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Prad&#232;re" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Geoffre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deleruyelle" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Masri" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12020-018-1536-1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085465v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lefort" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-19619-0" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890004v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin L&#233;ger" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Beuzelin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Martins" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ez-Zoubir Amri" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2017.12.102" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594848v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bacquer" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Combe" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraudet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201700128" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01477491v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chr&#233;tien" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fenech" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Li&#233;nard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Grall" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Chevalier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db16-1114" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204312v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.05.017" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-674ZD3DV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390849v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikrame Lazar" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Clement" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dauvillier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Milhas" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Ducoux-Petit" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-16-0651" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605047v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38310" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01393493v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Drougard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audren Fournel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysson Marlin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Meunier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep31849" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204314v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eili Kase" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Feng" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siril Bakke" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.03.005" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNKM3STF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204309v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vila" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db15-0305" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01055449v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Patarca" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Guilland" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-013-0306-z" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00991860v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Marques" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Monbrun" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.03.062" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00841328v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Valle" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Mejhert" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001485" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01055322v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2013-2058" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01055323v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db13-1107" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00841051v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle K. Vila" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2012-2029" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00726508v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Loubi&#232;re" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Coonen" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M019182" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00726449v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Liebisch" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Schmitz" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db10-1364" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00680938v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pillard" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie van Wymelbeke" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garrigue" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Crampes" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metabol.2009.07.023" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RTN2DJQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00613591v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan W. E. Jocken" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs H. Goossens" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hansen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2010-0776" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410118v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose E. Galgani" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanchi Luu" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Pasarica" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2009-0053" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355326v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Glisezinski" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Klimc&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Crampes" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90227.2008" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00408837v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas L. Birkenfeld" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Budziarek" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Boschmann" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Adams" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db08-0649" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409713v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pol&#225;k" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bessi&#232;re" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jindra Hejnov&#225;" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M700253-JLR200" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409690v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Lafontan" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Berlan" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Galitzky" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjp.0707485" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409689v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thalamas" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2007.267" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409695v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.00162.2007" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409711v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2007.268" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409823v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela V&#237;tkov&#225;" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kovacikova" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2006-2668" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409701v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lolm&#232;de" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-007-0614-3" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409656v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mazzucotelli" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Viguerie" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2007.05.012" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJZPZM8Q-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00165273v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Heusser" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2006-1084" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409147v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Sengenes" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tem.2007.11.006" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0R7N62S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00098201v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766649v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maslo" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766716v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969074v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13893" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022992v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Crampes" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094836v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brondel" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04839600v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021185" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192517v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-810422-4.00021-X" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888307v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04888631v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cacylde Amouzou" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bourret" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Fabre" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740198v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742325v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02102457v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boiche" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Fervers" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gremy" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Guiraud" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>