--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -186,51 +186,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (49)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -354,1367 +354,1350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04975894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-thermal plasma etching of MOF thin films in high optical quality for interference sensing</w:t>
+                <w:t xml:space="preserve">Low-power atmospheric-pressure surface-wave microwave discharge in contact with batch and flowing liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavel Alekseevskiy</w:t>
+                <w:t xml:space="preserve">Kinga Kutasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Timofeeva</w:t>
+                <w:t xml:space="preserve">Cédric Nöel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semyon Bachinin</w:t>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Peignier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Péter Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2024.115666⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (1), pp.015208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ae2aee⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717875v1</w:t>
+                <w:t xml:space="preserve">hal-05558281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia cracking by microwave plasma under reduced pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maskless Photoassisted Micropatterning of Self-Assembled Monolayers through Thiol–Ene Click Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Covin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Awaji</w:t>
+                <w:t xml:space="preserve">A. Airoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Pentecoste-Cuynet</w:t>
+                <w:t xml:space="preserve">C. Minh Quoc Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Noël</w:t>
+                <w:t xml:space="preserve">T. Buffeteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Gries</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Belmahi</w:t>
+                <w:t xml:space="preserve">P. Fioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.03.118⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42 (1), pp.1834-1844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5c06083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05140670v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved investigations of a glow mode impulse dielectric barrier discharge in pure ammonia gas by means of E-FISH diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-thermal plasma etching of MOF thin films in high optical quality for interference sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Alekseevskiy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronny Jean-Marie-Desiree</w:t>
+                <w:t xml:space="preserve">Maria Timofeeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymane Najah</w:t>
+                <w:t xml:space="preserve">Semyon Bachinin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Noël</w:t>
+                <w:t xml:space="preserve">Regis Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic de Poucques</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cedric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ad3a9d⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 154, pp.115666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2024.115666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04537124v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Successful amino-grafting functionalization of MIL-53(Al) through impulse dielectric barrier discharge plasma for hydrogen storage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ammonia cracking by microwave plasma under reduced pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Najah</w:t>
+                <w:t xml:space="preserve">L. Pentecoste-Cuynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Jean-Marie-Desiree</w:t>
+                <w:t xml:space="preserve">C. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Boivin</w:t>
+                <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Luan Sehn Canevesi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Noël</w:t>
+                <w:t xml:space="preserve">M. Belmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 59, pp.1014-1022. </w:t>
+              <w:t xml:space="preserve">, 2025, 119, pp.377-385. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.02.157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.03.118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04489035v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing gold and iron in nanoparticles by electrical discharges in liquid: A new approach</w:t>
+                <w:t xml:space="preserve">Successful amino-grafting functionalization of MIL-53(Al) through impulse dielectric barrier discharge plasma for hydrogen storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.V. Nominé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noël</w:t>
+                <w:t xml:space="preserve">A. Najah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ghanbaja</w:t>
+                <w:t xml:space="preserve">R. Jean-Marie-Desiree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bruyere</w:t>
+                <w:t xml:space="preserve">Dimitri Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Luan Sehn Canevesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nanoso.2023.100996⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 59, pp.1014-1022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.02.157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04137130v1</w:t>
+                <w:t xml:space="preserve">hal-04489035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization and exfoliation of graphite with low temperature pulse plasma in distilled water</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Time-resolved investigations of a glow mode impulse dielectric barrier discharge in pure ammonia gas by means of E-FISH diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Jean-Marie-Desiree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymane Najah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic de Poucques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cuynet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1cp04826k⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (4), pp.045010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ad3a9d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03813194v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537124v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards control of TiO₂ thickness film in R-HiPIMS process with a coupled optical and electrical monitoring of plasma</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Mixing gold and iron in nanoparticles by electrical discharges in liquid: A new approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérard Henrion</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35, pp.100996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoso.2023.100996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2021.128073⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03813109v1</w:t>
+                <w:t xml:space="preserve">hal-04137130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino-grafting pre-functionalization of terephthalic acid by impulse dielectric-barrier discharge (DBD) plasma for amino-based Metal-Organic Frameworks (MOFs)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Towards control of TiO₂ thickness film in R-HiPIMS process with a coupled optical and electrical monitoring of plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymane Najah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Jean-marie-desiree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2022.126629⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 433, pp.128073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2021.128073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813240v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etching of iron and iron–chromium alloys using ICP-RIE chlorine plasma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Grégory Marcos</w:t>
+                <w:t xml:space="preserve">Amino-grafting pre-functionalization of terephthalic acid by impulse dielectric-barrier discharge (DBD) plasma for amino-based Metal-Organic Frameworks (MOFs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymane Najah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic de Poucques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac1714⟩</w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 290, pp.126629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2022.126629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03378471v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alloying nanoparticles by discharges in liquids: a quest for metastability</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functionalization and exfoliation of graphite with low temperature pulse plasma in distilled water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhail Nedelko</w:t>
+                <w:t xml:space="preserve">Adrien Letoffé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cuynet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic de Poucques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiba Kabbara</w:t>
+                <w:t xml:space="preserve">I. Royaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 64 (1), pp.014003. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (9), pp.5578-5589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ac35f0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1cp04826k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03413816v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inspection of contamination in nitrogen plasmas by monitoring the temporal evolution of the UV bands of NO-γ and of the fourth positive system of N 2</w:t>
               </w:r>
@@ -1739,51 +1722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Skiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1828,4894 +1811,5162 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study by Optical Spectroscopy of Bismuth Emission in a Nanosecond-Pulsed Discharge Created in Liquid Nitrogen</w:t>
+                <w:t xml:space="preserve">Alloying nanoparticles by discharges in liquids: a quest for metastability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Nominé</w:t>
+                <w:t xml:space="preserve">Anna V Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Noel</w:t>
+                <w:t xml:space="preserve">Nathalie Tarasenka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gries</w:t>
+                <w:t xml:space="preserve">Alena Nevar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Nominé,</w:t>
+                <w:t xml:space="preserve">Mikhail Nedelko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Milichko</w:t>
+                <w:t xml:space="preserve">Hiba Kabbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (23), pp.7403. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64 (1), pp.014003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules26237403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ac35f0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03468388v1</w:t>
+                <w:t xml:space="preserve">hal-03413816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of nanomaterials by electrode erosion using discharges in liquids</w:t>
+                <w:t xml:space="preserve">Study by Optical Spectroscopy of Bismuth Emission in a Nanosecond-Pulsed Discharge Created in Liquid Nitrogen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna V. Nominé</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Anna Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valentin A. Milichko</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nominé,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Milichko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0040587⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (23), pp.7403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26237403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03409669v1</w:t>
+                <w:t xml:space="preserve">hal-03468388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of alloy formation in CoNi nanoparticles synthesized by nanosecond-pulsed discharges in liquid nitrogen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Trad</w:t>
+                <w:t xml:space="preserve">Synthesis of nanomaterials by electrode erosion using discharges in liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna V. Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Malek Tabbal</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin A. Milichko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ppap.201900255⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130 (15), pp.151101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0040587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02549390v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic effect of plasma and laser processes in liquid for alloyed nanoparticles synthesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hiba Kabbara</w:t>
+                <w:t xml:space="preserve">Etching of iron and iron–chromium alloys using ICP-RIE chlorine plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Dain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Laourine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guilet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (9), pp.095022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac1714⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.13.014021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02549011v1</w:t>
+                <w:t xml:space="preserve">hal-03378471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosing the plasma formed during acoustic cavitation in [BEPip][NTf2] ionic liquid</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+                <w:t xml:space="preserve">Evidence of alloy formation in CoNi nanoparticles synthesized by nanosecond-pulsed discharges in liquid nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Trad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Tabbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppap.201900255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8cp06967k⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02105350v1</w:t>
+                <w:t xml:space="preserve">hal-02549390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Ag and Cd nanoparticles by nanosecond-pulsed discharge in liquid nitrogen</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Synergistic effect of plasma and laser processes in liquid for alloyed nanoparticles synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Tarasenka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noel</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Nevar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Nedelko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Kabbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Chemical Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11705-019-1802-7⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.13.014021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02144868v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlations between gaseous and liquid phase chemistries induced by cold atmospheric plasmas in a physiological buffer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vasilica Badets</w:t>
+                <w:t xml:space="preserve">Diagnosing the plasma formed during acoustic cavitation in [BEPip][NTf2] ionic liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Pflieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 20 (14), pp.9198 - 9210. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8CP00264A⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 21 (3), pp.1183-1189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8cp06967k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01781701v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis lead of two-dimensional sheets by spark discharge in liquid nitrogen</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Synthesis of Ag and Cd nanoparticles by nanosecond-pulsed discharge in liquid nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Trad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Tarasenka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelkrim Redjaïmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particuology </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers of Chemical Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (2), pp.360-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11705-019-1802-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.partic.2017.10.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02105351v1</w:t>
+                <w:t xml:space="preserve">hal-02144868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Zn I emission lines observed during a spark discharge in liquid nitrogen for zinc nanosheet synthesis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis lead of two-dimensional sheets by spark discharge in liquid nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Kabbara</w:t>
+                <w:t xml:space="preserve">Ahmad Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Kabbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Noel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelkrim Redjaïmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/aacee2⟩</w:t>
+              <w:t xml:space="preserve">Particuology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40, pp.152-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.partic.2017.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02105355v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-micro a-C:H patterning of silicon surfaces assisted by atmospheric-pressure plasma-enhanced chemical vapor deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correlations between gaseous and liquid phase chemistries induced by cold atmospheric plasmas in a physiological buffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Boileau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noel</w:t>
+                <w:t xml:space="preserve">Mathieu Peret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Perito Cardoso</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Natacha Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasilica Badets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/44/445306⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (14), pp.9198 - 9210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8CP00264A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113592v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01781701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of (3-Aminopropyl)triethoxysilane with Pulsed Ar-O 2 Afterglow: Application to Nanoparticles Synthesis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Analysis of Zn I emission lines observed during a spark discharge in liquid nitrogen for zinc nanosheet synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Kabbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pflieger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11090-016-9708-3⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (7), pp.074004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/aacee2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113599v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the behaviour of the electric arc during VAR of a Ti alloy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Jourdan</w:t>
+                <w:t xml:space="preserve">Tuning the afterglow plasma composition in Ar/N 2 /O 2 mixtures: characteristics of a flowing surface-wave microwave discharge system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinga Kutasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Jardy</w:t>
+                <w:t xml:space="preserve">Vasco Guerra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 143, pp.012011. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (5), pp.055014. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/143/1/012011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/25/5/055014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377227v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the afterglow plasma composition in Ar/N 2 /O 2 mixtures: characteristics of a flowing surface-wave microwave discharge system</w:t>
+                <w:t xml:space="preserve">Characterization of the behaviour of the electric arc during VAR of a Ti alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinga Kutasi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+                <w:t xml:space="preserve">Pierre Chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasco Guerra</w:t>
+                <w:t xml:space="preserve">Aurore Risacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/25/5/055014⟩</w:t>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 143, pp.012011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/143/1/012011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02113595v1</w:t>
+                <w:t xml:space="preserve">hal-01377227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Charge at the Oxide/Electrolyte Interface: Toward Optimization of Electrolyte Composition for Treatment of Aluminum and Magnesium by Plasma Electrolytic Oxidation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sub-micro a-C:H patterning of silicon surfaces assisted by atmospheric-pressure plasma-enhanced chemical vapor deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Nominé</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Perito Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (44), pp.445306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/44/445306⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b03873⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02113597v1</w:t>
+                <w:t xml:space="preserve">hal-02113592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of (3-Aminopropyl)triethoxysilane With Late Ar-N 2 Afterglow: Application to Nanoparticles Synthesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Simon Bulou</w:t>
+                <w:t xml:space="preserve">Interaction of (3-Aminopropyl)triethoxysilane with Pulsed Ar-O 2 Afterglow: Application to Nanoparticles Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M. Gueye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Migot-Choux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ppap.201500201⟩</w:t>
+              <w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36, pp.1031-1050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11090-016-9708-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113596v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical background of optical emission spectroscopy for analysis of atmospheric pressure plasmas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Surface Charge at the Oxide/Electrolyte Interface: Toward Optimization of Electrolyte Composition for Treatment of Aluminum and Magnesium by Plasma Electrolytic Oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/24/6/064003⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 32 (5), pp.1405-1409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b03873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03612173v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of nanocrystals by discharges in liquid nitrogen from Si-Sn sintered electrode</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Interaction of (3-Aminopropyl)triethoxysilane With Late Ar-N 2 Afterglow: Application to Nanoparticles Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magamou Gueye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D. Mariotti</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot-Choux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep17477⟩</w:t>
+              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (7), pp.698-710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppap.201500201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285979v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Plasma Chamber Set-Up on the Surface Modification of Non-Vulcanized and Pure SBR Rubber Treated at Radio-Frequencies Air Plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 12 (10), pp.1139-1152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ppap.201400241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of discharges with electrode surfaces in dielectric liquids: application to nanoparticle synthesis</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Synthesis of nanocrystals by discharges in liquid nitrogen from Si-Sn sintered electrode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Kabbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mariotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/47/22/224016⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep17477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285335v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Evidence of Cathodic Micro-discharges during Plasma Electrolytic Oxidation Process</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Theoretical background of optical emission spectroscopy for analysis of atmospheric pressure plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4866425⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (6), pp.064003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/24/6/064003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02047563v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of carbon fibres by electrical discharges in heptane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 135, pp.115-118. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.matlet.2014.07.158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical investigation of the behavior of the electric arc and the metal transfer during vacuum remelting of a Ti alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chapelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Risacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 214 (11), pp.2268-2275. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2014.04.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01290868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Aluminium Nanostructures Created by Discharges in Various Dielectric Liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 34 (5), pp.1101-1114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11090-014-9564-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave capillary plasmas in helium at atmospheric pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. L. Alves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47 (26), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0022-3727/47/26/265201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma-surface interaction in heptane</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Interaction of discharges with electrode surfaces in dielectric liquids: application to nanoparticle synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Kosior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (22, SI), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/47/22/224016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4809766⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01284948v1</w:t>
+                <w:t xml:space="preserve">hal-01285335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of bubbles created by plasma in heptane for micro-gap conditions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Evidence of Cathodic Micro-discharges during Plasma Electrolytic Oxidation Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.4812255⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104 (8), pp.081603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4866425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284950v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of Discharges in Heptane with Silicon Covered by a Carpet of Carbon Nanotubes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Dynamics of bubbles created by plasma in heptane for micro-gap conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Kosior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adem.201300106⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 134 (2, 1), pp.991-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4812255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01284946v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts created on various materials by micro-discharges in heptane: Influence of the dissipated charge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Plasma-surface interaction in heptane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-N Audinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 113 (4), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4780786⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 113 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4809766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284939v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A study of helium atmospheric-pressure guided streamers for potential biological applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Impacts created on various materials by micro-discharges in heptane: Influence of the dissipated charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 113 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4780786⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/22/2/025020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01284938v1</w:t>
+                <w:t xml:space="preserve">hal-01284939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of platinum embedded in amorphous carbon by micro-gap discharge in heptane</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Interaction of Discharges in Heptane with Silicon Covered by a Carpet of Carbon Nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Nicolas Audinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot-Choux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (10), pp.885-892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.201300106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.07.006⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01284944v1</w:t>
+                <w:t xml:space="preserve">hal-01284946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Ar–H2–N2 microwave plasma on chitosan and its nanoliposomes blend thin films designed for tissue engineering applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A study of helium atmospheric-pressure guided streamers for potential biological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Kahn</w:t>
+                <w:t xml:space="preserve">Kristacq Gazeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Linder</w:t>
+                <w:t xml:space="preserve">Franck Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Svarnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2012.12.015⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (2), pp.025020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/22/2/025020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00865307v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of micro-discharges in heptane with metallic multi-layers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Synthesis of platinum embedded in amorphous carbon by micro-gap discharge in heptane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot-Choux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 274, pp.378-391. </w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 142 (1), pp.199-206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2013.03.074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284936v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction Mechanisms between ArO2 Post-discharge and Biphenyl</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interaction of micro-discharges in heptane with metallic multi-layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Dal'Maz Silva</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noël</w:t>
+                <w:t xml:space="preserve">J. -N. Audinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ppap.201100119⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 274, pp.378-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2013.03.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02447127v1</w:t>
+                <w:t xml:space="preserve">hal-01284936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Streamer-Surface Interaction in Heptane with Micro-Gaps</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effects of Ar–H2–N2 microwave plasma on chitosan and its nanoliposomes blend thin films designed for tissue engineering applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hy Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Cleymand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Linder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.89⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 93 (2), pp.401-411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2012.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190522v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00865307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of Stearic Acid Deposited on Silicon Samples With Ar/N 2 and Ar/O 2 Atmospheric Pressure Microwave Post-discharges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Interaction Mechanisms between ArO2 Post-discharge and Biphenyl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Dal'Maz Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Frache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 6 (S1), pp.S187-S192. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 9 (2), pp.207-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppap.201100119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ppap.200930506⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02447134v1</w:t>
+                <w:t xml:space="preserve">hal-02447127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave plasmas at atmospheric pressure: New theoretical developments and applications in surface science</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Streamer-Surface Interaction in Heptane with Micro-Gaps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microelectronics, Electronic Components and Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 324, pp.89-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.89⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190684v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of argon and helium plasmas created by microwave discharges at atmospheric pressure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Interaction of Stearic Acid Deposited on Silicon Samples With Ar/N 2 and Ar/O 2 Atmospheric Pressure Microwave Post-discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 6 (S1), pp.S187-S192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppap.200930506⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02447134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microwave plasmas at atmospheric pressure: New theoretical developments and applications in surface science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Perito Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microelectronics, Electronic Components and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38, pp.272-276</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characteristics of argon and helium plasmas created by microwave discharges at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Perito Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Microelectronics, Electronic Components and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2007, 37, pp.117-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6725,952 +6976,952 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils Force-Vitesse et Accélération-Vitesse : deux outils de mesures de la performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noel</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne - Pays Basque, France</w:t>
+              <w:t xml:space="preserve">CNRIUT 2025 - Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France. pp.257-260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05151742v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils Force-Vitesse et Accélération-Vitesse : deux outils de mesures de la performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noël</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT 2025 - Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France. pp.257-260</w:t>
+              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne - Pays Basque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05093606v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets et remédiation de l'âge relatif sur les capacités physiques de joueurs de handball issus de Pôles Espoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Guiillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maurelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Prioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Haute-Alsace (UHA) Mulhouse - Colmar [Université de Haute-Alsace (UHA)], Mar 2024, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04619916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse multiple de données longitudinales dans le cadre des modèles de mélanges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jang Schiltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Haute-Alsace (UHA) Mulhouse - Colmar [Université de Haute-Alsace (UHA)], Mar 2024, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04619910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanosecond-pulsed discharges in liquids for nanoobject synthesis: expectations and capabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin A. Milichko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nominé,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPC25 - 25th International Symposium on Plasma Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, KYOTO, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of transport of neutral and ionized species in reactive HiPIMS process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymane Najah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cuynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MSE 2020 – Materials Science and Engineering Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma (lasers) et interfaces : Diagnostic plasma en milieu multiphasique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Nominé,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amer Melhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Kabbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1eres Rencontres Scientifiques Plamsmas Froids et Lasers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalization and characterization study of MOFs by plasma process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymane Najah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fierro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic de Poucques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Plasma Science and Entrepreneurship Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02371816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrathin metallic oxide nanostructures synthesized by microwave plasma afterglow for photocatalysis applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the X International Workshop on Microwave Discharges: Fundamentals and Applications (MD-10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Zvenigorod, Russia. pp.135-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02346805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7680,672 +7931,672 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MHCD in N2-H2 mixtures: towards a localized plasma nitriding process?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Microplasmas (IWM 12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Orléans (Auditorium du Musée des Beaux Arts), France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des paramètres plasmas d'une DBD impulsionnelle pour la formation des espèces actives de type NH utiles pour la fonctionnalisation des polymères de coordination poreux (MOFs)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Characterization of transport of neutral and ionized species in reactive HiPIMS process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymane Najah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">G Henrion</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cuynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique du réseau des plasmas froids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, St Dié des Vosges, France</w:t>
+              <w:t xml:space="preserve">École thématique du réseau des plasmas froids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, St Dié des Vosges, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052221v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of transport of neutral and ionized species in reactive HiPIMS process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Etude des paramètres plasmas d'une DBD impulsionnelle pour la formation des espèces actives de type NH utiles pour la fonctionnalisation des polymères de coordination poreux (MOFs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymane Najah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Cuynet</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L de Poucques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">École thématique du réseau des plasmas froids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, St Dié des Vosges, France. </w:t>
+              <w:t xml:space="preserve">Ecole thématique du réseau des plasmas froids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, St Dié des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052248v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the exfoliation and functionalization of graphene from graphite flakes with plasma discharge in solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin da Silva Tousch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Létoffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Kabbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed discharge plasma for graphite exfoliation in liquid nitrogen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin da Silva Tousch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Létoffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Kabbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8355,114 +8606,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmas micro-ondes d'argon à la pression atmosphérique : diagnostics et applications au nettoyage de surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2009INPL020N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01748755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId259"/>
+      <w:footerReference w:type="default" r:id="rId270"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8530,51 +8781,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F5C11682"/>
+    <w:nsid w:val="59A33990"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8761,51 +9012,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-noel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8651-1423" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136568742" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-2570-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975894v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Czerwiec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carrivain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masieiro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hugon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cardinaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2025.131896" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04717875v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Alekseevskiy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Timofeeva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semyon Bachinin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Peignier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Noel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2024.115666" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140670v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Awaji" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pentecoste-Cuynet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gries" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmahi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.03.118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537124v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Jean-Marie-Desiree" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymane Najah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric No&#235;l" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Poucques" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cuynet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ad3a9d" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04489035v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Najah" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jean-Marie-Desiree" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Boivin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Luan Sehn Canevesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.02.157" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137130v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghanbaja" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruyere" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2023.100996" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813194v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Letoff&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Royaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp04826k" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813109v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boivin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Jean-marie-desiree" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Henrion" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2021.128073" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813240v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2022.126629" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378471v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Dain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Laourine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Marcos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac1714" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03413816v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V Nomin&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarasenka" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Nevar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Nedelko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Kabbara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ac35f0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156701v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carrivain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marcos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Skiba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0064704" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03468388v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nomin&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Noel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;," TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Milichko" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237403" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03409669v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin A. Milichko" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0040587" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549390v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Trad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Tabbal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201900255" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549011v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Tarasenka" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.13.014021" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105350v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Pflieger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lejeune" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belmonte" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp06967k" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02144868v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11705-019-1802-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781701v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Girard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Peret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dumont" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilica Badets" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP00264A" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105351v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hamdan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Redja&#239;mia" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2017.10.012" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105355v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Belmonte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Kabbara" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Noel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aacee2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113592v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boileau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Perito Cardoso" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/44/445306" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113599v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Gueye" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migot-Choux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bulou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-016-9708-3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377227v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chapelle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Risacher" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jourdan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jardy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/143/1/012011" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113595v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Kutasi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Guerra" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/5/055014" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113597v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03873" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113596v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magamou Gueye" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot-Choux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bulou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201500201" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03612173v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/6/064003" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285979v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hussein" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mariotti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17477" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285981v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Henry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Vallat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roucoules" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201400241" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6Z1LNTT8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285335v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kosior" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/22/224016" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047563v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nomin&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henrion" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4866425" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285339v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.07.158" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NP1TW6T6-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290868v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2014.04.024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285341v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-014-9564-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285992v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santos" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Alves" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/26/265201" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284948v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-N Audinot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4809766" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284950v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4812255" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284946v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audinot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201300106" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JFQRVZPL-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284939v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4780786" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284938v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristacq Gazeli" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clement" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dauge" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Svarnas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/22/2/025020" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284944v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.07.006" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RGWZD2KS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865307v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Zhang" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cleymand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kahn" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Linder" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.12.015" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7P248BG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284936v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -N. Audinot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2013.03.074" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6V1WT0B-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447127v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Dal'Maz Silva" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duday" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frache" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201100119" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q9713GGS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190522v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.89" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447134v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Verdier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Choquet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.200930506" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190684v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Arnoult" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190678v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151742v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093606v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619916v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guiillaume" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurelli" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619910v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang Schiltz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04253474v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052100v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390579v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Melhem" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371816v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fierro" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346805v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607581v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Is&#233;ni" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052221v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L de Poucques" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Henrion" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052248v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368865v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Liebgott" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin da Silva Tousch" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien L&#233;toff&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ibrahim" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368920v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748755v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPL020N" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-noel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8651-1423" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136568742" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-2570-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975894v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Czerwiec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carrivain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masieiro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hugon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cardinaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2025.131896" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558281v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Kutasi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric N&#246;el" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belmonte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Hartmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae2aee" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558298v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Covin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Airoudj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Minh Quoc Le" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Buffeteau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fioux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c06083" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04717875v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Alekseevskiy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Timofeeva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semyon Bachinin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Peignier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Noel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2024.115666" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140670v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Awaji" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pentecoste-Cuynet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gries" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmahi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.03.118" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04489035v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Najah" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jean-Marie-Desiree" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Boivin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Luan Sehn Canevesi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.02.157" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537124v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Jean-Marie-Desiree" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymane Najah" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric No&#235;l" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Poucques" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cuynet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ad3a9d" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137130v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghanbaja" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruyere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2023.100996" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813109v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boivin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Jean-marie-desiree" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Henrion" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2021.128073" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813240v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2022.126629" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813194v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Letoff&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Royaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp04826k" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156701v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carrivain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marcos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Skiba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0064704" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03413816v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V Nomin&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarasenka" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Nevar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Nedelko" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Kabbara" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ac35f0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03468388v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nomin&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Noel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;," TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Milichko" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237403" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03409669v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin A. Milichko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0040587" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378471v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Dain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Laourine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Marcos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac1714" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549390v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Trad" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Tabbal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201900255" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549011v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Tarasenka" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.13.014021" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105350v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Pflieger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lejeune" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp06967k" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02144868v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11705-019-1802-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105351v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hamdan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Redja&#239;mia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2017.10.012" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781701v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Girard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Peret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dumont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilica Badets" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP00264A" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105355v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Belmonte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Kabbara" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Noel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aacee2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113595v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Guerra" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/5/055014" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377227v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chapelle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Risacher" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jourdan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jardy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/143/1/012011" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113592v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boileau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Perito Cardoso" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/44/445306" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113599v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Gueye" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migot-Choux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bulou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-016-9708-3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113597v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03873" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113596v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magamou Gueye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot-Choux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bulou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201500201" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285981v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Henry" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Vallat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roucoules" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201400241" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6Z1LNTT8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285979v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hussein" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mariotti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17477" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03612173v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/6/064003" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285339v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.07.158" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NP1TW6T6-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290868v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2014.04.024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285341v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-014-9564-y" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285992v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santos" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Alves" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/26/265201" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285335v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdan" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kosior" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/22/224016" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047563v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nomin&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henrion" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4866425" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284950v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4812255" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284948v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-N Audinot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4809766" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284939v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4780786" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284946v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audinot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201300106" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JFQRVZPL-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284938v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristacq Gazeli" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clement" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dauge" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Svarnas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/22/2/025020" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284944v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.07.006" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RGWZD2KS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284936v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -N. Audinot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2013.03.074" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6V1WT0B-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865307v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hy Zhang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cleymand" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kahn" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Linder" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.12.015" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7P248BG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447127v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Dal'Maz Silva" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duday" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frache" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201100119" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q9713GGS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190522v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.89" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447134v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Verdier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Choquet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.200930506" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190684v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Arnoult" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190678v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093606v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151742v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619916v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guiillaume" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurelli" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619910v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang Schiltz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04253474v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052100v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390579v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Melhem" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371816v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fierro" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346805v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607581v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Is&#233;ni" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052248v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052221v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L de Poucques" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Henrion" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368865v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Liebgott" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin da Silva Tousch" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien L&#233;toff&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ibrahim" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368920v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748755v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPL020N" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>