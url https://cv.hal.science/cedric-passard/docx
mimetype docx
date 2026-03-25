--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1072,177 +1072,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03179426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sciences Po, Concours commun 2017. La Sécurité, La mémoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Bazin</w:t>
+                <w:t xml:space="preserve">La sociologie au Capes de SES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Atlande, pp.223, 2016</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Raedecker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dunod, pp.480, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03178362v1</w:t>
+                <w:t xml:space="preserve">hal-03368129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sociologie au Capes de SES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sciences Po, Concours commun 2017. La Sécurité, La mémoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Dunod, pp.480, 2016</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, pp.223, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03368129v1</w:t>
+                <w:t xml:space="preserve">hal-03178362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'âge d'or du pamphlet 1868-1898</w:t>
               </w:r>
@@ -1440,51 +1440,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alma-Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 136, 2024, Mots. Les langages du politique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12m3d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
@@ -1544,51 +1544,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Seoane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 133 | 2023, 2023, Mots, les langages du politique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.32321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
@@ -1688,1004 +1688,900 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04441089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guerres culturelles, guerres de mots</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment devient-on un intellectuel d'extrême droite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Jamet-Coupé</w:t>
+                <w:t xml:space="preserve">Cécile Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 136, pp.9-21. </w:t>
+              <w:t xml:space="preserve">French Politics, Culture &amp; Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (2), pp.47-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12m35⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3167/fpcs.2024.420203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04775680v1</w:t>
+                <w:t xml:space="preserve">hal-05269849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment devient-on un intellectuel d'extrême droite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Leconte</w:t>
+                <w:t xml:space="preserve">Convoquer la République, un argument-piège ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Gaboriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Passard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Seoane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Politics, Culture &amp; Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3167/fpcs.2024.420203⟩</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, La République au-delà du slogan, 133, pp.9-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mots.32331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269849v1</w:t>
+                <w:t xml:space="preserve">hal-04372150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convoquer la République, un argument-piège ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Gaboriaux</w:t>
+                <w:t xml:space="preserve">Paniques morales : requiem pour un concept ou second souffle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Mavrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Passard</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Seoane</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Lits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mots.32331⟩</w:t>
+              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Emulations. Revue de sciences sociales, 41, p. 7-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14428/emulations.041.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04372150v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paniques morales : requiem pour un concept ou second souffle ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Celine Mavrot</w:t>
+                <w:t xml:space="preserve">La déraison du plus fort ? Sur la liberté d’expression satirique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gregoire Lits</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Ramond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14428/emulations.041.01⟩</w:t>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Mouvements : des idées et des luttes, 112, p. 61-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.112.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427952v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La déraison du plus fort ? Sur la liberté d’expression satirique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avant-propos: Retour vers le futur? La dystopie aujourd'hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Ramond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/mouv.112.0061⟩</w:t>
+              <w:t xml:space="preserve">quaderni </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Quaderni. Communication, technologies, pouvoir, n°102 (3), pp.13-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/quaderni.1847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428294v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04412323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos: Retour vers le futur? La dystopie aujourd'hui</w:t>
+                <w:t xml:space="preserve">« J’écris sur tout ce qui nous menace ». Une interview de Jean-Pierre Andrevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Andrevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">quaderni </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Quaderni. Communication, technologies, pouvoir, n°102 (3), pp.13-24. </w:t>
+              <w:t xml:space="preserve">Quaderni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Quaderni, 102, pp.125-132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/quaderni.1847⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/quaderni.1907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04412323v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« J’écris sur tout ce qui nous menace ». Une interview de Jean-Pierre Andrevon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Façon d’être pamphlétaire à la fin du XIXème siècle en France : le cas Edouard Drumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Andrevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderni</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/quaderni.1907⟩</w:t>
+              <w:t xml:space="preserve">Les Lettres romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les Lettres romanes, tome 74 (1-2), p. 97-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1484/J.LLR.5.121042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04526653v1</w:t>
+                <w:t xml:space="preserve">hal-04428011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Façon d’être pamphlétaire à la fin du XIXème siècle en France : le cas Edouard Drumont</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The politics of electoral system choice in a context of democratization. Electoral reform and institutional change in the French Third Republic (1870\textendash1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ehrhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Lettres romanes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Les Lettres romanes, tome 74 (1-2), p. 97-111. </w:t>
+              <w:t xml:space="preserve">Parliaments, Estates and Representation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (1), pp.59--77. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1484/J.LLR.5.121042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02606755.2019.1624405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428011v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04129307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The politics of electoral system choice in a context of democratization. Electoral reform and institutional change in the French Third Republic (1870\textendash1940)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ehrhard</w:t>
+                <w:t xml:space="preserve">Réformes électorales et changements institutionnels dans un contexte de démocratisation. Le choix du scrutin uninominal sous la Troisième République en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ehrhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss Political Science Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Swiss Political Science Review, 24 (2), pp.140-160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/spsr.12298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03159107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2695,193 +2591,193 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ah, monsieur Déroulède, que n'êtes-vous resté poète !&amp;quot; Quand l'écrivain s'engage en politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Le Bart, Christian; Treille, Éric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les livres des politiques : publier pour être élu·e ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.61-74, 2023, 9782753588547</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On ne rit pas au Tonkin !&amp;quot;. La chute du cabinet Ferry en 1885</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand la lanque politique fourche. Lapsus, erreurs et malentendus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 117-141, 2023, 978-2-14-033586-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que parler pour autrui veut dire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2910,700 +2806,700 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le porte-parole. Fondements et métamorphoses d’un rôle politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires du Septentrion, p. 9-32, 2022, 9782757437148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pamphlétaires à la Chambre à la fin du XIXème siècle : entre discipline et indiscipline parlementaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discipline et indiscipline parlementaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ; Institut Francophone pour la Justice et la Démocratie, 2020, 9782370322326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nationalisme sous couvert de sociologie : le style crypto-pamphlétaire d'Édouard Drumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le nationalisme en littérature : des idées au style (1870-1920)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, chap. 12, 2019, 9782807611122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La traversée du désert. Les modalités de la reconversion post-défaire et du retour politique de Georges Clémenceau sous la Troisième République (1893-1902)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pellen, Cédric; Flouault, Frédéric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La défaite électorale. Productions, appropriations, bifurcations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, p.75-93, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde des coquins'. La dénonciation de corruption dans les écrits pamphlétaires (1868-1898)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matina, Cesare; Monier, Frédéric; Dard, Olivier; Engels, Jens Ivo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dénoncer la corruption : chevaliers blancs, pamphlétaires et promoteurs de la transparence à l'époque contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Démopolis, pp.281-299, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02432856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ordre juridique du discours à l'épreuve de la parole pamphlétaire à la fin du XIXe siècle en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hastings, Michel; Villalba, Bruno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l'impunité. Tensions, controverses et usages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.77-90, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02551785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ordre politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PASSARD, CEDRIC; Raedecker, Alexandra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sociologie au Capes de SES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.290-314, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02551794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation politique</w:t>
+                <w:t xml:space="preserve">Histoire et épistémologie de la pensée sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PASSARD, CEDRIC; Raedecker, Alexandra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sociologie au Capes de SES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dunod, pp.315-330, 2016</w:t>
+              <w:t xml:space="preserve">, Dunod, pp.16-42, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02553193v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire et épistémologie de la pensée sociologique</w:t>
+                <w:t xml:space="preserve">La participation politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PASSARD, CEDRIC; Raedecker, Alexandra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sociologie au Capes de SES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dunod, pp.16-42, 2016</w:t>
+              <w:t xml:space="preserve">, Dunod, pp.315-330, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465095v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02553193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle social et déviance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PASSARD, CEDRIC; Raedecker, Alexandra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sociologie au Capes de SES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.200-221, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02451833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3613,364 +3509,364 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andolfatto (Dominique), Goujon (Alexandra), dir., Les partis politiques, ateliers de la démocratie, Bruxelles, Éditions de l’Université de Bruxelles, coll. &amp;quot;Science politique&amp;quot;, 2016, 245 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.166-169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/pox.119.0166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03536772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Danblon, Victor Ferry, Loïc Nicolas et Benoît Sans (dir), Rhétoriques de l’exemple. Fonctions et pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, pp.109-111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/quaderni.964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03269646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de lecture : Claire de Galembert, Olivier Rozenberg et Cécile Vigour éd., Faire parler le Parlement. Méthodes et enjeux de l'analyse des débats parlementaires pour les sciences sociales (Paris, LGDJ, 2013, 371 pages)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.130-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02448446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Sanos, The Aesthetics of Hate. Far-Right Intellectuals, Antisemitism and Gender in 1930s France (Stanford, Stanford University Press, 2012, 384 p.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.319a à 319a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03275561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamphlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de la méchanceté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.264-266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03256087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3980,51 +3876,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi les guerres culturelles sont-elles aussi des guerres de mots ? ENS Edition, Le Sens des Mots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Passard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4033,65 +3929,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma-Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId99"/>
+      <w:footerReference w:type="default" r:id="rId96"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4159,51 +4055,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0EAD9E9A"/>
+    <w:nsid w:val="7B6B4562"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4390,51 +4286,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-passard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144151952" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article13255" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269837v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cromer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Descamps" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Foudi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Passard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10136/les-usages-sociaux-de-l-insulte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269845v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/clefs-concours/1061-les-idees-politiques-comme-faits-sociaux-terrains-methodes-denquete-analyses-9782350309330.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269841v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Keslassy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269829v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-usages-politiques-de-l-insulte.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17025-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428249v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Passard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Raedecker" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427887v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bazin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bu&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03855644v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hayat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaciaf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.131326" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ramond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428020v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179426v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03178362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03368129v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02481587v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03367499v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966075v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jamet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12m3d" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372160v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gaboriaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Seoane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.32321" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04441089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Leconte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1801" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jamet-Coup&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12m35" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269849v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leconte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/fpcs.2024.420203" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372150v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.32331" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427952v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Mavrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Lits" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.041.01" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428294v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.112.0061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04412323v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1847" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04526653v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Andrevon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1907" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428011v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.LLR.5.121042" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04129307v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ehrhard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02606755.2019.1624405" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03159107v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/spsr.12298" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428360v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428310v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428036v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427980v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428366v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03173390v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02432856v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551785v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551794v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02553193v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02465095v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02451833v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03536772v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.119.0166" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03269646v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.964" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02448446v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03275561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03256087v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823363v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-passard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144151952" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article13255" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269837v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cromer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Descamps" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Foudi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Passard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10136/les-usages-sociaux-de-l-insulte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269845v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/clefs-concours/1061-les-idees-politiques-comme-faits-sociaux-terrains-methodes-denquete-analyses-9782350309330.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269841v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Keslassy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269829v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-usages-politiques-de-l-insulte.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17025-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428249v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Passard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Raedecker" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427887v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bazin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bu&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03855644v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hayat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaciaf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.131326" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ramond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428020v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179426v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03368129v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03178362v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02481587v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03367499v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966075v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jamet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12m3d" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372160v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gaboriaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Seoane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.32321" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04441089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Leconte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1801" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269849v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leconte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/fpcs.2024.420203" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372150v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.32331" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427952v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Mavrot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Lits" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.041.01" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428294v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.112.0061" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04412323v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1847" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04526653v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Andrevon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.1907" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428011v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.LLR.5.121042" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04129307v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ehrhard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02606755.2019.1624405" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03159107v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/spsr.12298" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428360v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428310v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428036v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04427980v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04428366v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03173390v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02432856v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551785v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02551794v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02465095v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02553193v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02451833v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03536772v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.119.0166" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03269646v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.964" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02448446v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03275561v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03256087v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823363v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>