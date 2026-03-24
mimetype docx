--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1112,51 +1112,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02701538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PKCγ Interneurons Mediate C-Fiber-Induced Orofacial Secondary Static Mechanical Allodynia, but not C-Fiber-Induced Nociceptive Behavior</w:t>
+                <w:t xml:space="preserve">Protein Kinase C γ Interneurons Mediate C-fiber–induced Orofacial Secondary Static Mechanical Allodynia, but Not C-fiber–induced Nociceptive Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgois</w:t>
@@ -1205,618 +1205,618 @@
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/ALN.0000000000001000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412813v1</w:t>
+                <w:t xml:space="preserve">hal-03126323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein Kinase C γ Interneurons Mediate C-fiber–induced Orofacial Secondary Static Mechanical Allodynia, but Not C-fiber–induced Nociceptive Behavior</w:t>
+                <w:t xml:space="preserve">Neural circuits for pain: recent advances and current views</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Radhouane Dallel</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Seal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anesthesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/ALN.0000000000001000⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 354 (6312), pp.578-584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aaf8933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03126323v1</w:t>
+                <w:t xml:space="preserve">hal-04412766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural circuits for pain: recent advances and current views</w:t>
+                <w:t xml:space="preserve">PKCγ Interneurons Mediate C-Fiber-Induced Orofacial Secondary Static Mechanical Allodynia, but not C-Fiber-Induced Nociceptive Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Seal</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Artola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radhouane Dallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124 (5), pp.1136-1152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/ALN.0000000000001000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.aaf8933⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04412766v1</w:t>
+                <w:t xml:space="preserve">hal-04412813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting Toll-like receptors to treat chronic pain</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Subpopulations of PKCγ interneurons within the medullary dorsal horn revealed by electrophysiologic and morphologic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Alba-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne El Khoueiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Peirs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radhouane Dallel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Artola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nm.3986⟩</w:t>
+              <w:t xml:space="preserve">Pain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 156 (9), pp.1714-1728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/j.pain.0000000000000221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400819v1</w:t>
+                <w:t xml:space="preserve">hal-04326290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subpopulations of PKCγ interneurons within the medullary dorsal horn revealed by electrophysiologic and morphologic approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Artola</w:t>
+                <w:t xml:space="preserve">Dorsal Horn Circuits for Persistent Mechanical Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Peirs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean-Paul G Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinyi Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire E Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Y Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/j.pain.0000000000000221⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87 (4), pp.797 - 812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2015.07.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326290v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorsal Horn Circuits for Persistent Mechanical Pain</w:t>
+                <w:t xml:space="preserve">Targeting Toll-like receptors to treat chronic pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Seal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 87 (4), pp.797 - 812. </w:t>
+              <w:t xml:space="preserve">Nature Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (11), pp.1251-1252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2015.07.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nm.3986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04400758v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein kinase C gamma interneurons in the rat medullary dorsal horn: distribution and synaptic inputs of these neurons, and subcellular localization of the enzyme</w:t>
               </w:r>
@@ -2091,234 +2091,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in signaling and treatments of inflammatory pain syndromes</w:t>
+                <w:t xml:space="preserve">Plasticity of sensory processing by spinal dorsal horn neurons after neuropathy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroFrance 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Montreal Conference on Pain Circuit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montréal Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412407v1</w:t>
+                <w:t xml:space="preserve">hal-04412400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasticity of sensory processing by spinal dorsal horn neurons after neuropathy</w:t>
+                <w:t xml:space="preserve">Microcircuits underlying inflammatory versus neuropathic pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montreal Conference on Pain Circuit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montréal Québec, Canada</w:t>
+              <w:t xml:space="preserve">NeuroFrance 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412400v1</w:t>
+                <w:t xml:space="preserve">hal-04412439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microcircuits underlying inflammatory versus neuropathic pain</w:t>
+                <w:t xml:space="preserve">Advances in signaling and treatments of inflammatory pain syndromes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412439v1</w:t>
+                <w:t xml:space="preserve">hal-04412407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding dorsal horn circuits mediating mechanical allodynia</w:t>
               </w:r>
@@ -2367,303 +2367,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04412446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneity in Dorsal Horn Circuits that Mediate Persistent Pain</w:t>
+                <w:t xml:space="preserve">Analysis of dorsal horn pain circuits through two-photon imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pain 2021 Workshop: Genetic Interrogation of Spinal Cord Circuits</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Houston, United States</w:t>
+              <w:t xml:space="preserve">6th symposium of microscopy of Clermont-Ferrand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412468v1</w:t>
+                <w:t xml:space="preserve">hal-04412459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mare de souffrir, mais que font les chercheurs ?!</w:t>
+                <w:t xml:space="preserve">Heterogeneity of Pain within the Dorsal Horn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine du cerveau 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Universitätsklinikum Aachen - Physiologisches Kolloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412587v1</w:t>
+                <w:t xml:space="preserve">hal-04412464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of dorsal horn pain circuits through two-photon imaging</w:t>
+                <w:t xml:space="preserve">Heterogeneity in Dorsal Horn Circuits that Mediate Persistent Pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th symposium of microscopy of Clermont-Ferrand</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Pain 2021 Workshop: Genetic Interrogation of Spinal Cord Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Houston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412459v1</w:t>
+                <w:t xml:space="preserve">hal-04412468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneity of Pain within the Dorsal Horn</w:t>
+                <w:t xml:space="preserve">Mare de souffrir, mais que font les chercheurs ?!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Universitätsklinikum Aachen - Physiologisches Kolloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Aachen, Germany</w:t>
+              <w:t xml:space="preserve">Semaine du cerveau 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412464v1</w:t>
+                <w:t xml:space="preserve">hal-04412587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pain in the dorsal horn: network or circuits?</w:t>
               </w:r>
@@ -3195,234 +3195,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04412687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Spinal Cord Circuits for Chronic Pain</w:t>
+                <w:t xml:space="preserve">The Neuronal Circuit that Turns Touch into Pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurofrance 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Les Mardi du GReD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412524v1</w:t>
+                <w:t xml:space="preserve">hal-04412514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Neuronal Circuit that Turns Touch into Pain</w:t>
+                <w:t xml:space="preserve">Spinal cord networks underlying mechanical allodynia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Mardi du GReD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">French Society for Research and Treatment of Pain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412514v1</w:t>
+                <w:t xml:space="preserve">hal-04412516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spinal cord networks underlying mechanical allodynia</w:t>
+                <w:t xml:space="preserve">The Spinal Cord Circuits for Chronic Pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Society for Research and Treatment of Pain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Nice, France</w:t>
+              <w:t xml:space="preserve">Neurofrance 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412516v1</w:t>
+                <w:t xml:space="preserve">hal-04412524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Spinal Cord Circuit that Turns Touch into Pain</w:t>
               </w:r>
@@ -3848,484 +3848,484 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating a novel target in the treatment of osteoarthritis pain</w:t>
+                <w:t xml:space="preserve">Enkephalin-mediated modulation of basal somatic sensitivity by regulatory T cells in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Gilbert</w:t>
+                <w:t xml:space="preserve">N Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Rabiller</w:t>
+                <w:t xml:space="preserve">M Purcarea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Miraucourt</w:t>
+                <w:t xml:space="preserve">N Novarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Georgiopoulos</w:t>
+                <w:t xml:space="preserve">J Schopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Colmegna</w:t>
+                <w:t xml:space="preserve">A Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">McGill Pain Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">7th European Congress of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424974v1</w:t>
+                <w:t xml:space="preserve">hal-04589310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enkephalin-mediated modulation of basal somatic sensitivity by regulatory T cells in mice</w:t>
+                <w:t xml:space="preserve">Evaluating a novel target in the treatment of osteoarthritis pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Aubert</w:t>
+                <w:t xml:space="preserve">A Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Purcarea</w:t>
+                <w:t xml:space="preserve">L Miraucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Novarino</w:t>
+                <w:t xml:space="preserve">M Georgiopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Schopp</w:t>
+                <w:t xml:space="preserve">I Colmegna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Audibert</w:t>
+                <w:t xml:space="preserve">J Ouellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Congress of Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">27th Day of doctoral school SVSAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Clermont- Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589310v1</w:t>
+                <w:t xml:space="preserve">hal-04589446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating a novel target in the treatment of osteoarthritis pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Rabiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Miraucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Georgiopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Colmegna</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J Ouellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Day of doctoral school SVSAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Clermont- Ferrand, France</w:t>
+              <w:t xml:space="preserve">McGill Pain Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589446v1</w:t>
+                <w:t xml:space="preserve">hal-04424974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of TACAN as a new target for treating osteoarthritis pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Miraucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Georgiopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Colmegna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Ouellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Mediterranean Neuroscience Society (MNS) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Carthage, Tunisia</w:t>
@@ -4354,103 +4354,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of TACAN as a new target for treating osteoarthritis pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Rabiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Miraucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Georgiopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Colmegna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">McGill Pain Day</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Montréal, Canada</w:t>
@@ -4581,303 +4581,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04412943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing dorsal horn circuits through 2-photon calcium imaging</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Does Kir4.1 turn Touch into Pain?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Makhoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S Mountadem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Artola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Dallel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Peirs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Chronic Pain and Itch: Mechanisms and Circuits</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Alicante, Spain</w:t>
+              <w:t xml:space="preserve">24th Day of doctoral school SVSAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412950v1</w:t>
+                <w:t xml:space="preserve">hal-04412957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Does Kir4.1 turn Touch into Pain?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revealing dorsal horn circuits through 2-photon calcium imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Negm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gabrielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Makhoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Artola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Dallel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Day of doctoral school SVSAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Chronic Pain and Itch: Mechanisms and Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Alicante, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04412957v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04412950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astroglial Kir4.1 ion channel deficit underlies inflammatory mechanical allodynia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Mountadem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5073,709 +5073,709 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04412977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Circuits for Mechanical Allodynia in the Spinal Cord Dorsal Horn</w:t>
+                <w:t xml:space="preserve">The Spinal Cord Circuits For Chronic Pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sp Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">X Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ce Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting Society for Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Washington, United States</w:t>
+              <w:t xml:space="preserve">Neurofrance 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04412984v1</w:t>
+                <w:t xml:space="preserve">hal-04413001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Spinal Cord Circuits For Chronic Pain</w:t>
+                <w:t xml:space="preserve">Neural Circuits for Mechanical Allodynia in the Spinal Cord Dorsal Horn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">X Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sp Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">X Zhao</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce Walsh</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rp Seal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurofrance 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting Society for Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04413001v1</w:t>
+                <w:t xml:space="preserve">hal-04412984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Excitatory Neuron Populations that Form the Dorsal Horn Mechanical Pain Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sp Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sp Williams</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">X Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rp Seal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data and Dine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Pittsburgh, United States</w:t>
+              <w:t xml:space="preserve">Annual Meeting Society for Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04413009v1</w:t>
+                <w:t xml:space="preserve">hal-04413028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Excitatory Neuron Populations that Form the Dorsal Horn Mechanical Pain Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sp Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sp Williams</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">X Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rp Seal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Barriers to Translation of Pain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Pittsburgh, United States</w:t>
+              <w:t xml:space="preserve">Data and Dine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04413019v1</w:t>
+                <w:t xml:space="preserve">hal-04413009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Excitatory Neuron Populations that Form the Dorsal Horn Mechanical Pain Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sp Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sp Williams</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">X Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Marell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting Society for Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Chicago, United States</w:t>
+              <w:t xml:space="preserve">Barriers to Translation of Pain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413028v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemogenetic approach to study central mechanical pain circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Peirs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X Zhao</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sp Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rp Seal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Annual Joint Scientific Pitt-Tsinghua Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5800,103 +5800,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Excitatory Neuron Populations that Form the Dorsal Horn Mechanical Pain Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Gedeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sp Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sp Williams</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">X Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Marell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Midwest/Great Lakes Undergraduate Research Symposium in Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Colombus, United States</w:t>
@@ -5938,64 +5938,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Critical Role for the Vesicular Glutamate Transporter 3 in Central Mechanical Pain Circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sp Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce Walsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6089,51 +6089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Patil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Artola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Dallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6165,243 +6165,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of protein kinase C in the medullary dorsal horn produces mechanical hypersensitivity through superficial laminae nociceptive-specific NK1 receptor-negative neurons</w:t>
+                <w:t xml:space="preserve">How can touch become pain: the short-circuit PKCγ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Descheemaeker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Artola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Dallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Colloque of the French Neuroscience Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">Doctoriales 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Saint-Nectaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04413053v1</w:t>
+                <w:t xml:space="preserve">hal-04413042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How can touch become pain: the short-circuit PKCγ</w:t>
+                <w:t xml:space="preserve">Activation of protein kinase C in the medullary dorsal horn produces mechanical hypersensitivity through superficial laminae nociceptive-specific NK1 receptor-negative neurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Pham-Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Artola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Dallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoriales 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Saint-Nectaire, France</w:t>
+              <w:t xml:space="preserve">10th Colloque of the French Neuroscience Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413042v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6445,51 +6445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myung-Chul Noh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly A Corrigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean-Paul G Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Peirs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6931,51 +6931,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035061v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mountadem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine H&#233;rault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Peirs" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela da Silva Borges" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Voisin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993847v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Mannarino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Cherif" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Ghazizadeh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Wu Martinez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Sheng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adr1719" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438162v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Moreau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Peirs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Dallel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023197" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04678921v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Purcarea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Novarino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schopp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Audibert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.91359" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mathieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Soubrier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Emmanuel Monfoulet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14081607" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03001339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean-Paul G G Williams" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyi Zhao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia M Arokiaraj" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W Ferreira" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2020.10.027" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02701538v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Todd" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-020-02159-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412813v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Artola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0000000000001000" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03126323v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412766v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Seal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaf8933" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400819v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm.3986" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326290v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Alba-Delgado" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne El Khoueiry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000000221" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400758v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean-Paul G Williams" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire E Walsh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Y Gedeon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2015.07.029" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412846v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudarshan Patil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Bouali-Benazzouz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Landry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.23407" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412880v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s S Miraucourt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L Voisin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2011.02.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1LRTDW1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412407v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412400v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412439v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412446v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412468v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412587v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412459v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412464v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412590v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412488v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412501v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412507v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412495v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412642v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412687v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412514v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412516v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412532v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412538v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412550v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412546v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412557v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412564v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424974v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gilbert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rabiller" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Miraucourt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Georgiopoulos" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Colmegna" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589310v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Aubert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Purcarea" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Novarino" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Schopp" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Audibert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589446v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ouellet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412913v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412927v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412943v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Negm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gabrielli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dallel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412950v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Makhoul" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Artola" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412957v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mountadem" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412965v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Herault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Antri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412977v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Poncet-Megemont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Descheemaeker" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412984v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Zhao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sp Williams" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gedeon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rp Seal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413001v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ce Walsh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413009v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413019v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marell" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413016v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413025v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413030v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Liu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne Cagle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413035v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Patil" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Landry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413053v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pham-Dang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413042v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343217v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myung-Chul Noh" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly A Corrigan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Leone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336997v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Negm" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gabrielli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Zbili" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Poncet-Megemont" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Herault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04498186v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012CLF1DD03" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035061v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mountadem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine H&#233;rault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Peirs" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela da Silva Borges" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Voisin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993847v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Mannarino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Cherif" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Ghazizadeh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Wu Martinez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Sheng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adr1719" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438162v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Moreau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Peirs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Dallel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023197" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04678921v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Purcarea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Novarino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schopp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Audibert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.91359" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mathieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Soubrier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Emmanuel Monfoulet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14081607" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03001339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean-Paul G G Williams" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyi Zhao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia M Arokiaraj" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W Ferreira" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2020.10.027" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02701538v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Todd" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-020-02159-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03126323v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Artola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0000000000001000" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412766v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Seal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaf8933" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412813v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326290v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Alba-Delgado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne El Khoueiry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000000221" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400758v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean-Paul G Williams" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire E Walsh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Y Gedeon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2015.07.029" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400819v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm.3986" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412846v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudarshan Patil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Bouali-Benazzouz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Landry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.23407" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412880v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s S Miraucourt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel L Voisin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2011.02.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J1LRTDW1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412400v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412439v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412407v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412446v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412459v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412464v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412468v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412587v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412590v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412488v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412501v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412507v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412495v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412642v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412687v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412514v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412516v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412524v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412532v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412538v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412550v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412546v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412557v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412564v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589310v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Aubert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Purcarea" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Novarino" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Schopp" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Audibert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589446v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gilbert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Miraucourt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Georgiopoulos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Colmegna" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ouellet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424974v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rabiller" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412913v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412927v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412943v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Negm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gabrielli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dallel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412957v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Makhoul" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mountadem" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Artola" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412950v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412965v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Herault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Antri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412977v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Poncet-Megemont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Descheemaeker" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413001v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sp Williams" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Zhao" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ce Walsh" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gedeon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412984v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rp Seal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413028v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413009v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413019v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marell" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413016v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413025v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413030v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Liu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne Cagle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413035v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Patil" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Landry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413042v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413053v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pham-Dang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343217v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myung-Chul Noh" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly A Corrigan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Leone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336997v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Negm" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gabrielli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Zbili" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Poncet-Megemont" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Herault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04498186v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012CLF1DD03" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>