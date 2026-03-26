--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -980,411 +980,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05332805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'éducation à l'environnement à destination d'adultes en situation de vulnérabilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La classe promenade comme vecteur d’apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Jouzeau Kraeutler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtig-Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Golly Patricia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation et âges de vie : problématiques de recherche et défis dans la société contemporaine (Educaçäo e idades da vida : problemáticas de Investigação e Desafios na Sociedade Contemporânea)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIRSE Portugal, Jan 2021, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">"L'école primaire au 21e siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CY Advanced Studies AECSE – Association des Enseignants et Chercheurs en Sciences de l’Éducation AIRDF – Association Internationale de Recherche en Didactique du Français ÉMA – EA 4507 – École, Mutations, Apprentissage LDAR – EA 4434 - Laboratoire de Didactique André Revuz PARAGRAPHE – EA 349 AGORA – EA 7392 BONHEURS – EA 7517 - Bien-être, Organisation, Numérique, Habitabilité, Éducation, Universalité, Relations, Savoirs CAREF – EA 4697 - Centre Amiénois de Recherche en Éducation et Formation CIRCEFT – EA 4384 - Centre Interdisciplinaire de Recherche « Culture, Éducation, Formation, Travail » CIREL – EA 4354 - Centre Interuniversitaire de Recherche en Education de Lille CREF – EA 1589 – Centre de Recherches Éducation et Formation ECP – EA 4571 – Éducation Cultures Politiques EDA – EA 4071 – Éducation Discours Apprentissages EFTS – UMR MA 122 - Éducation, Formation, Travail, Savoirs FrED – EA 6311 – Éducation et Diversité en espaces francophones GRHAPES – EA 7287 - Groupe de recherche sur le handicap, l’accessibilité, les pratiques éducatives et scolaires ICARE – EA 7389 - Institut Coopératif Austral de Recherche en Éducation Lab E3D- EA 7441 - Laboratoire Épistémologie et Didactique des Disciplines LACES – EA 7437 – Laboratoire Cultures Éducation Sociétés LIRDEF - EA 3749 - Laboratoire Interdisciplinaire de Recherche en Didactique, Éducation et Formation LIRTES – EA 7313 – Laboratoire Interdisciplinaire de Recherche sur les Transformations des pratiques Éducatives et des pratiques Sociales LISEC – EA 2310 – Laboratoire Interuniversitaire des Sciences de l’Éducation et de la Communication TEXTES &amp; CULTURES - EA 4028 OUIEP - Observatoire Universitaire International de l'Éducation et de la Prévention, Oct 2021, Cergy pontoise, France. pp.127-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03165579v1</w:t>
+                <w:t xml:space="preserve">hal-05331152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une historiographie scolaire du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Prévot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e journée doctorale du grand Est en SHS : Le travail d’hier, d’aujourd’ hui… et de demain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03164818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La classe promenade comme vecteur d’apprentissages</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'éducation à l'environnement à destination d'adultes en situation de vulnérabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Prévot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Golly Patricia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"L'école primaire au 21e siècle"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CY Advanced Studies AECSE – Association des Enseignants et Chercheurs en Sciences de l’Éducation AIRDF – Association Internationale de Recherche en Didactique du Français ÉMA – EA 4507 – École, Mutations, Apprentissage LDAR – EA 4434 - Laboratoire de Didactique André Revuz PARAGRAPHE – EA 349 AGORA – EA 7392 BONHEURS – EA 7517 - Bien-être, Organisation, Numérique, Habitabilité, Éducation, Universalité, Relations, Savoirs CAREF – EA 4697 - Centre Amiénois de Recherche en Éducation et Formation CIRCEFT – EA 4384 - Centre Interdisciplinaire de Recherche « Culture, Éducation, Formation, Travail » CIREL – EA 4354 - Centre Interuniversitaire de Recherche en Education de Lille CREF – EA 1589 – Centre de Recherches Éducation et Formation ECP – EA 4571 – Éducation Cultures Politiques EDA – EA 4071 – Éducation Discours Apprentissages EFTS – UMR MA 122 - Éducation, Formation, Travail, Savoirs FrED – EA 6311 – Éducation et Diversité en espaces francophones GRHAPES – EA 7287 - Groupe de recherche sur le handicap, l’accessibilité, les pratiques éducatives et scolaires ICARE – EA 7389 - Institut Coopératif Austral de Recherche en Éducation Lab E3D- EA 7441 - Laboratoire Épistémologie et Didactique des Disciplines LACES – EA 7437 – Laboratoire Cultures Éducation Sociétés LIRDEF - EA 3749 - Laboratoire Interdisciplinaire de Recherche en Didactique, Éducation et Formation LIRTES – EA 7313 – Laboratoire Interdisciplinaire de Recherche sur les Transformations des pratiques Éducatives et des pratiques Sociales LISEC – EA 2310 – Laboratoire Interuniversitaire des Sciences de l’Éducation et de la Communication TEXTES &amp; CULTURES - EA 4028 OUIEP - Observatoire Universitaire International de l'Éducation et de la Prévention, Oct 2021, Cergy pontoise, France. pp.127-138</w:t>
+              <w:t xml:space="preserve">Éducation et âges de vie : problématiques de recherche et défis dans la société contemporaine (Educaçäo e idades da vida : problemáticas de Investigação e Desafios na Sociedade Contemporânea)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIRSE Portugal, Jan 2021, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05331152v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organiser une formation professionnelle autour des principes d’itinérance et d’alternance. L’expérience du BPJEPS porté par un réseau régional d’Education à l’Environnement.</w:t>
+                <w:t xml:space="preserve">Penser la page d'un manuel scolaire comme un espace à analyser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Prévot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tempos, espaços e artefactos em educação / Temps, espaces et artefacts en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIRSE section portugaise., Jan 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Espaces &amp; Territoires à la croisée des Sciences Humaines et Sociales. Deuxième journée doctorale Grand Est en SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine; Université de Haute-Alsace; Université de Strasbourg; Université de Reims Champagne-Ardenne, Apr 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488322v1</w:t>
+                <w:t xml:space="preserve">hal-02488353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser la page d'un manuel scolaire comme un espace à analyser</w:t>
+                <w:t xml:space="preserve">Organiser une formation professionnelle autour des principes d’itinérance et d’alternance. L’expérience du BPJEPS porté par un réseau régional d’Education à l’Environnement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Prévot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces &amp; Territoires à la croisée des Sciences Humaines et Sociales. Deuxième journée doctorale Grand Est en SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine; Université de Haute-Alsace; Université de Strasbourg; Université de Reims Champagne-Ardenne, Apr 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">Tempos, espaços e artefactos em educação / Temps, espaces et artefacts en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIRSE section portugaise., Jan 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488353v1</w:t>
+                <w:t xml:space="preserve">hal-02488322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'illustration dans les manuels d'histoire. Proposition d'état de l'art francophone.</w:t>
               </w:r>
@@ -2104,51 +2104,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172201v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pr&#233;vot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.cr.099" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03915878v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Johan Laffitte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165542v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E. J. Morin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488296v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338737v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Jouzeau Kraeutler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtig-Delattre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maizier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Parra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338616v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Riondet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dupeyron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331217v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331173v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332805v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165579v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164818v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331152v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golly Patricia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488322v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165598v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177066v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596704v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Faye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Charalampopoulou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331124v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165621v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172201v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pr&#233;vot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.cr.099" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03915878v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Johan Laffitte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165542v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E. J. Morin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488296v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338737v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Jouzeau Kraeutler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtig-Delattre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Maizier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Parra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338616v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Riondet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dupeyron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331217v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331173v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332805v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331152v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golly Patricia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165579v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488353v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165598v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177066v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596704v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Faye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Charalampopoulou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331124v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165621v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>