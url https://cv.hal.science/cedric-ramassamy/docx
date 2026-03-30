--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -361,261 +361,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une échelle de mesure du sentiment d’efficacité personnelle de l’apprenti·e en entreprise et en formation professionnelle en Martinique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La formation initiale des enseignants en contexte de confinement : une enquête comparative dans la France d’outre-mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ramassamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lecefel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Ramassamy</w:t>
+                <w:t xml:space="preserve">Séverine Ferriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Alì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Troadec</w:t>
+                <w:t xml:space="preserve">Rodica Ailincai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des sciences de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 46 (1), pp.93. </w:t>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (3), pp.178-194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1070728ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18162/ritpu-2020-v17n3-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283307v1</w:t>
+                <w:t xml:space="preserve">hal-03102143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La formation initiale des enseignants en contexte de confinement : une enquête comparative dans la France d’outre-mer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Weiss</w:t>
+                <w:t xml:space="preserve">Développement d’une échelle de mesure du sentiment d’efficacité personnelle de l’apprenti·e en entreprise et en formation professionnelle en Martinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecefel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ramassamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodica Ailincai</w:t>
+                <w:t xml:space="preserve">Bertrand Troadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 17 (3), pp.178-194. </w:t>
+              <w:t xml:space="preserve">Revue des sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46 (1), pp.93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18162/ritpu-2020-v17n3-17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1070728ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102143v1</w:t>
+                <w:t xml:space="preserve">hal-03283307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gli insegnanti in formazione durante il lockdown: percezioni, attitudini e bisogni. Un caso di studio in Martinica, Francia</w:t>
               </w:r>
@@ -839,204 +839,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d’un défi de robotique R2T2 sur les résultats scolaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement et discussion des qualités psychométriques d’une échelle de mesure du sentiment d’efficacité professionnelle de l’apprenti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecefel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ramassamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Methelie</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Troadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e Colloque international en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Colloque international en éducation : enjeux actuels et futurs de la formation et de la profession enseignante</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02724084v1</w:t>
+                <w:t xml:space="preserve">hal-03279978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et discussion des qualités psychométriques d’une échelle de mesure du sentiment d’efficacité professionnelle de l’apprenti</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact d’un défi de robotique R2T2 sur les résultats scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ramassamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Troadec</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Methelie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international en éducation : enjeux actuels et futurs de la formation et de la profession enseignante</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">6e Colloque international en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279978v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02724084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'algorithme et la programmation au service de l'acquisition des compétences pour les enfants de 5 à 6 ans</w:t>
               </w:r>
@@ -1258,312 +1258,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of usual protocols over Wireless Sensor Networks</w:t>
+                <w:t xml:space="preserve">Impact of transmission range in 802.15.4 with usual routing protocols.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ramassamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hacène Fouchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 IEEE International Conference on Communications (ICC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">2012 8th International Wireless Communications and Mobile Computing Conference (IWCMC) 27-31 Aug. 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01976337v1</w:t>
+                <w:t xml:space="preserve">hal-01976334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Application Layers over Wireless Sensor Networks</w:t>
+                <w:t xml:space="preserve">Classification of usual protocols over Wireless Sensor Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ramassamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hacène Fouchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th international conference on innovative Internet community services (I2CS 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">2012 IEEE International Conference on Communications (ICC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01976336v1</w:t>
+                <w:t xml:space="preserve">hal-01976337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of transmission range in 802.15.4 with usual routing protocols.</w:t>
+                <w:t xml:space="preserve">Impact of Application Layers over Wireless Sensor Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ramassamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hacène Fouchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 8th International Wireless Communications and Mobile Computing Conference (IWCMC) 27-31 Aug. 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Limassol, Cyprus</w:t>
+              <w:t xml:space="preserve">12th international conference on innovative Internet community services (I2CS 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01976334v1</w:t>
+                <w:t xml:space="preserve">hal-01976336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pragmatic testing approach for wireless sensor networks</w:t>
               </w:r>
@@ -1889,51 +1889,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="73172448"/>
+    <w:nsid w:val="D1C3464C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2120,51 +2120,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-ramassamy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127383v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Weiss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Al&#236;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilmois C&#233;line" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ramassamy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191230v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Al&#236;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283307v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecefel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Troadec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070728ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102143v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferriere" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Ailincai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n3-17" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911801v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32043/gsd.v4i3.190" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Fouchal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hunel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02724084v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Methelie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279978v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01981164v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01981162v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976338v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2014.6883286" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976337v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976336v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976334v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596118v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vidot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1868630.1868641" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949730v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-ramassamy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127383v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Weiss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Al&#236;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilmois C&#233;line" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ramassamy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191230v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Weiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Al&#236;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102143v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ferriere" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Ailincai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n3-17" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283307v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecefel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Troadec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070728ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911801v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32043/gsd.v4i3.190" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Fouchal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hunel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279978v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02724084v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Methelie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01981164v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01981162v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976338v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2014.6883286" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976334v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976337v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01976336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596118v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vidot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1868630.1868641" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949730v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>