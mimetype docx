--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -190,1583 +190,1583 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar dysfunction in frontotemporal dementia: intra-cerebellar pathology and cerebellar network degeneration</w:t>
+                <w:t xml:space="preserve">Enhanced secretion of the amyotrophic lateral sclerosis ALS-associated misfolded TDP-43 mediated by the ER-ubiquitin specific peptidase USP19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana Kleinerova</w:t>
+                <w:t xml:space="preserve">Flavien Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlene Tahedl</w:t>
+                <w:t xml:space="preserve">Takashi Nonaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mary Clare Mckenna</w:t>
+                <w:t xml:space="preserve">Edwige Belotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Garcia-Gallardo</w:t>
+                <w:t xml:space="preserve">Alexis Osseni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siobhan Hutchinson</w:t>
+                <w:t xml:space="preserve">Elisabeth Errazuriz-Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 272 (4), pp.289. </w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 82 (1), pp.76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00415-025-13046-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00018-025-05589-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05376679v1</w:t>
+                <w:t xml:space="preserve">hal-05375599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced secretion of the amyotrophic lateral sclerosis ALS-associated misfolded TDP-43 mediated by the ER-ubiquitin specific peptidase USP19</w:t>
+                <w:t xml:space="preserve">Gut metabolomic and microbiota analyses in ALS mice reveal specific metabolites despite the absence of significant gut dysbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavien Picard</w:t>
+                <w:t xml:space="preserve">Charlotte Veyrat-Durebex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takashi Nonaka</w:t>
+                <w:t xml:space="preserve">Samira Osman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Belotti</w:t>
+                <w:t xml:space="preserve">Yara Al Ojaimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Osseni</w:t>
+                <w:t xml:space="preserve">Philippe Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Errazuriz-Cerda</w:t>
+                <w:t xml:space="preserve">Camille Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 82 (1), pp.76. </w:t>
+              <w:t xml:space="preserve">Amyotrophic Lateral Sclerosis and Frontotemporal Degeneration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (3-4), pp.368-374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00018-025-05589-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/21678421.2024.2433578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375599v1</w:t>
+                <w:t xml:space="preserve">hal-04877256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut metabolomic and microbiota analyses in ALS mice reveal specific metabolites despite the absence of significant gut dysbiosis</w:t>
+                <w:t xml:space="preserve">Cerebellar dysfunction in frontotemporal dementia: intra-cerebellar pathology and cerebellar network degeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Veyrat-Durebex</w:t>
+                <w:t xml:space="preserve">Jana Kleinerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samira Osman</w:t>
+                <w:t xml:space="preserve">Marlene Tahedl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yara Al Ojaimi</w:t>
+                <w:t xml:space="preserve">Mary Clare Mckenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gosset</w:t>
+                <w:t xml:space="preserve">Angela Garcia-Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Dupuy</w:t>
+                <w:t xml:space="preserve">Siobhan Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amyotrophic Lateral Sclerosis and Frontotemporal Degeneration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (3-4), pp.368-374. </w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 272 (4), pp.289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/21678421.2024.2433578⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00415-025-13046-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04877256v1</w:t>
+                <w:t xml:space="preserve">hal-05376679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ALS-associated KIF5A P986L variant is not pathogenic for Drosophila motoneurons</w:t>
+                <w:t xml:space="preserve">Pharmacometabolomics applied to low-dose interleukin-2 treatment in amyotrophic lateral sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Layalle</w:t>
+                <w:t xml:space="preserve">Hugo Alarcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Aimond</w:t>
+                <w:t xml:space="preserve">Clément Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Brugioti</w:t>
+                <w:t xml:space="preserve">Patrick Emond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Guissart</w:t>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Raoul</w:t>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.19540. </w:t>
+              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1536 (1), pp.82-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-70543-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nyas.15147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767128v1</w:t>
+                <w:t xml:space="preserve">hal-04767126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel De Novo Missense Mutation in KIF1A Associated with Young-Onset Upper-Limb Amyotrophic Lateral Sclerosis</w:t>
+                <w:t xml:space="preserve">Exercise, disease state and sex influence the beneficial effects of Fn14-depletion on survival and muscle pathology in the SOD1G93A amyotrophic lateral sclerosis (ALS) mouse model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Bernard</w:t>
+                <w:t xml:space="preserve">Gareth Hazell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Cluse</w:t>
+                <w:t xml:space="preserve">Eve Mccallion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Bohic</w:t>
+                <w:t xml:space="preserve">Nina Ahlskog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Hermier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Raoul</w:t>
+                <w:t xml:space="preserve">Emma R Sutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnus Okoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms25158170⟩</w:t>
+              <w:t xml:space="preserve">Skeletal Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13395-024-00356-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767138v1</w:t>
+                <w:t xml:space="preserve">hal-04767133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TNFα prevents FGF4-mediated rescue of astrocyte dysfunction and reactivity in human ALS models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Novel De Novo Missense Mutation in KIF1A Associated with Young-Onset Upper-Limb Amyotrophic Lateral Sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Savchenko</w:t>
+                <w:t xml:space="preserve">Emilien Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Marmolejo-Martínez-Artesero</w:t>
+                <w:t xml:space="preserve">Florent Cluse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désiré Challuau</w:t>
+                <w:t xml:space="preserve">Adrien Bohic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Aebi</w:t>
+                <w:t xml:space="preserve">Marc Hermier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 201, pp.106687. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (15), pp.8170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106687⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms25158170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767141v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise, disease state and sex influence the beneficial effects of Fn14-depletion on survival and muscle pathology in the SOD1G93A amyotrophic lateral sclerosis (ALS) mouse model</w:t>
+                <w:t xml:space="preserve">The ALS-associated KIF5A P986L variant is not pathogenic for Drosophila motoneurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gareth Hazell</w:t>
+                <w:t xml:space="preserve">Sophie Layalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Mccallion</w:t>
+                <w:t xml:space="preserve">Franck Aimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Ahlskog</w:t>
+                <w:t xml:space="preserve">Véronique Brugioti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma R Sutton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Magnus Okoh</w:t>
+                <w:t xml:space="preserve">Claire Guissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skeletal Muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13395-024-00356-0⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.19540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-70543-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767133v1</w:t>
+                <w:t xml:space="preserve">hal-04767128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacometabolomics applied to low-dose interleukin-2 treatment in amyotrophic lateral sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TNFα prevents FGF4-mediated rescue of astrocyte dysfunction and reactivity in human ALS models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Velasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Alarcan</w:t>
+                <w:t xml:space="preserve">Ekaterina Savchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Bruno</w:t>
+                <w:t xml:space="preserve">Sara Marmolejo-Martínez-Artesero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Emond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Raoul</w:t>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+                <w:t xml:space="preserve">Aline Aebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1536 (1), pp.82-91. </w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 201, pp.106687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nyas.15147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767126v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effect of Fas activation on spinal muscular atrophy motoneuron death and induction of axonal growth</w:t>
+                <w:t xml:space="preserve">Early-Onset, Conjugal, Twin-Discordant, and Clusters of Sporadic ALS: Pathway to Discovery of Etiology via Lifetime Exposome Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salim Benlefki</w:t>
+                <w:t xml:space="preserve">Peter S Spencer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Younes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Désiré Challuau</w:t>
+                <w:t xml:space="preserve">Valerie S Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t>
+                <w:t xml:space="preserve">Glen E Kisby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Hilaire</w:t>
+                <w:t xml:space="preserve">Emmeline Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Zane Horowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14715/cmb/2023.69.10.1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.1005096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2023.1005096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04916905v1</w:t>
+                <w:t xml:space="preserve">hal-04420878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Secretome of Human Dental Pulp Stem Cells and Its Components GDF15 and HB-EGF Protect Amyotrophic Lateral Sclerosis Motoneurons against Death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Jdaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batoul Chouaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brugioti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomedicines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (8), pp.2152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/biomedicines11082152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early-Onset, Conjugal, Twin-Discordant, and Clusters of Sporadic ALS: Pathway to Discovery of Etiology via Lifetime Exposome Research</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Differential effect of Fas activation on spinal muscular atrophy motoneuron death and induction of axonal growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glen E Kisby</w:t>
+                <w:t xml:space="preserve">Salim Benlefki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmeline Lagrange</w:t>
+                <w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Zane Horowitz</w:t>
+                <w:t xml:space="preserve">Cécile Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17, pp.1005096. </w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69 (10), pp.1 - 8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2023.1005096⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14715/cmb/2023.69.10.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420878v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALS-Associated KIF5A Mutation Causes Locomotor Deficits Associated with Cytoplasmic Inclusions, Alterations of Neuromuscular Junctions, and Motor Neuron Loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Soustelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Aimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina López-Andrés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brugioti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 43 (47), pp.8058 - 8072. </w:t>
@@ -1856,51 +1856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mezghrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioanalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (15), pp.927-936. </w:t>
@@ -1932,351 +1932,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar pathology in motor neuron disease: neuroplasticity and neurodegeneration</w:t>
+                <w:t xml:space="preserve">Muscle cells of sporadic amyotrophic lateral sclerosis patients secrete neurotoxic vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rangariroyashe H Chipika</w:t>
+                <w:t xml:space="preserve">Laura Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grainne Mulkerrin</w:t>
+                <w:t xml:space="preserve">William J Duddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-François Pradat</w:t>
+                <w:t xml:space="preserve">Cecile Martinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aizuri Murad</w:t>
+                <w:t xml:space="preserve">Virginie Mariot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Ango</w:t>
+                <w:t xml:space="preserve">Owen Connolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Regeneration Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (11), pp.2335-2341. </w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (2), pp.1385 - 1402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4103/1673-5374.336139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.12945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767194v1</w:t>
+                <w:t xml:space="preserve">hal-04767184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle cells of sporadic amyotrophic lateral sclerosis patients secrete neurotoxic vesicles</w:t>
+                <w:t xml:space="preserve">Cerebellar pathology in motor neuron disease: neuroplasticity and neurodegeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Le Gall</w:t>
+                <w:t xml:space="preserve">Rangariroyashe H Chipika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William J Duddy</w:t>
+                <w:t xml:space="preserve">Grainne Mulkerrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Martinat</w:t>
+                <w:t xml:space="preserve">Pierre-François Pradat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Mariot</w:t>
+                <w:t xml:space="preserve">Aizuri Murad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Owen Connolly</w:t>
+                <w:t xml:space="preserve">Fabrice Ango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (2), pp.1385 - 1402. </w:t>
+              <w:t xml:space="preserve">Neural Regeneration Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (11), pp.2335-2341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcsm.12945⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4103/1673-5374.336139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767184v1</w:t>
+                <w:t xml:space="preserve">hal-04767194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prionoids in amyotrophic lateral sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Camu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mezghrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2336,51 +2336,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrocyte‐targeting RNA interference against mutated superoxide dismutase 1 induces motoneuron plasticity and protects fast‐fatigable motor units in a mouse model of amyotrophic lateral sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cylia Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Källstig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2457,90 +2457,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of secreted factors in dental pulp cell-conditioned medium optimized for neuronal growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batoul Chouaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Collart-Dutilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanc-Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Csilla Gergely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2591,90 +2591,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amyotrophic Lateral Sclerosis Genes in Drosophila melanogaster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Layalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia They</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Ourghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Soustelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2721,51 +2721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premature termination codons in SOD1 causing Amyotrophic Lateral Sclerosis are predicted to escape the nonsense-mediated mRNA decay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guissart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Mouzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2894,51 +2894,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Salsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Mouzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3002,90 +3002,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Degeneration of Cells Surrounding Motoneurons Contributes to Amyotrophic Lateral Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Crabé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Aimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Scamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (12), pp.2550. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3547,51 +3547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bela Varga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Martin-Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Sánchez-Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3841,51 +3841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Coque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Neurobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
@@ -3975,51 +3975,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Coque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 65 (4), pp.592 - 605. </w:t>
@@ -4204,51 +4204,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NSC-34 Motor Neuron-Like Cells Are Unsuitable as Experimental Model for Glutamate-Mediated Excitotoxicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Madji Hounoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Felix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4338,51 +4338,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liver X receptors: from cholesterol regulation to neuroprotection—a new barrier against neurodegeneration in amyotrophic lateral sclerosis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Mouzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4587,278 +4587,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphology and Intrinsic Excitability of Regenerating Sensory and Motor Neurons Grown on a Line Micropattern</w:t>
+                <w:t xml:space="preserve">Cerebrospinal fluid-targeted delivery of neutralizing anti-IFNγ antibody delays motor decline in an ALS mouse model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouafa Benzina</w:t>
+                <w:t xml:space="preserve">Belkacem Otsmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Cloitre</w:t>
+                <w:t xml:space="preserve">Julianne Aebischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Martin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anice Moumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0110687⟩</w:t>
+              <w:t xml:space="preserve">NeuroReport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (1), pp.49 - 54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/wnr.0000000000000043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01084010v1</w:t>
+                <w:t xml:space="preserve">hal-04767275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebrospinal fluid-targeted delivery of neutralizing anti-IFNγ antibody delays motor decline in an ALS mouse model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Morphology and Intrinsic Excitability of Regenerating Sensory and Motor Neurons Grown on a Line Micropattern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouafa Benzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belkacem Otsmane</w:t>
+                <w:t xml:space="preserve">Thierry Cloitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julianne Aebischer</w:t>
+                <w:t xml:space="preserve">Marta Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anice Moumen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cedric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Csilla Gergely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroReport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 25 (1), pp.49 - 54. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), pp.e110687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/wnr.0000000000000043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0110687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767275v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroimmunity dynamics and the development of therapeutic strategies for amyotrophic lateral sclerosis</w:t>
               </w:r>
@@ -4978,90 +4978,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Death Receptors in the Selective Degeneration of Motoneurons in Amyotrophic Lateral Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Aebischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bernard-Marissal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Pettmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurodegenerative Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 2013, pp.1 - 11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5095,51 +5095,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Necdin Protects Embryonic Motoneurons from Programmed Cell Death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Aebischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Sturny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5229,103 +5229,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFNγ triggers a LIGHT-dependent selective death of motoneurons contributing to the non-cell-autonomous effects of mutant SOD1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Aebischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Cassina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Otsmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anice Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Death and Differentiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
@@ -5363,51 +5363,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic activation in presymptomatic amyotrophic lateral sclerosis (ALS) mice of a feedback loop involving Fas, Daxx, and FasL.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Buhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5497,51 +5497,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lentiviral-mediated silencing of SOD1 through RNA interference retards disease onset and progression in a mouse model of ALS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Abbas-Terki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5644,51 +5644,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fas/tumor necrosis factor receptor death signaling is required for axotomy-induced death of motoneurons in vivo.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Ugolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5727,2525 +5727,2525 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 23 (24), pp.8526-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00323583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changes induced by amyotrophic lateral sclerosis in the morphology and nanomechanics of skeletal muscle fibers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Martin Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Belkasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua de Lizaraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cloitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd International Conference on BioMedical Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Palavas Les Flots, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution of neutrophils extracellular DNA traps to Amyotrophic Lateral Sclerosis pathogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ritacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brugioti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa de la Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Esselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diverse mechanisms of spinal motoneuron death during development and pathology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meeting of the International Motoneuron Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of specific molecular markers of ALS vulnerable motoneurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Marmolejo-Martínez-Artesero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Scamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33rd Ion Channels Meeting, Sète from 8th to 11th September 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Sète, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deciphering Novel Glial Differential Markers in Amyotrophic Lateral Sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Marmolejo-Martínez-Artesero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Scamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FENS forum 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unconventional secretion of misfolded SOD1 in ALS: a novel mechanism of toxicity spreading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brugioti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Néel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlysa Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IDENTIFICATION OF SPECIFIC MOLECULAR MARKERS OF ALS VULNERABLE MOTONEURONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Marmolejo-Martínez-Artesero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Scamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meeting of the International Motoneuron Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extrinsic mechanisms of motoneuron vulnerability in ALS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International meeting, ALS: beyond the motoneuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Montevideo, Uruguay</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE POISSON-ZÈBRE : UNE AIDE RAPIDE À L’INTERPRÉTATION DES VARIANTS RARES DANS LA SLA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Forget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Chudinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Rossel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pageot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Gabelle-Deloustal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">UNCONVENTIONAL SECRETION OF TDP-43, A PATHOGENIC DETERMINANT OF AMYOTROPHIC LATERAL SCLEROSIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Errazurz-Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mezghrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">UNDERSTANDING THE TOXICITY OF ALS-ASSOCIATED KIF5A MUTANT TO MOTONEURONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Aimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina López-Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brugioti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Gizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ALS: basic mechanisms revisited</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pathogenesis of Neurodegenerative Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Braga, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">UNCONVENTIONAL SECRETION OF MISFOLDED SOD1 IN ALS: A NOVEL MECHANISM OF TOXICITY SPREADING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Scamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mezghrani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extrinsic and intrinsic mechanisms of motoneuron vulnerability in ALS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain and Mind symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Helsinki, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ZEBRAFISH MODEL AS A FUNCTIONAL TOOL TO ANALYSE PATHOGENICITY OF SOD1 GENE VARIANTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Chudinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Rossel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Le Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Camu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PREMATURE TERMINATION CODONS IN SOD1 CAUSING ALS ARE PREDICTED TO ESCAPE THE NONSENSE-MEDIATED MRNA DECAY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mouzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovana Kantar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extrinsic and intrinsic mechanisms of motoneuron vulnerability in ALS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institute for Stroke and Dementia Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-reactive CD8+ T lymphocytes expressing ALS-causing SOD1 mutant trigger death of motoneurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French, German and Swiss meeting on ALS/FTD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Günzburg-Ulm, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RECONNAISSANCE SELECTIVE DE CELLULES EN DEGENERESCENCE &amp; DE PROTEINES AGREGEES PAR PROPERDINE POUR CONTRER L'INFLAMMATION DANS LA SLA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Crabé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Salsac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Challuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Scamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème journée de la recherche sur la SLA et maladies du neurone moteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution of NCR1 &amp; Properdin to ALS pathogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Crabé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French, German and Swiss meeting on amyotrophic lateral sclerosis and fronto-temporal dementia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Günzburg-Ulm, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basics mechanisms of ALS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pathogenesis of Neurodegenerative Diseases: finding a common ground – 3rd edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Braga, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanomechanical aspects of brain metastasis formation and amyotrophic lateral sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bela Varga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Coque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Sánchez-Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asylum Research AFM workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01899130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale microscopic Characterization of Skeletal Muscle Fibers in an ALS Mouse Model SOD1-G93A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Belkasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imane Belkasmi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marta Martin Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua de Lizaraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cloitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on BioMedical Photonics 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Palavas Les Flots, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025415v1</w:t>
-              </w:r>
-[...2316 lines deleted...]
-                <w:t xml:space="preserve">hal-01899130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8263,51 +8263,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroinflammation dans la SLA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8370,77 +8370,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synaptic Transmission and Motoneuron Excitability Defects in Amyotrophic Lateral Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Scamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Aimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshiyuki Araki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8577,51 +8577,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B43AFE4"/>
+    <w:nsid w:val="3C526375"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8808,51 +8808,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-raoul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0561-6851" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067820735" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376679v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kleinerova" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Tahedl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Clare Mckenna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Garcia-Gallardo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan Hutchinson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13046-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05375599v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Picard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Nonaka" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Belotti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Osseni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz-Cerda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-025-05589-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877256v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyrat-Durebex" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Osman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Al Ojaimi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gosset" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupuy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2024.2433578" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767128v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Layalle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aimond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brugioti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guissart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-70543-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767138v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Bernard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cluse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bohic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25158170" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767141v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Velasquez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Savchenko" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Marmolejo-Mart&#237;nez-Artesero" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Challuau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aebi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106687" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767133v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Hazell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mccallion" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Ahlskog" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma R Sutton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Okoh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13395-024-00356-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767126v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Alarcan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bruno" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Emond" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.15147" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916905v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Benlefki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Younes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernard-Marissal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hilaire" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14715/cmb/2023.69.10.1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767169v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Issa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Jdaa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batoul Chouaib" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11082152" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04420878v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter S Spencer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie S Palmer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen E Kisby" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Lagrange" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zane Horowitz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2023.1005096" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767178v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Soustelle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina L&#243;pez-Andr&#233;s" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0562-23.2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650869v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Morichon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2023-0103" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767194v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rangariroyashe H Chipika" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grainne Mulkerrin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Pradat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aizuri Murad" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ango" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/1673-5374.336139" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767184v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Le Gall" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J Duddy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Martinat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mariot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Connolly" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12945" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03697999v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Camu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcac145" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511644v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cylia Rochat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma K&#228;llstig" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pradervand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence E. Perrin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.24140" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147027v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collart-Dutilleul" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanc-Sylvestre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Gergely" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuint.2021.104961" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03169103v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia They" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ourghani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22020904" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03171291v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mouzat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovana Kantar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Louveau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vilquin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-77716-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03170027v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soulard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Salsac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roussel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.02.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03169112v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Crab&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Scamps" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9122550" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02364883v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Chudinova" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Rossel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette C Vergunst" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Le Masson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2019.1646992" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03171292v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Polge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20163858" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03171288v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coque" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Espinosa-Carrasco" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela Varga" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Degauque" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1815961116" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775215v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin-Fernandez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana S&#225;nchez-Vicente" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Areias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24027-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821271v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molinari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Corcia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-017-0453-2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01826389v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mavel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasco" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-018-0945-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767249v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Patin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23114" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759835v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bowerman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bernard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dion" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2017.06.013" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767258v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Felix" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2016.00118" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767259v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-016-2330-y" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940962v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Venteo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laffray" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Wetzel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rivat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep36407" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084010v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafa Benzina" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cloitre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Raoul" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110687" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767275v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Otsmane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Aebischer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Moumen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/wnr.0000000000000043" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156121v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Bowerman" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vincent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2013.00214" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767274v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pettmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/746845" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437018v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Sturny" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andrieu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rieusset" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Schaller" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023764" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592289v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cassina" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2010.143" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00195972v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Buhler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Sadeghi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jacquier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aebischer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0508774103" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00484530v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Abbas-Terki" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bensadoun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Haase" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm1207" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323583v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Ugolini" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ferri" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Haenggeli" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoichi Yamamoto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025415v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Belkasmi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin Fernandez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua de Lizaraga" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027188v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916355v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916343v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se N&#233;el" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlysa Labatut" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916029v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916322v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ritacco" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de la Cruz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esselin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916007v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923443v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916037v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916273v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gizzi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916241v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Forget" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pageot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle-Deloustal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916299v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Errazurz-Cerda" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916049v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916218v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916073v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916206v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916192v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916179v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picot" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916099v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916089v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916383v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916060v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899130v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953520v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03689323v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Araki" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36255/exonpublications.amyotrophiclateralsclerosis.synaptictransmission.2021" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-raoul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0561-6851" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067820735" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05375599v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Picard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Nonaka" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Belotti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Osseni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz-Cerda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-025-05589-w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877256v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyrat-Durebex" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Osman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Al Ojaimi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gosset" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupuy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2024.2433578" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376679v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kleinerova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Tahedl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Clare Mckenna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Garcia-Gallardo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan Hutchinson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13046-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767126v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Alarcan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bruno" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Emond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.15147" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767133v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Hazell" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mccallion" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Ahlskog" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma R Sutton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Okoh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13395-024-00356-0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767138v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Bernard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cluse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bohic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25158170" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767128v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Layalle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aimond" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brugioti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guissart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-70543-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767141v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Velasquez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Savchenko" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Marmolejo-Mart&#237;nez-Artesero" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Challuau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aebi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106687" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04420878v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter S Spencer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie S Palmer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen E Kisby" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Lagrange" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zane Horowitz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2023.1005096" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767169v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Younes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Issa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Jdaa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batoul Chouaib" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11082152" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916905v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Benlefki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernard-Marissal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hilaire" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14715/cmb/2023.69.10.1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767178v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Soustelle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina L&#243;pez-Andr&#233;s" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0562-23.2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650869v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Morichon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2023-0103" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767184v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Le Gall" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J Duddy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Martinat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mariot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Connolly" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12945" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767194v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rangariroyashe H Chipika" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grainne Mulkerrin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Pradat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aizuri Murad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ango" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/1673-5374.336139" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03697999v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Camu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcac145" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511644v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cylia Rochat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma K&#228;llstig" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pradervand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence E. Perrin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.24140" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147027v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collart-Dutilleul" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanc-Sylvestre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Gergely" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuint.2021.104961" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03169103v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia They" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ourghani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22020904" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03171291v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mouzat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovana Kantar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Louveau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vilquin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-77716-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03170027v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soulard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Salsac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roussel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.02.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03169112v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Crab&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Scamps" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9122550" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02364883v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Chudinova" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Rossel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette C Vergunst" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Le Masson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2019.1646992" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03171292v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Polge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20163858" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03171288v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coque" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Espinosa-Carrasco" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela Varga" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Degauque" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1815961116" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775215v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin-Fernandez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana S&#225;nchez-Vicente" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Areias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24027-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821271v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molinari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Corcia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-017-0453-2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01826389v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mavel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasco" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-018-0945-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767249v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Patin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23114" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759835v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bowerman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bernard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dion" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2017.06.013" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767258v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Felix" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2016.00118" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767259v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-016-2330-y" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940962v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Venteo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laffray" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Wetzel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rivat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep36407" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767275v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Otsmane" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Aebischer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Moumen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/wnr.0000000000000043" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084010v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafa Benzina" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cloitre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Raoul" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110687" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156121v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Bowerman" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vincent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2013.00214" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767274v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pettmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/746845" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437018v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Sturny" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andrieu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rieusset" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Schaller" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023764" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592289v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cassina" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2010.143" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00195972v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Buhler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Sadeghi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jacquier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aebischer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0508774103" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00484530v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Abbas-Terki" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bensadoun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Haase" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm1207" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323583v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Ugolini" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ferri" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Haenggeli" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoichi Yamamoto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027188v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin Fernandez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Belkasmi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua de Lizaraga" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916322v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ritacco" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de la Cruz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esselin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916007v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923443v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916355v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916343v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se N&#233;el" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlysa Labatut" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916029v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916037v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916241v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Forget" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pageot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle-Deloustal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916299v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Errazurz-Cerda" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916273v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gizzi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916049v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916218v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916073v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916206v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916192v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916089v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916099v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916179v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916383v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916060v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899130v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025415v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953520v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03689323v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Araki" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36255/exonpublications.amyotrophiclateralsclerosis.synaptictransmission.2021" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>