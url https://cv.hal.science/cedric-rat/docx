--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -571,1026 +571,1026 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-05069242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involving community pharmacists in interprofessional collaboration in primary care: a systematic review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organized cervical cancer screening: A randomized controlled trial assessing the effect of sending invitation letters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solene Girard</w:t>
+                <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Rouxel</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Banaszuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Mouhib</w:t>
+                <w:t xml:space="preserve">Charlotte Grimault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Nanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Primary Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12875-024-02326-3⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 189, pp.108150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2024.108150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04514675v1</w:t>
+                <w:t xml:space="preserve">inserm-04745764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early diagnosis of melanoma: a randomized trial assessing the impact of the transmission of photographs taken with a smartphone from the general practitioner to the dermatologist on the time to dermatological consultation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Héloïse Schmeltz</w:t>
+                <w:t xml:space="preserve">Involving community pharmacists in interprofessional collaboration in primary care: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Angibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Lévèque</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Quereux</w:t>
+                <w:t xml:space="preserve">Solene Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Mouhib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12913-024-11106-9⟩</w:t>
+              <w:t xml:space="preserve">BMC Primary Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 25 (1), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12875-024-02326-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04586934v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organized cervical cancer screening: A randomized controlled trial assessing the effect of sending invitation letters</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Early diagnosis of melanoma: a randomized trial assessing the impact of the transmission of photographs taken with a smartphone from the general practitioner to the dermatologist on the time to dermatological consultation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Grimault</w:t>
+                <w:t xml:space="preserve">Céline Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Lebon</w:t>
+                <w:t xml:space="preserve">Héloïse Schmeltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Nanin</w:t>
+                <w:t xml:space="preserve">Charlotte Lévèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 189, pp.108150. </w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.660. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2024.108150⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12913-024-11106-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04745764v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04586934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a Feedback Visit and a Clinical Decision Support System Based on Antibiotic Prescription Audit in Primary Care: Multiarm Cluster-Randomized Controlled Trial</w:t>
+                <w:t xml:space="preserve">Development and evaluation of a decision aid for women eligible for organized breast cancer screening according to international standards: A multi-method study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Jeanmougin</w:t>
+                <w:t xml:space="preserve">Sandrine Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Larramendy</w:t>
+                <w:t xml:space="preserve">Damien Fairier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yannick Ruelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Aubin-Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/60535⟩</w:t>
+              <w:t xml:space="preserve">The Breast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 73, pp.103613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.breast.2023.103613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05461106v1</w:t>
+                <w:t xml:space="preserve">hal-04333856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and evaluation of a decision aid for women eligible for organized breast cancer screening according to international standards: A multi-method study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of a Feedback Visit and a Clinical Decision Support System Based on Antibiotic Prescription Audit in Primary Care: Multiarm Cluster-Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Fairier</w:t>
+                <w:t xml:space="preserve">Pauline Jeanmougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Ruelle</w:t>
+                <w:t xml:space="preserve">Stéphanie Larramendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Aubin-Auger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Rat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Breast</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 73, pp.103613. </w:t>
+              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26, pp.e60535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.breast.2023.103613⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/60535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333856v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interprofessional collaboration in primary care: what effect on patient health? A systematic literature review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Identification of factors associated with non-adherence to recommended COVID-19 preventive behaviours: a cross-sectional study based on a survey among 1004 French primary care professionals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Journeaux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pauline Meziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dupouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Rat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Primary Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12875-023-02189-0⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (8), pp.e071215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-071215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04489827v1</w:t>
+                <w:t xml:space="preserve">hal-04495136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of factors associated with non-adherence to recommended COVID-19 preventive behaviours: a cross-sectional study based on a survey among 1004 French primary care professionals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Interprofessional collaboration in primary care: what effect on patient health? A systematic literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Dupouy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manon Journeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Angibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Huon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (8), pp.e071215. </w:t>
+              <w:t xml:space="preserve">BMC Primary Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-071215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12875-023-02189-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495136v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breast cancer: a randomized controlled trial assessing the effect of a decision aid on mammography screening uptake: study protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Ferrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Banaszuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Berquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1635,161 +1635,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04157632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Life Testing of the Prescription Opioid Misuse Index in French Primary Care</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A face-to-face national congress experience during the COVID-19 pandemic: A report focussing on the risk of COVID-19 contamination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dupouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marc Chaneliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schuers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Catherine Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
+                <w:t xml:space="preserve">Marc Bayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (22), pp.14845. </w:t>
+              <w:t xml:space="preserve">European Journal of General Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph192214845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13814788.2022.2139825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184143v1</w:t>
+                <w:t xml:space="preserve">hal-03993814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effectiveness of a multi-faceted intervention to deprescribe proton pump inhibitors in primary care: protocol for a population-based, pragmatic, cluster-randomized controlled trial</w:t>
               </w:r>
@@ -1903,161 +1903,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03580570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A face-to-face national congress experience during the COVID-19 pandemic: A report focussing on the risk of COVID-19 contamination</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Real-Life Testing of the Prescription Opioid Misuse Index in French Primary Care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dupouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Schuers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Laporte</w:t>
+                <w:t xml:space="preserve">Aurélie Quirin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bayen</w:t>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of General Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.1-4. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (22), pp.14845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13814788.2022.2139825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph192214845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03993814v1</w:t>
+                <w:t xml:space="preserve">hal-04184143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of shared decision-making and patient-centered care in France: Towards a wider uptake in 2022</w:t>
               </w:r>
@@ -2190,51 +2190,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What do women and healthcare professionals expect of decision aids for breast cancer screening? A qualitative study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïm-Eusébi Amélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Frèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2311,77 +2311,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cervical cancer screening uptake: A randomized controlled trial assessing the effect of sending invitation letters to non-adherent women combined with sending their general practitioners a list of their non-adherent patients (study protocol)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Banaszuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Abes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2439,425 +2439,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03875750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted screening for melanoma after a 5-year follow-up: Comparison of melanoma incidence and lesion thickness at diagnosis in screened (versus unscreened) patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vaccin Comirnaty contre la Covid-19 : une aide à la décision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Ferrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y-M Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Pouchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Boussageon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Presse Médicale Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lpmope.2021.100013⟩</w:t>
+              <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (169), pp.23-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56746/EXERCER.2021.169.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04188325v1</w:t>
+                <w:t xml:space="preserve">hal-04205160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comité d'éthique du CNGE : quel bilan à cinq ans ? Quelles perspectives ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Tudrej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Jouannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-L Penchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Merhand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 32 (174), pp.274-279. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.56746/EXERCER.2021.174.274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04205135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccin Comirnaty contre la Covid-19 : une aide à la décision</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y-M Vincent</w:t>
+                <w:t xml:space="preserve">Targeted screening for melanoma after a 5-year follow-up: Comparison of melanoma incidence and lesion thickness at diagnosis in screened (versus unscreened) patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Pouchain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Rat</w:t>
+                <w:t xml:space="preserve">Laurie Blachier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Boussageon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florence Molinie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 32 (169), pp.23-23. </w:t>
+              <w:t xml:space="preserve">La Presse Médicale Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.100013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.56746/EXERCER.2021.169.23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lpmope.2021.100013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205160v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04188325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest in artificial intelligence for the diagnosis of non-melanoma skin cancer: a survey among French general practitioners</w:t>
               </w:r>
@@ -2977,103 +2977,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaccination contre la Covid-19 : le vaccin Comirnaty de Pfizer-BioNtech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Ferrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y-M Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Boussageon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Pouchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 32 (169), pp.24-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3263,51 +3263,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Duvignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Nguyen Binh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dupouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3492,51 +3492,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of decision aids developed for women at average risk of breast cancer eligible for mammographic screening: Systematic review and assessment according to the International Patient Decision Aid Standards instrument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Johanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3626,51 +3626,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Physician Notification Regarding Nonadherence to Colorectal Cancer Screening on Early Cancer Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Schmeltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3786,51 +3786,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 76 (1), pp.17-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3992,433 +3992,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04224852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors Related to Prostate-Specific Antigen–Based Prostate Cancer Screening in Primary Care: Retrospective Cohort Study of 120,587 French Men Over the Age of 50 Years</w:t>
+                <w:t xml:space="preserve">Interventions to increase uptake of faecal tests for colorectal cancer screening: a systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heloise Schmeltz</w:t>
+                <w:t xml:space="preserve">Chloé Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Rocher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">France Nanin</w:t>
+                <w:t xml:space="preserve">Rosalie Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pogu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 4 (4), pp.e10352. </w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (3), pp.227-236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/10352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04040776v1</w:t>
+                <w:t xml:space="preserve">hal-04963370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Smartphones for Early Detection of Melanoma: Systematic Review</w:t>
+                <w:t xml:space="preserve">Factors Related to Prostate-Specific Antigen–Based Prostate Cancer Screening in Primary Care: Retrospective Cohort Study of 120,587 French Men Over the Age of 50 Years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Rault Sérandour</w:t>
+                <w:t xml:space="preserve">Heloise Schmeltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Nanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (4), pp.e135. </w:t>
+              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (4), pp.e10352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/jmir.9392⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/10352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04963131v1</w:t>
+                <w:t xml:space="preserve">hal-04040776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventions to increase uptake of faecal tests for colorectal cancer screening: a systematic review</w:t>
+                <w:t xml:space="preserve">Use of Smartphones for Early Detection of Melanoma: Systematic Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Latour</w:t>
+                <w:t xml:space="preserve">Julie Rault Sérandour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosalie Rousseau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Corinne Pogu</w:t>
+                <w:t xml:space="preserve">Gaelle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27 (3), pp.227-236. </w:t>
+              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (4), pp.e135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/jmir.9392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04963370v1</w:t>
+                <w:t xml:space="preserve">hal-04963131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Physician Notification Regarding Nonadherence to Colorectal Cancer Screening on Patient Participation in Fecal Immunochemical Test Cancer Screening: A Randomized Clinical Trial.</w:t>
               </w:r>
@@ -4443,51 +4443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pogu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Le Donné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4577,64 +4577,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Houd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), pp.e013033. </w:t>
@@ -4789,64 +4789,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiety, locus of control and sociodemographic factors associated with adherence to an annual clinical skin monitoring: a cross-sectional survey among 1000 high-risk French patients involved in a pilot-targeted screening programme for melanoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Khammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4949,51 +4949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Senn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5070,51 +5070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Sebo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5191,64 +5191,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusion of populations at risk of advanced melanoma in an opportunistic targeted screening project involving general practitioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5325,64 +5325,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposal for an annual skin examination by a general practitioner for patients at high risk for melanoma: a French cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maelenn Dagorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5811,51 +5811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacité d'une intervention multi-facette visant à déprescrire les inhibiteurs de la pompe à protons en soins primaires : essai contrôlé pragmatique en grappes en population (Session Le slam de la recherche, 3 minutes chrono)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6137,765 +6137,817 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05069998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un pôle fédératif : comment organiser la recherche en soins primaires à l’échelon régional?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effectiveness of a multi-faceted intervention to deprescribe proton pump inhibitors in primary care: a population-based, pragmatic, cluster-randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Schirr-Bonnans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 2 assises de la recherche en soins primaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Le Collège National des Généralistes Enseignants, Jun 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Deprescribing (ICOD2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département de médecine générale de Nantes Université, Sep 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609338v1</w:t>
+                <w:t xml:space="preserve">hal-04713820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of a multi-faceted intervention to deprescribe proton pump inhibitors in primary care: a population-based, pragmatic, cluster-randomized controlled trial</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers un pôle fédératif : comment organiser la recherche en soins primaires à l’échelon régional?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Deprescribing (ICOD2)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département de médecine générale de Nantes Université, Sep 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">Les 2 assises de la recherche en soins primaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Collège National des Généralistes Enseignants, Jun 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04713820v1</w:t>
+                <w:t xml:space="preserve">hal-04609338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de deux interventions de gestion des antibiotiques en médecine générale : visites optimisées basées sur le système d’aide à la décision clinique contre visites standard basées sur l’audit et le retour d’information. Essai contrôlé randomisé en grappes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pluriprofessionnalité : enseignement et recherche publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pinsault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Policard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNGE, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04515349v1</w:t>
+                <w:t xml:space="preserve">hal-04533811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMPACT GP : un essai contrôlé randomisé évaluant l’effet du dépistage organisé du cancer du col sur la participation des femmes, comparativement à la pratique habituelle des femmes, comparativement à la pratique habituelle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Validation d’un outil d’aide à la décision pour les femmes éligibles au dépistage organisé du cancer du sein développé selon les normes internationales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNGE, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04533780v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pluriprofessionnalité : enseignement et recherche publique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparaison de deux interventions de gestion des antibiotiques en médecine générale : visites optimisées basées sur le système d’aide à la décision clinique contre visites standard basées sur l’audit et le retour d’information. Essai contrôlé randomisé en grappes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Larramendy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Jeanmougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Policard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNGE, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04533811v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation d’un outil d’aide à la décision pour les femmes éligibles au dépistage organisé du cancer du sein développé selon les normes internationales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">IMPACT GP : un essai contrôlé randomisé évaluant l’effet du dépistage organisé du cancer du col sur la participation des femmes, comparativement à la pratique habituelle des femmes, comparativement à la pratique habituelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Grimault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Banaszuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNGE, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04515328v1</w:t>
+                <w:t xml:space="preserve">hal-04533780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La situation en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets sur la santé des patients de la collaboration interprofessionnelle en soins primaires : Revue de littérature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Journeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Angibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La médecine de 1e ligne dans la gestion de la pandémie. L’exemple du SARS-CoV-2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNGE, Dec 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609299v1</w:t>
+                <w:t xml:space="preserve">hal-04521167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Télé-expertise dermatologique à partir de photographies prises avec un smartphone par des médecins généralistes en cas de suspicion de mélanome : évaluation de la concordance de prise en charge.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Costanza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heloise Schmeltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6957,437 +7009,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early carbohydrate metabolism in chicken lines divergently selected on ultimate pH, a proxy for muscle glycogen reserves</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La situation en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Rat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. EAAP International Symposium on Energy and Protein Metabolism and Nutrition (ISEP 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISEP, Sep 2022, Grenade, Spain</w:t>
+              <w:t xml:space="preserve">La médecine de 1e ligne dans la gestion de la pandémie. L’exemple du SARS-CoV-2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228752v1</w:t>
+                <w:t xml:space="preserve">hal-04609299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission de la COVID 19 : Identification de facteurs associés à des comportements non conformes aux recommandations de prévention. Une enquête par questionnaire auprès de 1004 professionnels.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Early carbohydrate metabolism in chicken lines divergently selected on ultimate pH, a proxy for muscle glycogen reserves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tesseraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Cailleau Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNGE, Dec 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">7. EAAP International Symposium on Energy and Protein Metabolism and Nutrition (ISEP 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEP, Sep 2022, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518188v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer l'investigation en recherche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transmission de la COVID 19 : Identification de facteurs associés à des comportements non conformes aux recommandations de prévention. Une enquête par questionnaire auprès de 1004 professionnels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Meziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNGE, Dec 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04533918v1</w:t>
+                <w:t xml:space="preserve">hal-04518188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets sur la santé des patients de la collaboration interprofessionnelle en soins primaires : Revue de littérature.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développer l'investigation en recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Angibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Collège National des Généralistes Enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNGE, Dec 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04521167v1</w:t>
+                <w:t xml:space="preserve">hal-04533918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développer la recherche au plus près des populations</w:t>
               </w:r>
@@ -7442,77 +7442,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation au dépistage du cancer du col de l’utérus : protocole d’étude de l’essai contrôlé randomisé IMPACT-GP évaluant l’effet de l’envoi de lettres d’invitation aux femmes non adhérentes combiné à l’envoi aux médecins généralistes d’une liste de leurs patientes non adhérentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Grimault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Banaszuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Abes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7675,51 +7675,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Télé-expertises à partir de photographies prises avec un smartphone par des médecins généralistes en cas de suspicion de mélanome : évaluation de la concordance de prise en charge entre dermatologues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Démoulins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Schmeltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7822,51 +7822,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gohard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Schmeltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7930,64 +7930,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet sur les prescriptions d’antibiotiques d’une intervention multifacette menée par les déléguées d’assurance maladie dans les cabinets de médecine générale comportant la démonstration de l’utilisation d’un outil internet d’aide à la décision : Antibioclic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Jeanmougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Larramendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8120,51 +8120,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d’un outil d’aide à la décision destiné aux femmes concernées par le dépistage organisé du cancer du sein en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8353,51 +8353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14è Congrès de la Médecine générale france</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège de la Médecine Générale France (CMGF), Jul 2020, E-Congrès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8422,51 +8422,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépistage du mélanome : une enquête sur les liens entre la personnalité des patients, le stress induit par l’information et l’adhésion à l’examen cutané annuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8543,51 +8543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8661,64 +8661,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of a decision aid tool for women eligible for organized breast screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8937,51 +8937,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Nguyen-Soenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th NAPCRG Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Virtuelle, Canada. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9380,51 +9380,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05382304v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Huet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Renaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-025-06781-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046300v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125905v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Angibaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Grimal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bataille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Huon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jourdain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-085626" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05069242v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond D&#233;moulins" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Schmeltz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gaultier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Quereux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20726" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514675v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Girard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Rouxel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Mouhib" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-024-02326-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04586934v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Schmeltz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;v&#232;que" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-024-11106-9" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04745764v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Teign&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Banaszuk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Grimault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lebon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Nanin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2024.108150" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461106v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jeanmougin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Larramendy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fournier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/60535" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04333856v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hild" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fairier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ruelle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aubin-Auger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.breast.2023.103613" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04489827v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Journeaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-023-02189-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04495136v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Meziere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gaultier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupouy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-071215" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04157632v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ferrat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Berquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2023.1128467" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184143v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laporte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fortin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Quirin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph192214845" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03580570v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Nguyen-Soenen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Schirr-Bonnans" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tessier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-022-07496-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993814v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaneliere" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schuers" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bayen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13814788.2022.2139825" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04053232v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Moumjid" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carretier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charuel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Daumer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zefq.2022.03.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03932008v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;m-Eus&#233;bi Am&#233;lie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fr&#232;che" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Houllemare" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonillo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-058879" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03875750v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Abes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.1035288" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188325v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Blachier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Molinie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpmope.2021.100013" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205135v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tudrej" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jouannin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Astruc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Penchaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Merhand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.174.274" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205160v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ferrat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-M Vincent" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pouchain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Boussageon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.169.23" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188250v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Samaran" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu l'Orphelin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dreno" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dompmartin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2021.4090" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205124v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.169.24" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188354v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D&#233;moulins" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Mamzer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jemep.2021.100631" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03647560v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Onaisi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duvignaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nguyen Binh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chastang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.178.451" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04157649v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Vincent" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Frachon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Allaire" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boussageon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pouchain" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fampra/cmab156" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272785v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Johanet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Valenza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Thabaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Laforest" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.32858" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189774v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pogu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bianco" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cowppli-Bony" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2020.4404" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500935v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-019-02779-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224852v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chambe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mio Kobayashi Frisk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Charton" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefebvre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Will" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12993" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040776v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Schmeltz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rocher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/10352" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963131v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rault S&#233;randour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Quereux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.9392" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963370v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Latour" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Rousseau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000344" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01628347v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Le Donn&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bianco" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2017.11387" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01808743v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Houd" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-013033" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01813132v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nguyen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487080" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01808160v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Khammari" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-016071" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525789v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sebo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Maisonneuve" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cerutti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senn" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184032" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525775v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rougerie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-017958" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01407477v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fernandez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Poiraud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02813432.2016.1207149" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01820036v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelenn Dagorne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2014-007471" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01072525v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Penhouet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Chaslerie" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pivette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-14-301" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984502v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Werner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Senand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13814788.2013.777423" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302405v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009512v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry-Pierre Riche" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009521v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298486v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069998v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609338v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713820v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04515349v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533780v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533811v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fiquet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pinsault" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Policard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04515328v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609299v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518211v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Qu&#233;reux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228752v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Petit" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cailleau Audouin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Godet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518188v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533918v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521167v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609232v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518229v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533933v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Sidorkiewicz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Oustric" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609273v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2021.09.573" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609265v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gohard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2021.09.064" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533969v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534092v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Anglaret" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534145v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534113v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565813v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572476v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560296v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maisonneuve" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cerutti" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04637918v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chabrat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gloaguen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521203v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlier Alexandre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575624v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609127v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jean-Pierre" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609090v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Jouannin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-2-294-76710-4.00011-5" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05382304v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Huet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Renaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-025-06781-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046300v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125905v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Angibaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Grimal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bataille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Huon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jourdain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-085626" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05069242v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond D&#233;moulins" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Schmeltz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gaultier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Quereux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20726" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04745764v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Teign&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Banaszuk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Grimault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lebon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Nanin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2024.108150" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514675v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Girard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Rouxel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Mouhib" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-024-02326-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04586934v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Schmeltz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;v&#232;que" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-024-11106-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04333856v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hild" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fairier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ruelle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aubin-Auger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.breast.2023.103613" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461106v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jeanmougin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Larramendy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fournier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/60535" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04495136v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Meziere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gaultier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupouy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-071215" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04489827v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Journeaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-023-02189-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04157632v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ferrat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Berquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2023.1128467" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993814v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaneliere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schuers" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laporte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bayen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13814788.2022.2139825" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03580570v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Nguyen-Soenen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Schirr-Bonnans" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tessier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-022-07496-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184143v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fortin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Quirin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph192214845" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04053232v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Moumjid" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carretier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charuel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Daumer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zefq.2022.03.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03932008v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;m-Eus&#233;bi Am&#233;lie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fr&#232;che" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Houllemare" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonillo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-058879" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03875750v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Abes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.1035288" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205160v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ferrat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-M Vincent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pouchain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Boussageon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.169.23" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205135v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tudrej" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jouannin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Astruc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Penchaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Merhand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.174.274" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188325v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Blachier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Molinie" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpmope.2021.100013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188250v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Samaran" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu l'Orphelin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dreno" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dompmartin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2021.4090" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205124v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.169.24" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188354v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D&#233;moulins" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Mamzer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jemep.2021.100631" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03647560v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Onaisi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duvignaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nguyen Binh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chastang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.178.451" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04157649v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Vincent" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Frachon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Allaire" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boussageon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pouchain" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fampra/cmab156" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272785v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Johanet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Valenza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Thabaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Laforest" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.32858" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189774v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pogu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bianco" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cowppli-Bony" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2020.4404" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500935v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-019-02779-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224852v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chambe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mio Kobayashi Frisk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Charton" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefebvre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Will" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12993" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963370v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Latour" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Rousseau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000344" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040776v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Schmeltz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rocher" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/10352" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963131v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rault S&#233;randour" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Quereux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.9392" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01628347v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Le Donn&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bianco" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2017.11387" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01808743v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Houd" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-013033" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01813132v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nguyen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487080" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01808160v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Khammari" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-016071" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525789v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sebo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Maisonneuve" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cerutti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senn" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184032" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525775v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rougerie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-017958" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01407477v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fernandez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Poiraud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02813432.2016.1207149" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01820036v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelenn Dagorne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2014-007471" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01072525v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Penhouet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Chaslerie" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pivette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-14-301" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984502v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Werner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Senand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13814788.2013.777423" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302405v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009512v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry-Pierre Riche" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009521v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298486v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069998v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713820v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609338v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533811v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fiquet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pinsault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Policard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04515328v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04515349v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533780v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521167v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518211v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Qu&#233;reux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609299v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228752v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Petit" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordeau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cailleau Audouin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Godet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518188v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533918v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609232v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518229v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533933v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Sidorkiewicz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Oustric" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609273v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2021.09.573" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609265v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gohard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2021.09.064" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533969v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534092v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Anglaret" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534145v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534113v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565813v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572476v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560296v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maisonneuve" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cerutti" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04637918v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chabrat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gloaguen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521203v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlier Alexandre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575624v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609127v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jean-Pierre" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609090v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Jouannin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-2-294-76710-4.00011-5" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>