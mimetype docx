--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1941,277 +1941,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of water in synthetic calcium silicate hydrates</w:t>
+                <w:t xml:space="preserve">The crystal structure of Magnesium Silicate Hydrate (M-S-H) andits relation with talc-like clay mineral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Roosz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Grangeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gaboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">V. Montouillout</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Montouillout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Collogue du Groupe Français des Argiles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Poitiers, France</w:t>
+              <w:t xml:space="preserve">4th InternatIonal Workshop on Mechanisms and Modelling of Waste / Cement Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Murten, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297641v1</w:t>
+                <w:t xml:space="preserve">hal-01308011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The crystal structure of Magnesium Silicate Hydrate (M-S-H) andits relation with talc-like clay mineral</w:t>
+                <w:t xml:space="preserve">Distribution of water in synthetic calcium silicate hydrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Roosz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gaboreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Grangeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Blanc</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Prêt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Montouillout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th InternatIonal Workshop on Mechanisms and Modelling of Waste / Cement Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Murten, Switzerland</w:t>
+              <w:t xml:space="preserve">14ème Collogue du Groupe Français des Argiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01308011v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The crystal structure of Magnesium Silicate Hydrate (M-S-H) and its relation with talc-like clay mineral</w:t>
               </w:r>
@@ -2537,51 +2537,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C21CE1BC"/>
+    <w:nsid w:val="1E869F74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2768,51 +2768,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-roosz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6151-1002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199521727" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04420632v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Roosz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Giroudon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre Lavigne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2024.105923" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003086v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaboreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grangeon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Claret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dris Ihiawakrim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ersen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c01335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02520099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cyr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2019.104494" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898399v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vieillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaboreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gailhanou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2018.03.004" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6MKTMLW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baronnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C.M. Marty" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Poulain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576716017404" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01685288v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pr&#234;t" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Montouillout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b00878" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01695800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsutomu Sato" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576716003885" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01356812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lothenbach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.03.014" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-560RL9NM-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Duchemin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hardy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Llobet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bista" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lacarriere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre-Lavigne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76465-4_25" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880582v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Desoteux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Robin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795441v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blotevogel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01297641v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montouillout" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01308011v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01120615v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671151v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lacroix" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Vennemann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-roosz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6151-1002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199521727" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04420632v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Roosz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Giroudon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre Lavigne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2024.105923" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003086v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaboreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grangeon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Claret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dris Ihiawakrim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ersen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c01335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02520099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Diaz Caselles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cyr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2019.104494" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898399v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vieillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaboreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gailhanou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2018.03.004" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6MKTMLW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691852v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baronnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C.M. Marty" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Poulain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576716017404" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01685288v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pr&#234;t" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Montouillout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b00878" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01695800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsutomu Sato" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576716003885" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01356812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lothenbach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.03.014" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-560RL9NM-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Duchemin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hardy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Llobet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bista" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lacarriere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre-Lavigne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76465-4_25" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880582v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Desoteux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Robin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795441v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blotevogel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01308011v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01297641v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montouillout" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01120615v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671151v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lacroix" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Vennemann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>