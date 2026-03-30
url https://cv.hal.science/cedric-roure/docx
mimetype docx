--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -707,191 +707,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universalité du construit théorique de l'intérêt en situation en éducation physique : une étude comparative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conceptions de situations d'apprentissage en éducation physique à partir de l'intérêt en situation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Roure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasco Denis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Roure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème congrès international de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">Congrès international de l'ARIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Guadeloupe, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03166238v1</w:t>
+                <w:t xml:space="preserve">hal-03166241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptions de situations d'apprentissage en éducation physique à partir de l'intérêt en situation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Universalité du construit théorique de l'intérêt en situation en éducation physique : une étude comparative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasco Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pasco Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international de l'ARIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Guadeloupe, France</w:t>
+              <w:t xml:space="preserve">17ème congrès international de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03166241v1</w:t>
+                <w:t xml:space="preserve">hal-03166238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of culturable antibiotic resistant bacterial communities in a Mediterranean karstic hydrosystem.</w:t>
               </w:r>
@@ -996,337 +996,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des sources de l’intérêt en situation lors d’activités physiques scolaires chez les garçons et les filles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des phénomènes transpositifs dans l’enseignement actuel du badminton à partir d’un programme épistémologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Pasco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International congress on children physical activity and sport</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Temps, temporalités et intervention en EPS et en sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARIS, Jul 2014, Genève, Suisse</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01076593v1</w:t>
+                <w:t xml:space="preserve">hal-01076596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des phénomènes transpositifs dans l’enseignement actuel du badminton à partir d’un programme épistémologique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Approche pluridisciplinaire originale d'exploration de l'aquifère karstique du Lez : compartimentation hydrodynamique et résistance des communautés bactérienne aux antibiotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Licznar-Fajardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Masnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. De Montety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Léonardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temps, temporalités et intervention en EPS et en sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARIS, Jul 2014, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Effervescence : environnements et résidus de médicaments : enjeux présents et futurs : quelles réponses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01076596v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01790233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche pluridisciplinaire originale d'exploration de l'aquifère karstique du Lez : compartimentation hydrodynamique et résistance des communautés bactérienne aux antibiotiques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Étude des sources de l’intérêt en situation lors d’activités physiques scolaires chez les garçons et les filles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kermarrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Roure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Effervescence : environnements et résidus de médicaments : enjeux présents et futurs : quelles réponses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International congress on children physical activity and sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Liège, Belgique. pp.S18-S19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2014.08.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01790233v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration des communautés bactériennes résistantes aux antibiotiques dans des environnements aquatiques de la région de Montpellier</w:t>
               </w:r>
@@ -1338,51 +1338,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Almakki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Masnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1866,173 +1866,173 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le métier de professeur d' EPS et l'épistémologie des savoirs scolaires</w:t>
+                <w:t xml:space="preserve">L'épistémologie des savoirs en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">J. Fuchs &amp; Co. </w:t>
+              <w:t xml:space="preserve">H. Galli &amp; Co. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enseignant d' EPS : un métier en mutation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EP&amp;S, pp.157-166, 2013</w:t>
+              <w:t xml:space="preserve">Les didactiques au prisme de l'épistémologie : une approche plurielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Universitaires de Dijon, pp.285-296, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01076584v1</w:t>
+                <w:t xml:space="preserve">hal-01076582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'épistémologie des savoirs en EPS</w:t>
+                <w:t xml:space="preserve">Le métier de professeur d' EPS et l'épistémologie des savoirs scolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">H. Galli &amp; Co. </w:t>
+              <w:t xml:space="preserve">J. Fuchs &amp; Co. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les didactiques au prisme de l'épistémologie : une approche plurielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Universitaires de Dijon, pp.285-296, 2013</w:t>
+              <w:t xml:space="preserve">Enseignant d' EPS : un métier en mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EP&amp;S, pp.157-166, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01076582v1</w:t>
+                <w:t xml:space="preserve">hal-01076584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'un cadre relatif à l'épistémologie des savoirs scolaires en EPS</w:t>
               </w:r>
@@ -2260,51 +2260,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pasco" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721371v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pasco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cbs0000027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01991972v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Widiez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hartmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sollier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Veytizou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06405.0035ecst" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076571v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.096.0139" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deldicque" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166238v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasco Denis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166241v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayad Almakki" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Hery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aujoulat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2014.08.033" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6DB234Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076596v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790233v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Licznar-Fajardo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hery" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masnou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. De Montety" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique L&#233;onardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790234v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Almakki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Esteves" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mosser" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076608v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076702v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076704v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076584v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076582v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076580v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pasco" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721371v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pasco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cbs0000027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01991972v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Widiez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hartmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sollier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Veytizou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06405.0035ecst" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076571v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.096.0139" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deldicque" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasco Denis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166238v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayad Almakki" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Hery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aujoulat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076596v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790233v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Licznar-Fajardo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hery" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masnou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. De Montety" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique L&#233;onardi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076593v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2014.08.033" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6DB234Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790234v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Almakki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Esteves" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mosser" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076608v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076702v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076704v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076582v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076584v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076580v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>