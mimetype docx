--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cédric Saucier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and modelling Syrah red wines evolution: Ageing tests, color and new molecular indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 137, pp.106912. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfca.2024.106912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Discriminant Specific Tastes in Chardonnay Wines Among Other White Wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Seinforin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Caillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nikolantonaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14 (16), pp.2870. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods14162870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UHPLC-Q-Orbitrap metabolomics of Syrah red wines during bottle ageing: Molecular markers of evolution and cork permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 464, pp.141517. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.141517⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cork impact on red wine aging monitoring through 1H NMR metabolomics: A comprehensive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Homobono Brito de Moura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 203, pp.115772. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodres.2025.115772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syrah Grape Polyphenol Extracts Protect Human Skeletal Muscle Cells from Oxidative and Metabolic Stress Induced by Excess of Palmitic Acid: Effect of Skin/Seed Ripening Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Capozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Dudoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Carnac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (3), pp.373. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox13030373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time optical fibre near-infrared chromatic dispersion analyser using collocated optical fibre gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyriacos Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranjeet S. Bhamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (23), pp.41026-41040. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.530983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792863v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of targeted phenolic ageing markers in Syrah red wines during bottle ageing: Influence of cork oxygen transfer rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Suc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 443, pp.138491. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.138491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of phenolic composition and antioxidant parameters on the ageing potential of Syrah red wines measured by accelerated ageing tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 426, pp.136613. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.136613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the oxidative evolution of tannins during Syrah red wines ageing by tandem mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Suc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 385, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Acetaldehyde Addition on the Sensory Perception of Syrah Red Wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrine Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Nolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Farines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (12), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods11121693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grape Polyphenols in the Treatment of Human Skeletal Muscle Damage Due to Inflammation and Oxidative Stress during Obesity and Aging: Early Outcomes and Promises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Capozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bisbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (19), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27196594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UHPLC-Q-Orbitrap /MS2 identification of (+)-Catechin oxidation reaction dimeric products in red wines and grape seed extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 382, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Analysis of Isomeric Polyphenol Dimers Using the 4th Dimension of Trapped Ion Mobility Spectrometry—Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aécio L de Sousa Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Verbaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (13), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27134176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03839259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Red Wine Oxidation Characterization by Accelerated Ageing Tests and Cyclic Voltammetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Veran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (12), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox10121943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stilbenes in grape berries and wine and their potential role as anti-obesity agents: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Hornedo-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni El Khawand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 112, pp.362-381. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tifs.2021.03.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyphenolic characterization of merlot, tannat and syrah skin extracts at different degrees of maturity and anti-inflammatory potential in RAW 264.7 cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls-Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Krisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (3), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods10030541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unambiguous NMR Structural Determination of (+)-Catechin—Laccase Dimeric Reaction Products as Potential Markers of Grape and Wine Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Guernevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Suc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (20), </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules26206165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Red Wine Oxidation: Accelerated Ageing Tests, Possible Reaction Mechanisms and Application to Syrah Red Wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (8), pp.663. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox9080663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrimination of rosé wines using shotgun metabolomics with a genetic algorithm and MS ion intensity ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Reynes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-58193-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltammetric behavior, flavanol and anthocyanin contents, and antioxidant capacity of grape skins and seeds during ripening (Vitis vinifera var. Merlot, Tannat, and Syrah)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (9), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox9090800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">α-Glucosidase Inhibitory Activity of Tannat Grape Phenolic Extracts in Relation to Their Ripening Stages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Dudoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Hornedo-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls-Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (8), pp.1088. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom10081088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02948324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laccases 2 & 3 as biomarkers of Botrytis cinerea infection in sweet white wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 315, pp.126233. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of polyvinylpolypyrrolidone treatment on rosés wines during fermentation: Impact on color, polyphenols and thiol aromas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Louazil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Iturmendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Moine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Cheynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 295, pp.493-498. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.05.125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavanol Glycoside Content of Grape Seeds and Skins of Vitis vinifera Varieties Grown in Castilla-La Mancha, Spain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Pérez-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Miguel Izquierdo-Cañas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Gómez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (21), 16 p. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules24214001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and quantification of flavanol glycosides in Vitis vinifera grape seeds and skins during ripening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (11), 13 p. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules23112745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain effect on extracellular laccase activities from Botrytis cinerea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Quijada Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (2), pp.241-251. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of flavanol glycosides during red grape fermentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (12), 14 p. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules23123300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New flavanol O-glycosides in grape and wine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Guerneve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Lepak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 266, pp.441-448. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01918062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosé Wine Fining Using Polyvinylpolypyrrolidone: Colorimetry, Targeted Polyphenomics, and Molecular Dynamics Simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Avila-Salas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo S. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Iturmendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Moine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 65 (48), pp.10591-10597. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.7b04461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of monomeric and oligomeric wine stilbenoids in red wines by ultra-high-performance liquid chromatography/electrospray ionization quadrupole time-of-flight mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Moss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinyong Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27 (16), pp.1815-1827. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rcm.6636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of different closures on intrinsic sensory wine quality and consumer preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Roseira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Cabral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Darriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wine and Viticulture Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (2), pp.34-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification, amounts, and kinetics of extraction of C-glucosidic ellagitannins during wine aging in oak barrels or in stainless steel tanks with oak chips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Quideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Louis Teissedre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 401 (5), pp.1531 - 1539. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-011-4949-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physicochemical studies of new anthocyano-ellagitannin hybrid pigments: about the origin of the influence of oak C-glycosidic ellagitannins on wine color</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Lefeuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2010 (1), pp.55 - 63. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.200901133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grape variety effect on proanthocyanidin composition and sensory perception of skin and seed tannin extracts from Bordeaux wine grapes (Cabernet Sauvignon and Merlot) for two consecutive vintages (2006 and 2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kleopatra Chira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Schmauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (2), pp.545-553. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf802301g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of oxygen dissolved at bottling and transmitted through closures on the composition and sensory properties of a Sauvignon Blanc wine during bottle storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria A Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takatoshi Tominaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (21), pp.10261-10270. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf9023257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pH, ethanol and acidity on astringency and bitterness of grape seed tannin oligomers in model wine solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fontoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Quality and Preference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (3), pp.286-291. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodqual.2007.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturité phénolique : comment l'évaluer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1047, pp.37-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylidene-bridged flavan-3-ols in red wine and correlation with wine age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A. Kennedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (15), pp.6292-6299. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf070038w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main routes of oxygen ingress through different closures into wine bottles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (13), pp.5167-5170. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0706023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthocyanone A : a quinone methide derivative resulting from Malvidin 3-O-glucoside degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (7), pp.2698-2704. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf062875o⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of ethylidene-bridged flavan-3-ols in wine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A. Kennedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (4), pp.1109-1116. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0626258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of L-ascorbic acid in wines by direct injection liquid chromatography using a polymeric column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 555 (2), pp.242-245. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aca.2005.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of vine nitrogen status on grape aromatic potential : flavor precursors (S-cysteine conjugates) glutathione and phenolic content in Vitis vinifera L.cv.Sauvignon blanc grape juice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Choné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Lavigne-Cruege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takatoshi Tominaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Castagnède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 40 (1), pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction, detection, and quantification of flavano-ellagitannins and ethylvescalagin in a Bordeaux red wine aged in oak barrels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Quideau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (19), pp.7349-7354. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf061724i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of storage position on oxygen ingress through different closures into wine bottles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (18), pp.6741-6746. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0614239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and cellular localization of tannins in Cabernet Sauvignon skins during growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gagné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Gény</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (25), pp.9465-9471. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf061946g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nondestructive colorimetric method to determine the oxygen diffusion rate through closures used in winemaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (18), pp.6967-6973. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0404849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(+)-Catechin-Aldehyde condensations : competition between acetaldehyde and glyoxylic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (19), pp.7552-7558. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0504723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chemistry of Wine PolyphenolicC-Glycosidic Ellagitannins Targeting Human Topoisomerase II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Quideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Lefeuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Montaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11 (22), pp.6503-6513. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.200500428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02438658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the chromatic dispersion of wine models using a fibre long period grating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyriacos Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Nonlinear Cell Photonics (ICON-W)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alain BURGER; Frédéric BRAU; Stéphane LANTERI; Gian Luca LIPPI; Caroline MEDIONI, Apr 2025, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the chromatic refractive index signature of wine models using a fibre long period gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. S. Bhamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Sensing and Detection VIII - SPIE Photonics Europe 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Strasbourg, France. pp.1299902, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3022049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Analysis of Isomeric Polyphenol Dimers Using the 4th Dimension of Trapped Ion Mobility Spectrometry—Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aécio L de Sousa Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Verbaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. Journées Françaises de Spectrométrie de Masse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFSM, Sep 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromatic dispersion measurement of synthetic models of beverages using long pitch gratings in an optical fibre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyriacos Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès OPTIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Optique, Jul 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entering the 4th dimension: ion mobility spectrometry is the new analytical dimension to characterize and monitor isomeric polyphenol dimers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aécio L de Sousa Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Verbaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31. International Conference on Polyphenols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Polyphénols, Jul 2023, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membres du comité d'organisation scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crivellaro Celito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis D. Gougeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. International Conference Wine Active Compounds. WAC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavanol glycosides in grapes and wines as potential key intermediates in proanthocyanidin biosynthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abelanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Changins, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of IBMP-Polypenol interactions on volatility and sensory perception in model wine solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.C. Johansson Filote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bloem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lorenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Rigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICP2016 The XXVIIIth International Conference on Polyphenols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic and activity characterization of exocellular laccases from Botrytis cinerea strains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Quijada-Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.X. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chermandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Macrowine 2016, Jun 2016, Changins, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04605042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IBMP-Polypenol interactions: impact on volatility and sensory perception in model wine solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.C. Johansson Filote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bloem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lorenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Rigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Changins, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les complexes PVPP-Polyphénol : une approche moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Laborde-Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Moine-Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dubourdieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium International d'Œnologie "Œno 2007"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Talence, France. 1 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and cellular localization of tannins in grape skin during growth. Comparison between white and red cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gagné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Gény</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium International d'Œnologie "Œno 2007"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Talence, France. 1 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId257"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cédric Saucier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and modelling Syrah red wines evolution: Ageing tests, color and new molecular indices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 137, pp.106912. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfca.2024.106912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Discriminant Specific Tastes in Chardonnay Wines Among Other White Wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Seinforin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Caillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Nikolantonaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14 (16), pp.2870. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods14162870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UHPLC-Q-Orbitrap metabolomics of Syrah red wines during bottle ageing: Molecular markers of evolution and cork permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 464, pp.141517. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.141517⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cork impact on red wine aging monitoring through 1H NMR metabolomics: A comprehensive approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Leleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Homobono Brito de Moura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 203, pp.115772. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodres.2025.115772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syrah Grape Polyphenol Extracts Protect Human Skeletal Muscle Cells from Oxidative and Metabolic Stress Induced by Excess of Palmitic Acid: Effect of Skin/Seed Ripening Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Capozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Dudoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Carnac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (3), pp.373. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox13030373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of targeted phenolic ageing markers in Syrah red wines during bottle ageing: Influence of cork oxygen transfer rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Suc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 443, pp.138491. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.138491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time optical fibre near-infrared chromatic dispersion analyser using collocated optical fibre gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyriacos Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranjeet S. Bhamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (23), pp.41026-41040. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.530983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792863v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of phenolic composition and antioxidant parameters on the ageing potential of Syrah red wines measured by accelerated ageing tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 426, pp.136613. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2023.136613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grape Polyphenols in the Treatment of Human Skeletal Muscle Damage Due to Inflammation and Oxidative Stress during Obesity and Aging: Early Outcomes and Promises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Capozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bisbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (19), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27196594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UHPLC-Q-Orbitrap /MS2 identification of (+)-Catechin oxidation reaction dimeric products in red wines and grape seed extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 382, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Acetaldehyde Addition on the Sensory Perception of Syrah Red Wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrine Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Nolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Farines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (12), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods11121693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the oxidative evolution of tannins during Syrah red wines ageing by tandem mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Suc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 385, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Analysis of Isomeric Polyphenol Dimers Using the 4th Dimension of Trapped Ion Mobility Spectrometry—Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aécio L de Sousa Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Verbaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (13), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27134176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03839259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Red Wine Oxidation Characterization by Accelerated Ageing Tests and Cyclic Voltammetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Veran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (12), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox10121943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stilbenes in grape berries and wine and their potential role as anti-obesity agents: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Hornedo-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toni El Khawand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 112, pp.362-381. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tifs.2021.03.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unambiguous NMR Structural Determination of (+)-Catechin—Laccase Dimeric Reaction Products as Potential Markers of Grape and Wine Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Guernevé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Suc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Mouls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (20), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules26206165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyphenolic characterization of merlot, tannat and syrah skin extracts at different degrees of maturity and anti-inflammatory potential in RAW 264.7 cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls-Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Krisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (3), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods10030541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Red Wine Oxidation: Accelerated Ageing Tests, Possible Reaction Mechanisms and Application to Syrah Red Wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (8), pp.663. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox9080663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltammetric behavior, flavanol and anthocyanin contents, and antioxidant capacity of grape skins and seeds during ripening (Vitis vinifera var. Merlot, Tannat, and Syrah)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (9), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox9090800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrimination of rosé wines using shotgun metabolomics with a genetic algorithm and MS ion intensity ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Reynes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-58193-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">α-Glucosidase Inhibitory Activity of Tannat Grape Phenolic Extracts in Relation to Their Ripening Stages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Dudoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Benbouguerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Hornedo-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Valls-Fonayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (8), pp.1088. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom10081088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02948324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laccases 2 & 3 as biomarkers of Botrytis cinerea infection in sweet white wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 315, pp.126233. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of polyvinylpolypyrrolidone treatment on rosés wines during fermentation: Impact on color, polyphenols and thiol aromas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Louazil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Iturmendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Moine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Cheynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 295, pp.493-498. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.05.125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavanol Glycoside Content of Grape Seeds and Skins of Vitis vinifera Varieties Grown in Castilla-La Mancha, Spain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Pérez-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Miguel Izquierdo-Cañas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Gómez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (21), 16 p. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules24214001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and quantification of flavanol glycosides in Vitis vinifera grape seeds and skins during ripening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (11), 13 p. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules23112745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain effect on extracellular laccase activities from Botrytis cinerea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Quijada Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (2), pp.241-251. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of flavanol glycosides during red grape fermentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Enjalbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (12), 14 p. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules23123300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New flavanol O-glycosides in grape and wine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Guerneve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Lepak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 266, pp.441-448. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01918062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosé Wine Fining Using Polyvinylpolypyrrolidone: Colorimetry, Targeted Polyphenomics, and Molecular Dynamics Simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélodie Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Avila-Salas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo S. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Iturmendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Moine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 65 (48), pp.10591-10597. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.7b04461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of monomeric and oligomeric wine stilbenoids in red wines by ultra-high-performance liquid chromatography/electrospray ionization quadrupole time-of-flight mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Moss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qinyong Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27 (16), pp.1815-1827. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rcm.6636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of different closures on intrinsic sensory wine quality and consumer preferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Roseira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Cabral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Darriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wine and Viticulture Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (2), pp.34-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification, amounts, and kinetics of extraction of C-glucosidic ellagitannins during wine aging in oak barrels or in stainless steel tanks with oak chips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Quideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Louis Teissedre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 401 (5), pp.1531 - 1539. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-011-4949-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physicochemical studies of new anthocyano-ellagitannin hybrid pigments: about the origin of the influence of oak C-glycosidic ellagitannins on wine color</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Lefeuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2010 (1), pp.55 - 63. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.200901133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grape variety effect on proanthocyanidin composition and sensory perception of skin and seed tannin extracts from Bordeaux wine grapes (Cabernet Sauvignon and Merlot) for two consecutive vintages (2006 and 2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kleopatra Chira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Schmauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (2), pp.545-553. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf802301g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of oxygen dissolved at bottling and transmitted through closures on the composition and sensory properties of a Sauvignon Blanc wine during bottle storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria A Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takatoshi Tominaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (21), pp.10261-10270. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf9023257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pH, ethanol and acidity on astringency and bitterness of grape seed tannin oligomers in model wine solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fontoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Quality and Preference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (3), pp.286-291. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodqual.2007.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturité phénolique : comment l'évaluer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1047, pp.37-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylidene-bridged flavan-3-ols in red wine and correlation with wine age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A. Kennedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (15), pp.6292-6299. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf070038w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main routes of oxygen ingress through different closures into wine bottles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (13), pp.5167-5170. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0706023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthocyanone A : a quinone methide derivative resulting from Malvidin 3-O-glucoside degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (7), pp.2698-2704. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf062875o⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of ethylidene-bridged flavan-3-ols in wine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James A. Kennedy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (4), pp.1109-1116. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0626258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of L-ascorbic acid in wines by direct injection liquid chromatography using a polymeric column</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 555 (2), pp.242-245. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aca.2005.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of vine nitrogen status on grape aromatic potential : flavor precursors (S-cysteine conjugates) glutathione and phenolic content in Vitis vinifera L.cv.Sauvignon blanc grape juice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Choné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Lavigne-Cruege</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takatoshi Tominaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelis van Leeuwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Castagnède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 40 (1), pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction, detection, and quantification of flavano-ellagitannins and ethylvescalagin in a Bordeaux red wine aged in oak barrels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Quideau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (19), pp.7349-7354. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf061724i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of storage position on oxygen ingress through different closures into wine bottles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (18), pp.6741-6746. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0614239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and cellular localization of tannins in Cabernet Sauvignon skins during growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gagné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Gény</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (25), pp.9465-9471. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf061946g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nondestructive colorimetric method to determine the oxygen diffusion rate through closures used in winemaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (18), pp.6967-6973. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0404849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(+)-Catechin-Aldehyde condensations : competition between acetaldehyde and glyoxylic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Drinkine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Glories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (19), pp.7552-7558. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf0504723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chemistry of Wine PolyphenolicC-Glycosidic Ellagitannins Targeting Human Topoisomerase II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Quideau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Jourdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Lefeuvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Montaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11 (22), pp.6503-6513. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.200500428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02438658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the chromatic dispersion of wine models using a fibre long period grating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyriacos Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Nonlinear Cell Photonics (ICON-W)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alain BURGER; Frédéric BRAU; Stéphane LANTERI; Gian Luca LIPPI; Caroline MEDIONI, Apr 2025, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the chromatic refractive index signature of wine models using a fibre long period gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. S. Bhamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Sensing and Detection VIII - SPIE Photonics Europe 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Strasbourg, France. pp.1299902, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3022049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Analysis of Isomeric Polyphenol Dimers Using the 4th Dimension of Trapped Ion Mobility Spectrometry—Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aécio L de Sousa Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Verbaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. Journées Françaises de Spectrométrie de Masse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFSM, Sep 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromatic dispersion measurement of synthetic models of beverages using long pitch gratings in an optical fibre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Allsop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ioannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyriacos Kalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Aguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès OPTIQUE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Optique, Jul 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entering the 4th dimension: ion mobility spectrometry is the new analytical dimension to characterize and monitor isomeric polyphenol dimers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aécio L de Sousa Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Verbaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacy Deshaies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31. International Conference on Polyphenols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Polyphénols, Jul 2023, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membres du comité d'organisation scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crivellaro Celito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis D. Gougeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. International Conference Wine Active Compounds. WAC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic and activity characterization of exocellular laccases from Botrytis cinerea strains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Quijada-Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.X. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chermandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Macrowine 2016, Jun 2016, Changins, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04605042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavanol glycosides in grapes and wines as potential key intermediates in proanthocyanidin biosynthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zerbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abelanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Meudec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Changins, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of IBMP-Polypenol interactions on volatility and sensory perception in model wine solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.C. Johansson Filote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bloem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lorenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Rigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICP2016 The XXVIIIth International Conference on Polyphenols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IBMP-Polypenol interactions: impact on volatility and sensory perception in model wine solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.C. Johansson Filote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bloem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lorenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Rigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Changins, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les complexes PVPP-Polyphénol : une approche moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Laborde-Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Moine-Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Dubourdieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium International d'Œnologie "Œno 2007"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Talence, France. 1 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and cellular localization of tannins in grape skin during growth. Comparison between white and red cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gagné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Saucier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Gény</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium International d'Œnologie "Œno 2007"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Talence, France. 1 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId257"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083170v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Garcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Saucier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2024.106912" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266415v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Seinforin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Caill&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods14162870" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772315v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.141517" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939818v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leleu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Homobono Brito de Moura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory da Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.115772" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573254v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Capozzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Dudoit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carnac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hugon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13030373" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792863v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Allsop" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ioannou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriacos Kalli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjeet S. Bhamber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Aguera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.530983" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573473v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.138491" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369728v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Deshaies" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Constantin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136613" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841388v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mouls" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132538" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837076v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drine Perrin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nolleau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Godet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Farines" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11121693" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816329v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bisbal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196594" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672007v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132505" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839259v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;cio L de Sousa Dias" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Verbaere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134176" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03557576v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Veran" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10121943" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Benbouguerra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Hornedo-Ortega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni El Khawand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.03.060" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198938v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Valls-Fonayet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Krisa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10030541" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03433918v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guernev&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26206165" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941501v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Enjalbal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9080663" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935106v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Gil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reynes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabatier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-58193-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02987980v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Richard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9090800" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10081088" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505356v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Attina" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vialaret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126233" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166483v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louazil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Iturmendi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.05.125" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468525v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;rez-Navarro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Miguel Izquierdo-Ca&#241;as" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio G&#243;mez-Alonso" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24214001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981152v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zerbib" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23112745" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837855v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada Morin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12322" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981153v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Ducasse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23123300" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918062v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Mazauric" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guerneve" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lepak" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.06.019" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837833v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Avila-Salas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo S. Santos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b04461" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406786v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Moss" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyong Mao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Taylor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.6636" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B0E7A2D5B8F27FAEB0AC38BA254658643E6ECD2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645893v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Lopes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Roseira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cabral" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Darriet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649138v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jourdes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Michel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Quideau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louis Teissedre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-4949-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DB5387C989404C80C0B67380ACC6A151634D8630/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665688v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Chassaing" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lefeuvre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Jacquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ducasse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200901133" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QT1RST8X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665991v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kleopatra Chira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Schmauch" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Fabre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Teissedre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf802301g" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667176v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Silva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pons" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takatoshi Tominaga" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lavigne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf9023257" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406722v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fontoin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Glories" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2007.08.004" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TH5KS8CG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664383v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667506v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Drinkine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Kennedy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf070038w" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W6D209P3-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662438v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0706023" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-T9NBS861-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659335v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Monti" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf062875o" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-NQR9QWZ6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662084v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0626258" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-HJQ8B2DB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665704v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2005.09.005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVLJ045T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656949v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chon&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lavigne-Cruege" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Castagn&#232;de" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664321v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf061724i" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-J3C74RJF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665720v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0614239" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4S9C9CN2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667522v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gagn&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence G&#233;ny" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf061946g" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-0S481TV8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678257v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0404849" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-HVXKTZ48-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678741v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0504723" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SGW39FHM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438658v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Montaudon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200500428" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZGQ8707S-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219148v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792939v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Allsop" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ioannou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kalli" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. Bhamber" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3022049" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772302v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844547v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772301v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03710928v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bauer" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crivellaro Celito" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D. Gougeon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607676v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Puech" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abelanet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605426v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Johansson Filote" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lorenzi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04605042v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Quijada-Morin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Sauvage" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Auclair" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chermandin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603624v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823696v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Laborde-Huguet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Moine-Ledoux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Richard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dubourdieu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813902v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083170v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Garcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Saucier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2024.106912" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266415v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Seinforin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Caill&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods14162870" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772315v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.141517" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939818v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leleu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Homobono Brito de Moura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory da Costa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.115772" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573254v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Capozzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Dudoit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Carnac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hugon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13030373" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573473v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.138491" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792863v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Allsop" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ioannou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriacos Kalli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjeet S. Bhamber" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Aguera" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.530983" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369728v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Deshaies" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Constantin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.136613" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816329v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bisbal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196594" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672007v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mouls" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132505" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837076v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drine Perrin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nolleau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Godet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Farines" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11121693" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841388v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132538" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839259v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;cio L de Sousa Dias" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Verbaere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134176" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03557576v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Veran" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10121943" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Benbouguerra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Hornedo-Ortega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni El Khawand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2021.03.060" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03433918v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guernev&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26206165" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198938v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Valls-Fonayet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Krisa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10030541" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941501v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Enjalbal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9080663" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02987980v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Richard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9090800" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935106v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Gil" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reynes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabatier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-58193-2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10081088" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505356v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Attina" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vialaret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126233" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166483v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louazil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Iturmendi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.05.125" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468525v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;rez-Navarro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Miguel Izquierdo-Ca&#241;as" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio G&#243;mez-Alonso" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24214001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981152v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zerbib" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23112745" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837855v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada Morin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12322" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981153v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Ducasse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23123300" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918062v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Mazauric" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guerneve" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lepak" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.06.019" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837833v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Avila-Salas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo S. Santos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b04461" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406786v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Moss" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyong Mao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Taylor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.6636" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B0E7A2D5B8F27FAEB0AC38BA254658643E6ECD2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645893v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Lopes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Roseira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cabral" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Darriet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649138v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jourdes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Michel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Quideau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louis Teissedre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-4949-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DB5387C989404C80C0B67380ACC6A151634D8630/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665688v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Chassaing" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lefeuvre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Jacquet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ducasse" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200901133" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QT1RST8X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665991v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kleopatra Chira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Schmauch" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Fabre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Teissedre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf802301g" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667176v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Silva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pons" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takatoshi Tominaga" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lavigne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf9023257" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406722v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fontoin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Glories" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2007.08.004" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TH5KS8CG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664383v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667506v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Drinkine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Kennedy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf070038w" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W6D209P3-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662438v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0706023" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-T9NBS861-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659335v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Monti" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf062875o" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-NQR9QWZ6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662084v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0626258" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-HJQ8B2DB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665704v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2005.09.005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVLJ045T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656949v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chon&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lavigne-Cruege" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis van Leeuwen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Castagn&#232;de" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664321v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf061724i" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-J3C74RJF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665720v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0614239" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4S9C9CN2-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667522v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gagn&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence G&#233;ny" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf061946g" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-0S481TV8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678257v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0404849" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-HVXKTZ48-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678741v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0504723" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SGW39FHM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438658v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Montaudon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200500428" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZGQ8707S-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219148v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792939v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Allsop" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ioannou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kalli" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. Bhamber" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3022049" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772302v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844547v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772301v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03710928v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bauer" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crivellaro Celito" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D. Gougeon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04605042v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Quijada-Morin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Sauvage" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Auclair" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chermandin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607676v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Puech" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abelanet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605426v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Johansson Filote" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lorenzi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603624v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823696v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Laborde-Huguet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Moine-Ledoux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Richard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dubourdieu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813902v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>