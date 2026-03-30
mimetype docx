--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -464,96 +464,109 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions épistémologiques sur les mesures biomécaniques en sciences du sport. Une illustration par la comparaison entre des données biomécaniques et l’analyse d’entraîneurs experts en judo</w:t>
+                <w:t xml:space="preserve">Analyse du niveau d’efficacité d’un ”algorithme d’affectation” de Parcoursup dans une filière en tension au regard de la réussite académique : l’exemple de la Licence STAPS de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Terret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Gerville-Réache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Méthodes Mixtes de Recherche pour l’analyse de l’activité et de l’expérience en Education physique &amp; en Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UFR STAPS - Université Paris Cité, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Égalité(s) vers et dans l'enseignement supérieur - EGALISUP 2e édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CREAD; Université Rennes 2, Jul 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307952v1</w:t>
+                <w:t xml:space="preserve">hal-04307917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques de déplacement du judoka en fonction du niveau d’expertise. Proposition d’exploitation de l’actimétrie pour une analyse en situation écologique d’opposition</w:t>
               </w:r>
@@ -602,109 +615,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04308103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du niveau d’efficacité d’un ”algorithme d’affectation” de Parcoursup dans une filière en tension au regard de la réussite académique : l’exemple de la Licence STAPS de Bordeaux</w:t>
+                <w:t xml:space="preserve">Réflexions épistémologiques sur les mesures biomécaniques en sciences du sport. Une illustration par la comparaison entre des données biomécaniques et l’analyse d’entraîneurs experts en judo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Terret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Gerville-Réache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Égalité(s) vers et dans l'enseignement supérieur - EGALISUP 2e édition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CREAD; Université Rennes 2, Jul 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Méthodes Mixtes de Recherche pour l’analyse de l’activité et de l’expérience en Education physique &amp; en Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UFR STAPS - Université Paris Cité, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04307917v1</w:t>
+                <w:t xml:space="preserve">hal-04307952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accessibilité territoriale de l'offre de formation Parcoursup : des grands champs disciplinaires au STAPS de Bordeaux</w:t>
               </w:r>
@@ -766,234 +766,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intégration du E-Sport dans le monde fédéral : une menace ou une opportunité ?</w:t>
+                <w:t xml:space="preserve">Place and role of the technical expertise of river guides in customer satisfaction during rafting activities : an application of marketing tetraclass model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Terret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International Pluridisciplinaire du CéROU : E-Sport : du divertissement à l’olympisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Besançon, France</w:t>
+              <w:t xml:space="preserve">8th IRNIST Conference : Sport Tourism and Local Sustainable Development: The Dynamics of Action Sports and Cultural Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Research Network of Sport Tourism, May 2022, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351345v1</w:t>
+                <w:t xml:space="preserve">hal-04351379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place and role of the technical expertise of river guides in customer satisfaction during rafting activities : an application of marketing tetraclass model</w:t>
+                <w:t xml:space="preserve">Les enjeux liés à la pratique sportive dans le cadre des Jeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Terret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th IRNIST Conference : Sport Tourism and Local Sustainable Development: The Dynamics of Action Sports and Cultural Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Research Network of Sport Tourism, May 2022, Biarritz, France</w:t>
+              <w:t xml:space="preserve">Colloque de l’Association Bordelaise des Juristes en Contentieux Publics : Jeux Olympiques et Paralympiques 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Bordelaise des Juristes en Contentieux Publics, Feb 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351379v1</w:t>
+                <w:t xml:space="preserve">hal-04351402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux liés à la pratique sportive dans le cadre des Jeux</w:t>
+                <w:t xml:space="preserve">L’intégration du E-Sport dans le monde fédéral : une menace ou une opportunité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Terret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l’Association Bordelaise des Juristes en Contentieux Publics : Jeux Olympiques et Paralympiques 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Bordelaise des Juristes en Contentieux Publics, Feb 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque International Pluridisciplinaire du CéROU : E-Sport : du divertissement à l’olympisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351402v1</w:t>
+                <w:t xml:space="preserve">hal-04351345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’uchi-komi en judo, simple tradition ? Ou réelle méthode de transmission ?</w:t>
               </w:r>
@@ -1666,51 +1666,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348625v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Terret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pillard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Depiesse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gerville-R&#233;ache" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerville-R&#233;ache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348619v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morlier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mikulovic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307904v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rob&#232;ne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grosjean" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-GFB17ZRD-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307952v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308103v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307917v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156865v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351345v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351379v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351422v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351439v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348636v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351294v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351311v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bui-Xuan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348625v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Terret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pillard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Depiesse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gerville-R&#233;ache" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerville-R&#233;ache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348619v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morlier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mikulovic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307904v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rob&#232;ne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grosjean" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-GFB17ZRD-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307917v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308103v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307952v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156865v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351379v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351402v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351345v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351422v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351439v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348636v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351294v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351311v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bui-Xuan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>