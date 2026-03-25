--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -125,161 +125,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical status report on plasma components and systems in the context of EuPRAXIA</w:t>
+                <w:t xml:space="preserve">Trends in relativistic laser–matter interaction: the promises of structured light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Biagioni</w:t>
+                <w:t xml:space="preserve">Marco Piccardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Bourgeois</w:t>
+                <w:t xml:space="preserve">Mihail O Cernaianu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brandi</w:t>
+                <w:t xml:space="preserve">John P Palastro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Cassou</w:t>
+                <w:t xml:space="preserve">Alexey Arefiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Corner</w:t>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (11), pp.110501. </w:t>
+              <w:t xml:space="preserve">Optica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (6), pp.732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0286730⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OPTICA.558754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348718v1</w:t>
+                <w:t xml:space="preserve">hal-05344333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decoupling acceleration and wiggling in a laser-produced Betatron source</w:t>
               </w:r>
@@ -527,476 +531,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in relativistic laser–matter interaction: the promises of structured light</w:t>
+                <w:t xml:space="preserve">Physics of high-charge laser-plasma accelerators for few-MeV applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Piccardo</w:t>
+                <w:t xml:space="preserve">L Martelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihail O Cernaianu</w:t>
+                <w:t xml:space="preserve">O Kononenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John P Palastro</w:t>
+                <w:t xml:space="preserve">I.A Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexey Arefiev</w:t>
+                <w:t xml:space="preserve">J Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Thaury</w:t>
+                <w:t xml:space="preserve">J Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12 (6), pp.732. </w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (3), pp.034033. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OPTICA.558754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.23.034033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344333v1</w:t>
+                <w:t xml:space="preserve">hal-04998940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics of high-charge laser-plasma accelerators for few-MeV applications</w:t>
+                <w:t xml:space="preserve">Quasi-monoenergetic multi-GeV electron acceleration in a plasma waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Martelli</w:t>
+                <w:t xml:space="preserve">Ronan Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Kononenko</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J Gautier</w:t>
+                <w:t xml:space="preserve">Kosta Oubrerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olena Kononenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor A Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.23.034033⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Accelerators and Beams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (9), pp.091301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/39x8-jgvw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04998940v1</w:t>
+                <w:t xml:space="preserve">hal-05027499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-monoenergetic multi-GeV electron acceleration in a plasma waveguide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Technical status report on plasma components and systems in the context of EuPRAXIA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Biagioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Lahaye</w:t>
+                <w:t xml:space="preserve">K. Cassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kosta Oubrerie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Igor A Andriyash</w:t>
+                <w:t xml:space="preserve">L. Corner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Accelerators and Beams</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (9), pp.091301. </w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (11), pp.110501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/39x8-jgvw⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0286730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05027499v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05348718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of spatiotemporal couplings and an axiparabola to control the velocity of peak intensity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron Liberman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slava Smartsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1475,90 +1475,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled acceleration of GeV electron beams in an all-optical plasma waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosta Oubrerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olena Kononenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor A. Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1743,77 +1743,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axiparabola: a new tool for high-intensity optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosta Oubrerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slava Smartsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1890,51 +1890,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement and control of main spatio-temporal couplings in a CPA laser chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Kabacinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosta Oubrerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Goddet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2056,953 +2056,953 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Sebban</w:t>
+                <w:t xml:space="preserve">Stéphane Sebban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slava Smartsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.011061. </w:t>
+              <w:t xml:space="preserve">, 2020, 10, pp.011061. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevX.10.011061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevx.10.011061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02527030v1</w:t>
+                <w:t xml:space="preserve">hal-03051882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COXINEL transport of laser plasma accelerated electrons</w:t>
+                <w:t xml:space="preserve">Energy spread tuning of a laser-plasma accelerated electron beam in a magnetic chicane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driss Oumbarek Espinos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amin Ghaith</w:t>
+                <w:t xml:space="preserve">Eléonore Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Loulergue</w:t>
+                <w:t xml:space="preserve">T. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas André</w:t>
+                <w:t xml:space="preserve">I. Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Kitégi</w:t>
+                <w:t xml:space="preserve">F. Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 62 (3), pp.034001. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ab5fec⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 62 (7), pp.074003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ab8ca0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03090346v1</w:t>
+                <w:t xml:space="preserve">hal-03090351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-locked laser-wakefield electron acceleration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Caizergues</w:t>
+                <w:t xml:space="preserve">Hard X Rays from Laser-Wakefield Accelerators in Density Tailored Plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Kozlova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Andriyash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Smartsev</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stephane Sebban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slava Smartsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41566-020-0657-2⟩</w:t>
+              <w:t xml:space="preserve">Physical Review X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.011061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevX.10.011061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02914497v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hard X Rays from Laser-Wakefield Accelerators in Density Tailored Plasmas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Gautier</w:t>
+                <w:t xml:space="preserve">COXINEL transport of laser plasma accelerated electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Oumbarek Espinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Ghaith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Loulergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Sebban</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Slava Smartsev</w:t>
+                <w:t xml:space="preserve">Thomas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Kitégi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevx.10.011061⟩</w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 62 (3), pp.034001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ab5fec⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051882v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy spread tuning of a laser-plasma accelerated electron beam in a magnetic chicane</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phase-locked laser-wakefield electron acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. André</w:t>
+                <w:t xml:space="preserve">C. Caizergues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Andriyash</w:t>
+                <w:t xml:space="preserve">S. Smartsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Blache</w:t>
+                <w:t xml:space="preserve">V. Malka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bouvet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 62 (7), pp.074003. </w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (8), pp.475-479. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ab8ca0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41566-020-0657-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03090351v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axiparabola: a long-focal-depth, high-resolution mirror for broadband high-intensity lasers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tunable High Spatio-Spectral Purity Undulator Radiation from a Transported Laser Plasma Accelerated Electron Beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Caizergues</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Goddet</w:t>
+                <w:t xml:space="preserve">A. Ghaith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Oumbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Corde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.44.003414⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.19020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-55209-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02348979v1</w:t>
+                <w:t xml:space="preserve">hal-03090370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable High Spatio-Spectral Purity Undulator Radiation from a Transported Laser Plasma Accelerated Electron Beam</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eléonore Roussel</w:t>
+                <w:t xml:space="preserve">Axiparabola: a long-focal-depth, high-resolution mirror for broadband high-intensity lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slava Smartsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Labat</w:t>
+                <w:t xml:space="preserve">Clément Caizergues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosta Oubrerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goddet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.19020. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (14), pp.3414. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-55209-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.44.003414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03090370v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skew Quadrupole Effect of Laser Plasma Electron Beam Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Oumbarek Espinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Ghaith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Kitegi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3213,51 +3213,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-Chirp Compensation in a Laser Wakefield Accelerator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Döpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3334,90 +3334,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Publisher Correction: Control of laser plasma accelerated electrons for light sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. A. Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Loulergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3468,90 +3468,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of laser plasma accelerated electrons for light sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Loulergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3762,51 +3762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Massimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Malka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3847,1955 +3847,1955 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01717610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable femtosecond X-rays with tunable polarization from a laser-driven accelerator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreas Döpp</w:t>
+                <w:t xml:space="preserve">Stable multi-GeV electron accelerator driven by waveform-controlled PW laser pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyung Taek Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. B Pathak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Mahieu</w:t>
+                <w:t xml:space="preserve">Ki Hong Pae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Doche</w:t>
+                <w:t xml:space="preserve">François Sylla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Light: Science and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 6 (11), pp.e17086. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/lsa.2017.86⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-09267-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01651114v1</w:t>
+                <w:t xml:space="preserve">hal-01599420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable multi-GeV electron accelerator driven by waveform-controlled PW laser pulses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. B Pathak</w:t>
+                <w:t xml:space="preserve">Numerical studies of density transition injection in laser wakefield acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Massimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ki Hong Pae</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">a F Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Malka</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-09267-1⟩</w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 59 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/aa717d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01599420v1</w:t>
+                <w:t xml:space="preserve">hal-01563728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical studies of density transition injection in laser wakefield acceleration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F Massimo</w:t>
+                <w:t xml:space="preserve">Stable femtosecond X-rays with tunable polarization from a laser-driven accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Mahieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">a F Lifschitz</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antoine Doche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 59 (8), </w:t>
+              <w:t xml:space="preserve">Light: Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (11), pp.e17086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/aa717d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/lsa.2017.86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01563728v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01651114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D printing of gas jet nozzles for laser-plasma accelerators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreas Döpp</w:t>
+                <w:t xml:space="preserve">Energy boost in laser wakefield accelerators using sharp density transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4958649⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (5), pp.56702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4946018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01347352v1</w:t>
+                <w:t xml:space="preserve">hal-01342480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An all-optical Compton source for single-exposure x-ray imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Igor Andriyash</w:t>
+                <w:t xml:space="preserve">An application of laser–plasma acceleration: towards a free-electron laser amplification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M E Couprie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Evain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Briquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 58 (3), pp.034005. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0741-3335/58/3/034005⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 58 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0741-3335/58/3/034020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01263722v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An application of laser–plasma acceleration: towards a free-electron laser amplification</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F Marteau</w:t>
+                <w:t xml:space="preserve">A bremsstrahlung gamma-ray source based on stable ionization injection of electrons into a laser wakefield accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Briquez</w:t>
+                <w:t xml:space="preserve">F. Sylla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 58 (3), </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 830, </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0741-3335/58/3/034020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2016.01.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342476v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bremsstrahlung gamma-ray source based on stable ionization injection of electrons into a laser wakefield accelerator</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Calibration of imaging plates to electrons between 40 and 180 MeV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Sylla</w:t>
+                <w:t xml:space="preserve">N. Rabhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bohacek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Batani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Boutoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-E. Ducret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2016.01.086⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 87 (5), pp.103 - 103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4950860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01349883v1</w:t>
+                <w:t xml:space="preserve">hal-01342482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy boost in laser wakefield accelerators using sharp density transitions</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">3D printing of gas jet nozzles for laser-plasma accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4946018⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (3), pp.250 - 261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4958649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342480v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01347352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration of imaging plates to electrons between 40 and 180 MeV</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">K. Bohacek</w:t>
+                <w:t xml:space="preserve">An all-optical Compton source for single-exposure x-ray imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Batani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J.-E. Ducret</w:t>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 87 (5), pp.103 - 103. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 58 (3), pp.034005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4950860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0741-3335/58/3/034005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342482v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01263722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron Rephasing in a Laser-Wakefield Accelerator</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Single Shot Radiography Using an All-optical Compton Backscattering Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G Grittani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.155002⟩</w:t>
+              <w:t xml:space="preserve">Physics Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 77, pp.9-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phpro.2015.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220095v1</w:t>
+                <w:t xml:space="preserve">hal-01263736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of relativistic electron beam focusing by a laser-plasma lens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Electron Rephasing in a Laser-Wakefield Accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Grittani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms7860⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115, pp.155002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.155002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01164362v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table-top femtosecond soft X-ray laser by collisional ionization gating</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Nejdl</w:t>
+                <w:t xml:space="preserve">Demonstration of relativistic electron beam focusing by a laser-plasma lens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Döpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lehe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/NPHOTON.2015.225⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.6860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms7860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01394716v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics of fully-loaded laser-plasma accelerators</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Goddet</w:t>
+                <w:t xml:space="preserve">Table-top femtosecond soft X-ray laser by collisional ionization gating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Depresseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Oliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Tissandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 18, pp.061301. </w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (12), pp.817 - 821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.18.061301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/NPHOTON.2015.225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01175752v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single Shot Radiography Using an All-optical Compton Backscattering Source</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physics of fully-loaded laser-plasma accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Döpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goddet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Procedia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 77, pp.9-14. </w:t>
+              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18, pp.061301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.phpro.2015.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.18.061301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01263736v1</w:t>
+                <w:t xml:space="preserve">hal-01175752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shock assisted ionization injection in laser-plasma accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Hansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5885,51 +5885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Oliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Nejdl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kozlova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5974,360 +5974,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ultracompact X-ray source based on a laser-plasma undulator</w:t>
+                <w:t xml:space="preserve">Laser-plasma lens for laser-wakefield accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I.A. Andriyash</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Lehe</w:t>
+                <w:t xml:space="preserve">Lehe Remi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Malka</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms5736⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.121301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.17.121301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163724v1</w:t>
+                <w:t xml:space="preserve">hal-01163713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-plasma lens for laser-wakefield accelerators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An ultracompact X-ray source based on a laser-plasma undulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.A. Andriyash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lehe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lehe Remi</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Marcel Rax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, pp.121301. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.5:4736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.17.121301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms5736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01163713v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01163724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transverse dynamics of an intense electron bunch traveling through a pre-ionized plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lehe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marcel Rax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Malka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6374,90 +6374,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angular-Momentum Evolution in Laser-Plasma Accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lehe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Bouteiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6508,77 +6508,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing electron acceleration and x-ray emission in laser-plasma accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Brijesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6642,90 +6642,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Transverse Injection in Laser-Plasma Acceleration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lehe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Davoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Malka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6766,321 +6766,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01163765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of longitudinal and transverse self-injections in laser-plasma accelerators</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Numerical growth of emittance in simulations of laser-wakefield acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lehe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Malka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Davoine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 4, pp.1501. </w:t>
+              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16 (2), pp.021301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms2528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.16.021301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164024v1</w:t>
+                <w:t xml:space="preserve">hal-01163776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical growth of emittance in simulations of laser-wakefield acceleration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Lehe</w:t>
+                <w:t xml:space="preserve">Observation of longitudinal and transverse self-injections in laser-plasma accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Corde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Special Topics: Accelerators and Beams</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 16 (2), pp.021301. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4, pp.1501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevSTAB.16.021301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms2528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163776v1</w:t>
+                <w:t xml:space="preserve">hal-01164024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on “Electron Temperature Scaling in Laser Interaction with Solids”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Malka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7134,576 +7134,576 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01163749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Betatron emission as a diagnostic for injection and acceleration mechanisms in laser plasma accelerators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">All-optical Compton gamma-ray source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Malka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amar Tafzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0741-3335/54/12/124023⟩</w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6, pp.308-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphoton.2012.82⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01163772v1</w:t>
+                <w:t xml:space="preserve">hal-01164111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the electron energy by controlling the density perturbation position in laser plasma accelerators</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lambert</w:t>
+                <w:t xml:space="preserve">Brunel-Dominated Proton Acceleration with a Few-Cycle Laser Pulse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Veltcheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Borot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Malvache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 108 (7), pp.075004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.108.075004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4725421⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01164046v1</w:t>
+                <w:t xml:space="preserve">hal-01166881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-optical Compton gamma-ray source</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Tuning the electron energy by controlling the density perturbation position in laser plasma accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Brijesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Amar Tafzi</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nphoton.2012.82⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (6), pp.063104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4725421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01164111v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brunel-Dominated Proton Acceleration with a Few-Cycle Laser Pulse</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Betatron emission as a diagnostic for injection and acceleration mechanisms in laser plasma accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Corde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 108 (7), pp.075004. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 54 (12), pp.124023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.108.075004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0741-3335/54/12/124023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166881v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01163772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the X-Ray Emission Region in a Laser-Plasma Accelerator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7767,51 +7767,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-generation of megagauss magnetic fields during the expansion of a plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7884,51 +7884,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-order harmonic and attosecond pulse generation on plasma mirrors: basic mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Quéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7975,51 +7975,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Weibel instability on the expansion of a plasma slab into a vacuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8118,51 +8118,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-order harmonic and attosecond pulse generation on plasma mirrors: basic mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thaury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 43, pp.213001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8190,598 +8190,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00716184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-order harmonic generation from plasma mirrors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Regimes of expansion of a collisional plasma into a vacuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Quéré</w:t>
+                <w:t xml:space="preserve">P. Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. George</w:t>
+                <w:t xml:space="preserve">J. C. Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. P. Geindre</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Héron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjst/e2009-01115-6⟩</w:t>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16 (9), pp.093104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3206940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01166832v1</w:t>
+                <w:t xml:space="preserve">hal-01166839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Journal of Physics Mechanisms of forward laser harmonic emission from thin overdense plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced ion acceleration with extremely thin foils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. A. Loch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H George</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">A. Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ceccotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 11, pp.113028. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 175 (1), pp.133-138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/11/11/113028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjst/e2009-01130-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166843v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regimes of expansion of a collisional plasma into a vacuum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">High-order harmonic generation from plasma mirrors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Mora</w:t>
+                <w:t xml:space="preserve">H. George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. C. Adam</w:t>
+                <w:t xml:space="preserve">J. P. Geindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Héron</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Monot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 16 (9), pp.093104. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 175 (1), pp.4348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3206940⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjst/e2009-01115-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01166839v1</w:t>
+                <w:t xml:space="preserve">hal-01166832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced ion acceleration with extremely thin foils</w:t>
+                <w:t xml:space="preserve">New Journal of Physics Mechanisms of forward laser harmonic emission from thin overdense plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. A. Loch</w:t>
+                <w:t xml:space="preserve">H George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lévy</w:t>
+                <w:t xml:space="preserve">G Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Ceccotti</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ph Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 175 (1), pp.133-138. </w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11, pp.113028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjst/e2009-01130-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/11/11/113028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01166835v1</w:t>
+                <w:t xml:space="preserve">hal-01166843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basic mechanisms of laser high-order harmonic generation from plasma mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Geindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8845,64 +8845,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on “Transition to the Relativistic Regime in High Order Harmonic Generation”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P. Geindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8962,77 +8962,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherent dynamics of plasma mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Loch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9109,64 +9109,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-order harmonic generation using plasma mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J P Geindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9255,77 +9255,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast-Ion Energy-Flux Enhancement from Ultrathin Foils Irradiated by Intense and High-Contrast Short Laser Pulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ceccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Platonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9389,77 +9389,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase Properties of Laser High-Order Harmonics Generated on Plasma Mirrors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P Geindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Monot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9510,103 +9510,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma mirrors for ultrahigh-intensity optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Geindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ceccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 3 (6), pp.424-429. </w:t>
@@ -9644,77 +9644,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherent Wake Emission of High-Order Harmonics from Overdense Plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Monot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dobosz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10196,51 +10196,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération d'harmoniques d'ordres élevés sur miroir plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique [physics]. Université Paris Sud - Paris XI, 2008. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10312,51 +10312,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The COXINEL Seeded Free Electron Laser Driven by the Laser Plasma Accelerator at HZDR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emmanuelle Couprie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10427,770 +10427,770 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy spread tuning of a laser-plasma accelerated electron beam in a magnetic chicane</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Bouvet</w:t>
+                <w:t xml:space="preserve">Characterization of Undulator Radiation from a Compact Laser Plasma Acceleration Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghaith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Oumbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Kononenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Loulergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser-Plasma Accelerator Workshop 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ab8ca0⟩</w:t>
+              <w:t xml:space="preserve">ADVANCES IN COMPUTATIONAL METHODS FOR X-RAY OPTICS V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, online, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2569386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02886904v1</w:t>
+                <w:t xml:space="preserve">hal-04537228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress towards laser plasma based free electron laser on COXINEL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emmanuelle Couprie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th European Advanced Accelerator Concepts Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, La Biodola, Italy. pp.012040, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1596/1/012040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Undulator Radiation from a Compact Laser Plasma Acceleration Source</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Loulergue</w:t>
+                <w:t xml:space="preserve">Energy spread tuning of a laser-plasma accelerated electron beam in a magnetic chicane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Andriyash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADVANCES IN COMPUTATIONAL METHODS FOR X-RAY OPTICS V</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Laser-Plasma Accelerator Workshop 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Split, Croatia. pp.074003, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ab8ca0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2569386⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04537228v1</w:t>
+                <w:t xml:space="preserve">hal-02886904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Plasma Acceleration With Superluminal Difraction-free Laser Pulse</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Progress Towards Laser Plasma Electron Based Free Electron Laser on COXINEL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Emmanuelle Couprie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Andriyash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chamseddine Benabderrahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bielawski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optics and Optoelectronics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">39th International Free Electron Laser Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Hamburg, Germany. pp.THP048, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18429/JACoW-FEL2019-THP048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02464481v1</w:t>
+                <w:t xml:space="preserve">hal-02497844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-plasma acceleration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e congrès générale de la société française de physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02464487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progress Towards Laser Plasma Electron Based Free Electron Laser on COXINEL</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laser Plasma Acceleration With Superluminal Difraction-free Laser Pulse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th International Free Electron Laser Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Optics and Optoelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Pragues, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18429/JACoW-FEL2019-THP048⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02497844v1</w:t>
+                <w:t xml:space="preserve">hal-02464481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Laser Plasma Accelerated Electrons: A Route for Compact Free Electron Lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emmanuelle Couprie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bielawski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11267,64 +11267,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. E. Couprie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Briquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11375,51 +11375,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Producing high-energy, high-quality electron beams from a laser plasma accelerator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum ILP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11444,77 +11444,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the Electron Transport in the COXINEL FEL Beamline Using a Laser-Plasma Accelerated Electron Beam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bielawski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11572,377 +11572,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01802026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Free Electron Laser Using Laser Plasma Acceleration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Transportation and Manipulation of a Laser Plasma Acceleration Beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Ghaith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Berteaud</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bielawski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Particle Accelerator Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vancouver, Canada. pp.THPML033, </w:t>
+              <w:t xml:space="preserve">60th ICFA Advanced Beam Dynamics Workshop on Future Light Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Shanghai, China. pp.TUA2WC01, </w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18429/JACoW-IPAC2018-THPML033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18429/JACoW-FLS2018-TUA2WC01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01871673v1</w:t>
+                <w:t xml:space="preserve">hal-01871651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transportation and Manipulation of a Laser Plasma Acceleration Beam</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Towards a Free Electron Laser Using Laser Plasma Acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Loulergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Blache</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chamseddine Benabderrahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berteaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60th ICFA Advanced Beam Dynamics Workshop on Future Light Sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Shanghai, China. pp.TUA2WC01, </w:t>
+              <w:t xml:space="preserve">9th International Particle Accelerator Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vancouver, Canada. pp.THPML033, </w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18429/JACoW-FLS2018-TUA2WC01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18429/JACoW-IPAC2018-THPML033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01871651v1</w:t>
+                <w:t xml:space="preserve">hal-01871673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Engineering Solutions for COXINEL Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keihan Tavakoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chamseddine Benabderrahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Mechanical Engineering Design of Synchrotron Radiation Equipment and Instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Barcelona, Spain. pp.WECA06, </w:t>
@@ -11980,77 +11980,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron Transport on COXINEL Beam Line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Bielawski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12114,103 +12114,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray emission from laser-accelerated electrons and its use as diagnostic of laser-plasma interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lehe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, San Jose, CA, United States. </w:t>
@@ -12248,103 +12248,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations of longitudinal and transverse self-injections in laser-plasma wakefield accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Lifschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Laser Acceleration of Electrons, Protons, and Ions II; and Medical Applications of Laser-Generated Beams of Particles II; and Harnessing Relativistic Plasma Waves III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Prague, Czech Republic. </w:t>
@@ -12421,51 +12421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Benabderrahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Betinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Buteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12635,420 +12635,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00973440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-optical Betatron and Compton x-ray sources and application to phase contrast imaging</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Lassonde</w:t>
+                <w:t xml:space="preserve">The LUNEX5 project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. E. Couprie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Benabderrahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Betinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Buteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">34th International Free-Electron Laser Conference (FEL 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Nara, Japan. pp.678-681</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01401771v1</w:t>
+                <w:t xml:space="preserve">in2p3-00749431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The LUNEX5 project</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Buteau</w:t>
+                <w:t xml:space="preserve">Control and Mapping of X-Ray Emission in a Laser-Plasma Accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Corde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Lifschitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Fitour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th International Free-Electron Laser Conference (FEL 2012)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2012 CONFERENCE ON LASERS AND ELECTRO-OPTICS (CLEO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, San Jose, CA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/QELS.2012.QW3F.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00749431v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control and Mapping of X-Ray Emission in a Laser-Plasma Accelerator</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">All-optical Betatron and Compton x-ray sources and application to phase contrast imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Corde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Ta Phuoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fourmaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romuald Fitour</w:t>
+                <w:t xml:space="preserve">P. Lassonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 CONFERENCE ON LASERS AND ELECTRO-OPTICS (CLEO)</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, San Jose, CA, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/QELS.2012.QW3F.5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/QELS.2012.QW3F.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01401722v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developments of capillary discharge for laser plasma accelerators</w:t>
               </w:r>
@@ -13060,51 +13060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonid Arantchouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Corde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ta Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13191,64 +13191,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward compact and ultra-intense laser based soft x-ray lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Depresseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Oliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13494,51 +13494,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348718v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biagioni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bourgeois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brandi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cassou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0286730" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338246v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor A Andriyash" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas D&#246;pp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kozlova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Matheron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0270204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Kononenko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wheeler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ayeb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14967-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344333v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Piccardo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail O Cernaianu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P Palastro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Arefiev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Thaury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.558754" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998940v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Martelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Kononenko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A Andriyash" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Wheeler" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gautier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.23.034033" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027499v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lahaye" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosta Oubrerie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/39x8-jgvw" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ip-paris.hal.science/hal-04602895v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Liberman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slava Smartsev" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheroy Tata" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salome Benracassa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.507713" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04107648v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Kabacinski" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Oliva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tissandier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kozlov&#225;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-023-01165-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898039v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Labat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurjen Couperus Cabada&#287;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Ghaith" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Irman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Berlioux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-022-01104-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614423v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jeandet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Jolly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Borot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bussi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.444564" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323973v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leblanc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor A. Andriyash" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-022-00862-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795628v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Adelberg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arujash Mohanty" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac9631" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630262v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Andriyash" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malka" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac57d2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267560v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goddet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/abf88f" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527030v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sebban" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.10.011061" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090346v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Oumbarek Espinos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Loulergue" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kit&#233;gi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ab5fec" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914497v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caizergues" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Smartsev" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Malka" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thaury" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-020-0657-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051882v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebban" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevx.10.011061" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090351v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Roussel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andr&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Andriyash" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blache" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouvet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ab8ca0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348979v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caizergues" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.003414" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090370v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghaith" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oumbarek" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Corde" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55209-4" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348963v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kitegi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Sebdaoui" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9122447" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01877696v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D&#246;pp" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Lifschitz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.254802" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851301v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillaume" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Massimo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.074802" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03686257v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. A. Andriyash" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loulergue" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roussel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04299-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01763699v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03776-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01818799v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junghun Shin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung Taek Kim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. B Pathak" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hojbota" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong Ku Lee" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aabd10" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01717610v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Massimo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aaa336" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01651114v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mahieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Doche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2017.86" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01599420v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki Hong Pae" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sylla" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09267-1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01563728v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a F Lifschitz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa717d" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347352v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Guillaume" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Ta Phuoc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4958649" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263722v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/58/3/034005" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342476v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M E Couprie" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Labat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Evain" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marteau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Briquez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/58/3/034020" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349883v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sylla" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2016.01.086" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342480v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4946018" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342482v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rabhi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bohacek" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Batani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boutoux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Ducret" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4950860" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220095v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Grittani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.155002" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164362v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lehe" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7860" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01394716v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Depresseux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tissandier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nejdl" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHOTON.2015.225" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175752v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.18.061301" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263736v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.11.003" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234027v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Guillaume" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hansson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep16310" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04839991v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Depresseux" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oliva" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kozlova" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2015.225" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163724v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Andriyash" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lehe" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Rax" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5736" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163713v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lehe Remi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.17.121301" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163719v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4870336" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163764v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Bouteiller" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.135002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163773v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brijesh" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lambert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4810791" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163765v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Davoine" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.085005" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164024v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2528" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163776v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.16.021301" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163749v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefebvre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.219501" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163772v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/54/12/124023" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164046v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4725421" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164111v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Tafzi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2012.82" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166881v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Veltcheva" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malvache" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.075004" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166876v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.215004" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166850v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mora" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A H&#233;ron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Adam" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.016408" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569857v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/43/21/213001" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166851v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Antonsen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.026408" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716184v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166832v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. George" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Geindre" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2009-01115-6" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166843v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H George" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bonnaud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Martin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/11/113028" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166839v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mora" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Adam" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H&#233;ron" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3206940" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166835v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Loch" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#233;vy" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ceccotti" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2009-01130-7" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166820v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Geindre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340802187381" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166808v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Geindre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Martin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.089401" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166818v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Loch" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Geindre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys986" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166826v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Geindre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lefebvre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/50/12/124007" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6741EB86BAF591362EA2EEFC1CF0B207D10B9CBF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166824v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Platonov" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVLETT.101.155002" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166816v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Geindre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Monot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.095004" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166802v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levy" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys595" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166798v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dobosz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.125004" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758432v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Martelli" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865214v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurjen Couperus Cadabag" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229914v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grech" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lancia" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I A Andriyash" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Audebert" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Beck" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00335261v3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474497v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Couprie" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berteaud" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FLS2023-TH2C1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886904v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973140v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blache" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouvet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dietrich" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1596/1/012040" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537228v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kononenko" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2569386" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02464481v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02464487v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497844v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamseddine Benabderrahmane" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bielawski" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FEL2019-THP048" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272673v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Blache" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-IPAC2019-WEZPLS1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537232v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Couprie" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andre" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Briquez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5084597" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02464497v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802026v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bouvet" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FEL2017-TUP061" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871673v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-IPAC2018-THPML033" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871651v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FLS2018-TUA2WC01" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703543v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keihan Tavakoli" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Basset" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-MEDSI2016-WECA06" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645984v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-IPAC2017-TUPIK003" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402126v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2014.JTh3L.1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402024v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2017422" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572888v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Benabderrahmane" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Betinelli" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buteau" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/425/7/072001" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00973440v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Couprie" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cassinari" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daillant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herbeaux" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01401771v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fourmaux" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lassonde" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/QELS.2012.QW3F.4" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00749431v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01401722v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Fitour" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/QELS.2012.QW3F.5" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894208v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onid Arantchouk" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ta Phuoc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lambert" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055980v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2017.ATh3C.1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344333v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Piccardo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail O Cernaianu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P Palastro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Arefiev" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Thaury" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.558754" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338246v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor A Andriyash" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas D&#246;pp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kozlova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Matheron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0270204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olena Kononenko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wheeler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ayeb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14967-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998940v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Martelli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Kononenko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A Andriyash" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Wheeler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.23.034033" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027499v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lahaye" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosta Oubrerie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/39x8-jgvw" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348718v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biagioni" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bourgeois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brandi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cassou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0286730" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ip-paris.hal.science/hal-04602895v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Liberman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slava Smartsev" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheroy Tata" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salome Benracassa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.507713" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04107648v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Kabacinski" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Oliva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tissandier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Kozlov&#225;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-023-01165-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898039v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Labat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurjen Couperus Cabada&#287;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Ghaith" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Irman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Berlioux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-022-01104-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614423v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jeandet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Jolly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Borot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bussi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.444564" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323973v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leblanc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor A. Andriyash" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-022-00862-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795628v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Adelberg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arujash Mohanty" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac9631" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630262v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Andriyash" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malka" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/ac57d2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267560v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goddet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/abf88f" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051882v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebban" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevx.10.011061" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090351v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Roussel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andr&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Andriyash" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blache" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouvet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ab8ca0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527030v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sebban" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.10.011061" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090346v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Oumbarek Espinos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Loulergue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andr&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kit&#233;gi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ab5fec" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914497v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caizergues" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Smartsev" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Malka" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thaury" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-020-0657-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090370v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghaith" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oumbarek" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Corde" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55209-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348979v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caizergues" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.003414" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348963v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kitegi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Sebdaoui" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9122447" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01877696v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D&#246;pp" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Lifschitz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.254802" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851301v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillaume" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Massimo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.074802" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03686257v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. A. Andriyash" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loulergue" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roussel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04299-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01763699v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03776-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01818799v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junghun Shin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung Taek Kim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. B Pathak" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hojbota" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong Ku Lee" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aabd10" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01717610v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Massimo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aaa336" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01599420v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki Hong Pae" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sylla" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09267-1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01563728v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a F Lifschitz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa717d" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01651114v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mahieu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Doche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/lsa.2017.86" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342480v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Ta Phuoc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4946018" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342476v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M E Couprie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Labat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Evain" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marteau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Briquez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/58/3/034020" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349883v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sylla" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2016.01.086" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342482v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rabhi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bohacek" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Batani" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boutoux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Ducret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4950860" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347352v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Guillaume" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4958649" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263722v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/58/3/034005" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263736v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.11.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220095v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Grittani" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.155002" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164362v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lehe" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7860" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01394716v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Depresseux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tissandier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nejdl" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHOTON.2015.225" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175752v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.18.061301" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234027v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Guillaume" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hansson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep16310" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04839991v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Depresseux" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oliva" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kozlova" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2015.225" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163713v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lehe Remi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.17.121301" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163724v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Andriyash" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lehe" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Rax" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5736" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163719v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4870336" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163764v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Bouteiller" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.135002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163773v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brijesh" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lambert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4810791" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163765v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Davoine" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.085005" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163776v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevSTAB.16.021301" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164024v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2528" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163749v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefebvre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.219501" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164111v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Tafzi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2012.82" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166881v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Veltcheva" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malvache" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.075004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164046v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4725421" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163772v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/54/12/124023" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166876v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.215004" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166850v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mora" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A H&#233;ron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Adam" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.016408" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569857v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/43/21/213001" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166851v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Antonsen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.026408" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716184v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166839v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mora" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Adam" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H&#233;ron" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3206940" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166835v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Loch" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#233;vy" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ceccotti" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2009-01130-7" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166832v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. George" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Geindre" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monot" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2009-01115-6" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166843v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H George" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bonnaud" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Martin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/11/11/113028" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166820v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Geindre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340802187381" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166808v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Geindre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Martin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.089401" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166818v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Loch" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Geindre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys986" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166826v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Geindre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lefebvre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/50/12/124007" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6741EB86BAF591362EA2EEFC1CF0B207D10B9CBF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166824v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Platonov" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVLETT.101.155002" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166816v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Geindre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Monot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.095004" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166802v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levy" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys595" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166798v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dobosz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.125004" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758432v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Martelli" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865214v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurjen Couperus Cadabag" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229914v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grech" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lancia" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I A Andriyash" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Audebert" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Beck" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00335261v3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474497v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Couprie" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berteaud" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FLS2023-TH2C1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537228v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kononenko" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2569386" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973140v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blache" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouvet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dietrich" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1596/1/012040" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886904v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497844v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamseddine Benabderrahmane" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bielawski" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FEL2019-THP048" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02464487v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02464481v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272673v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Blache" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-IPAC2019-WEZPLS1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537232v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Couprie" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andre" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Briquez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5084597" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02464497v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802026v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bouvet" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FEL2017-TUP061" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871651v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-FLS2018-TUA2WC01" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871673v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-IPAC2018-THPML033" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703543v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keihan Tavakoli" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Basset" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-MEDSI2016-WECA06" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645984v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18429/JACoW-IPAC2017-TUPIK003" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402126v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2014.JTh3L.1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01402024v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2017422" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572888v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Benabderrahmane" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Betinelli" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buteau" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/425/7/072001" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00973440v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Couprie" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cassinari" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daillant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herbeaux" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00749431v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01401722v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Fitour" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/QELS.2012.QW3F.5" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01401771v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fourmaux" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lassonde" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/QELS.2012.QW3F.4" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894208v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onid Arantchouk" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ta Phuoc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lambert" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055980v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2017.ATh3C.1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>