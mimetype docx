--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -106,714 +106,714 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the emergence of fault afterslip during laboratory seismic cycles</w:t>
+                <w:t xml:space="preserve">Static and quasi-static inversion of fault slip during laboratory earthquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Noël</w:t>
+                <w:t xml:space="preserve">Feyza Arzu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Dublanchet</w:t>
+                <w:t xml:space="preserve">B Fryer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Passelègue</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J -P Ampuero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2025.119288⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 244 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaf507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04985988v1</w:t>
+                <w:t xml:space="preserve">hal-05519668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct estimation of earthquake source properties from a single CCTV camera</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the emergence of fault afterslip during laboratory seismic cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Lebihain</w:t>
+                <w:t xml:space="preserve">Corentin Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harsha Bhat</w:t>
+                <w:t xml:space="preserve">Pierre Dublanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Twardzik</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Passelègue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.adz1705⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 658, pp.119288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2025.119288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05342274v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic Inversion of Aseismic Fault Slip During the Nucleation of Laboratory Earthquakes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct estimation of earthquake source properties from a single CCTV camera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Dublanchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Passelègue</w:t>
+                <w:t xml:space="preserve">Mathias Lebihain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Chauris</w:t>
+                <w:t xml:space="preserve">Harsha Bhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gesret</w:t>
+                <w:t xml:space="preserve">Cédric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Twardzik</w:t>
+                <w:t xml:space="preserve">Quentin Bletery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 129 (12), </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 390 (6772), pp.463-467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024JB028733⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adz1705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843964v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05342274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the 2015 M&amp;lt;sub&amp;gt;w&amp;lt;/sub&amp;gt; = 8.3 Illapel earthquake: unveiling complex fault slip properties using Bayesian inversion</w:t>
+                <w:t xml:space="preserve">Kinematic Inversion of Aseismic Fault Slip During the Nucleation of Laboratory Earthquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Caballero</w:t>
+                <w:t xml:space="preserve">P. Dublanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Passelègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Duputel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cedric Twardzik</w:t>
+                <w:t xml:space="preserve">H. Chauris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rivera</w:t>
+                <w:t xml:space="preserve">A. Gesret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Klein</w:t>
+                <w:t xml:space="preserve">C. Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 235 (3), pp.2828-2845. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggad380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JB028733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04582011v1</w:t>
+                <w:t xml:space="preserve">hal-04843964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Brittle Creep Mechanism Explains Early Postseismic Phase of the 2011 Tohoku‐Oki Megathrust Earthquake: Observations by High‐Rate GPS Solutions</w:t>
+                <w:t xml:space="preserve">Revisiting the 2015 M&amp;lt;sub&amp;gt;w&amp;lt;/sub&amp;gt; = 8.3 Illapel earthquake: unveiling complex fault slip properties using Bayesian inversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Periollat</w:t>
+                <w:t xml:space="preserve">E. Caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Radiguet</w:t>
+                <w:t xml:space="preserve">Z. Duputel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Weiss</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Twardzik</w:t>
+                <w:t xml:space="preserve">L. Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Amitrano</w:t>
+                <w:t xml:space="preserve">E. Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 127 (8), pp.e2022JB024005. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 235 (3), pp.2828-2845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2022JB024005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04420761v1</w:t>
+                <w:t xml:space="preserve">insu-04582011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian inference on the initiation phase of the 2014 Iquique, Chile, earthquake</w:t>
               </w:r>
@@ -923,1843 +923,1977 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03845898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic and Aseismic Fault Slip During the Initiation Phase of the 2017 Mw=6.9 Valparaíso Earthquake</w:t>
+                <w:t xml:space="preserve">Transient Brittle Creep Mechanism Explains Early Postseismic Phase of the 2011 Tohoku‐Oki Megathrust Earthquake: Observations by High‐Rate GPS Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Caballero</w:t>
+                <w:t xml:space="preserve">Axel Periollat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Chounet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zacharie Duputel</w:t>
+                <w:t xml:space="preserve">Mathilde Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Jara</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cedric Twardzik</w:t>
+                <w:t xml:space="preserve">Jérôme Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Twardzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amitrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL091916⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (8), pp.e2022JB024005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JB024005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431936v1</w:t>
+                <w:t xml:space="preserve">hal-04420761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locating surface deformation induced by earthquakes using GPS, GLONASS and Galileo ionospheric sounding from a single station</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Zedek</w:t>
+                <w:t xml:space="preserve">Very early identification of a bimodal frictional behavior during the post-seismic phase of the 2015 Mw 8.3 Illapel, Chile, earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Rolland</w:t>
+                <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Dylan Mikesell</w:t>
+                <w:t xml:space="preserve">Anthony Sladen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Sladen</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Louisa Tsang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Space Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.06.011⟩</w:t>
+              <w:t xml:space="preserve">Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.2523-2537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/se-12-2523-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452276v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very early identification of a bimodal frictional behavior during the post-seismic phase of the 2015 Mw 8.3 Illapel, Chile, earthquake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seismic and Aseismic Fault Slip During the Initiation Phase of the 2017 Mw=6.9 Valparaíso Earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Chounet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zacharie Duputel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Jara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.2523-2537. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/se-12-2523-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2020GL091916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447477v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging of Seismogenic Asperities of the 2016 ML 6.0 Amatrice, Central Italy, Earthquake Through Dynamic Rupture Simulations</w:t>
+                <w:t xml:space="preserve">Locating surface deformation induced by earthquakes using GPS, GLONASS and Galileo ionospheric sounding from a single station</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hideo Aochi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florian Zedek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dylan Mikesell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Sladen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Delouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00024-019-02199-z⟩</w:t>
+              <w:t xml:space="preserve">Advances in Space Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (8), pp.3403-3416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.asr.2021.06.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02859878v1</w:t>
+                <w:t xml:space="preserve">hal-03452276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging rapid early afterslip of the 2016 Pedernales earthquake, Ecuador</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
+                <w:t xml:space="preserve">Imaging of Seismogenic Asperities of the 2016 ML 6.0 Amatrice, Central Italy, Earthquake Through Dynamic Rupture Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hideo Aochi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 177 (5), pp.1931-1946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00024-019-02199-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.115724⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02326771v1</w:t>
+                <w:t xml:space="preserve">hal-02859878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematics of the 2012 Ahar–Varzaghan complex earthquake doublet (Mw6.5 and Mw6.3)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preparing for InSight: Evaluation of the Blind Test for Martian Seismicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Tatar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Twardzik</w:t>
+                <w:t xml:space="preserve">Martin van Driel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Madariaga</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Savas Ceylan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Francis Clinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenico Giardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Alemany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggz100⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 90 (4), pp.1518-1534. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220180379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02200828v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the contribution of early postseismic deformation using sub-daily GNSS positioning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging rapid early afterslip of the 2016 Pedernales earthquake, Ecuador</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisa L.H. Tsang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Sladen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-39038-z⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 524, pp.115724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.115724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420722v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparing for InSight: Evaluation of the Blind Test for Martian Seismicity</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kinematics of the 2012 Ahar–Varzaghan complex earthquake doublet (Mw6.5 and Mw6.3)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hector Alemany</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S Momeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Aoudia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Tatar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Twardzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Madariaga</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220180379⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 217 (3), pp.2097-2124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365912v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02200828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the uncertainty range of coseismic stress drop estimations of large earthquakes using finite fault inversions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unravelling the contribution of early postseismic deformation using sub-daily GNSS positioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chen Ji</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Sladen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Avallone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.1775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-39038-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggw374⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04420718v1</w:t>
+                <w:t xml:space="preserve">hal-04420722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Earthquake‐Source Inversion Validation (SIV) Project</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the uncertainty range of coseismic stress drop estimations of large earthquakes using finite fault inversions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Page</w:t>
+                <w:t xml:space="preserve">Mareike Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐paul Ampuero</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chen Ji</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220150231⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 208 (1), pp.86-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggw374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01692238v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the coseismic electromagnetic fields observed during the 2004 M w 6.0 Parkfield earthquake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Earthquake‐Source Inversion Validation (SIV) Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Mai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yongxin Gao</w:t>
+                <w:t xml:space="preserve">Danijel Schorlemmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerry M Harris</w:t>
+                <w:t xml:space="preserve">Morgan Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian Wen</w:t>
+                <w:t xml:space="preserve">Jean‐paul Ampuero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yihe Huang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cedric Twardzik</w:t>
+                <w:t xml:space="preserve">Kimiyuki Asano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 43 (2), pp.620-627. </w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 87 (3), pp.690 - 708. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015GL067183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1785/0220150231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417220v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InSAR measurement of the deformation around Siling Co Lake: Inferences on the lower crust viscosity in central Tibet</w:t>
+                <w:t xml:space="preserve">Modeling of the coseismic electromagnetic fields observed during the 2004 M w 6.0 Parkfield earthquake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐pierre Doin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Twardzik</w:t>
+                <w:t xml:space="preserve">Yongxin Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Ducret</w:t>
+                <w:t xml:space="preserve">Jerry M Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Lasserre</w:t>
+                <w:t xml:space="preserve">Jian Wen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Guillaso</w:t>
+                <w:t xml:space="preserve">Yihe Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 120 (7), pp.5290-5310. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (2), pp.620-627. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2014JB011768⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2015GL067183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417179v1</w:t>
+                <w:t xml:space="preserve">hal-04417220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rupture history of 2014 Mw 6.0 South Napa earthquake inferred from near‐fault strong motion data and its impact to the practice of ground strong motion prediction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">InSAR measurement of the deformation around Siling Co Lake: Inferences on the lower crust viscosity in central Tibet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralph J Archuleta</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie‐pierre Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Twardzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Ducret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015gl063335⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (7), pp.5290-5310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416186v1</w:t>
+                <w:t xml:space="preserve">hal-04417179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inversion for the physical parameters that control the source dynamics of the 2004 Parkfield earthquake</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Madariaga</w:t>
+                <w:t xml:space="preserve">Rupture history of 2014 Mw 6.0 South Napa earthquake inferred from near‐fault strong motion data and its impact to the practice of ground strong motion prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph J Archuleta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (7), pp.2149-2156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015gl063335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2014jb011238⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04391290v1</w:t>
+                <w:t xml:space="preserve">hal-04416186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Inversion for the physical parameters that control the source dynamics of the 2004 Parkfield earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Twardzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Madariaga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 119 (9), pp.7010-7027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014jb011238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Robust features of the source process for the 2004 Parkfield, California, earthquake from strong-motion seismograms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Twardzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Madariaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Custódio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 191 (3), pp.1245-1254. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-246x.2012.05653.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04391282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2769,114 +2903,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the earthquake source process and seismic hazards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Twardzik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Geophysics [physics.geo-ph]. University of Oxford, 2014. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04429054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId119"/>
+      <w:footerReference w:type="default" r:id="rId125"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3023,51 +3157,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04985988v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin No&#235;l" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Twardzik" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dublanchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Passel&#232;gue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119288" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342274v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Latour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lebihain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsha Bhat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Twardzik" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adz1705" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843964v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dublanchet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chauris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gesret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Twardzik" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB028733" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04582011v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caballero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Duputel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rivera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Klein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad380" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420761v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Periollat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amitrano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845898v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Duputel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Klein" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rebischung" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117835" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431936v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caballero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chounet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Jara" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL091916" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452276v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zedek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dylan Mikesell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.06.011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447477v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Tsang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-12-2523-2021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02859878v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideo Aochi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-019-02199-z" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326771v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa L.H. Tsang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.115724" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200828v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Momeni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aoudia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tatar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Madariaga" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz100" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420722v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Avallone" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39038-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Driel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Clinton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alemany" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180379" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420718v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike Adams" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Ji" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw374" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692238v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mai" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danijel Schorlemmer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Page" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Ampuero" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimiyuki Asano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220150231" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417220v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxin Gao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry M Harris" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihe Huang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL067183" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417179v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;pierre Doin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ducret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lasserre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillaso" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011768" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416186v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph J Archuleta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015gl063335" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391290v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Das" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madariaga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014jb011238" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391282v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cust&#243;dio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246x.2012.05653.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04429054v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519668v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feyza Arzu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Twardzik" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Fryer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Xie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J -P Ampuero" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf507" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04985988v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin No&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dublanchet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Passel&#232;gue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119288" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342274v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Latour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lebihain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsha Bhat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Twardzik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adz1705" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843964v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dublanchet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chauris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gesret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Twardzik" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB028733" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04582011v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caballero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Duputel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rivera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Klein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad380" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845898v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Duputel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Klein" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rebischung" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117835" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420761v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Periollat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amitrano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447477v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Tsang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-12-2523-2021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431936v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caballero" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chounet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Jara" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL091916" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452276v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zedek" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dylan Mikesell" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.06.011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02859878v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideo Aochi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-019-02199-z" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365912v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Driel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savas Ceylan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Francis Clinton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Giardini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alemany" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180379" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326771v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa L.H. Tsang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.115724" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200828v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Momeni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aoudia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tatar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Madariaga" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz100" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420722v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Avallone" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39038-z" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420718v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike Adams" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Ji" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw374" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692238v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danijel Schorlemmer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Page" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Ampuero" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimiyuki Asano" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220150231" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417220v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxin Gao" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry M Harris" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihe Huang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL067183" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417179v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;pierre Doin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ducret" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lasserre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillaso" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011768" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416186v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph J Archuleta" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015gl063335" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391290v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Das" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madariaga" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014jb011238" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391282v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cust&#243;dio" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246x.2012.05653.x" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04429054v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>