--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -387,286 +387,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la prévision des crues par l’utilisation de réseaux de neurones récurrents de type LSTM : étude de cas du bassin versant de l’Ill et de la Sarre</w:t>
+                <w:t xml:space="preserve">Application of ResNet and Autoencoder models for anomaly detection in wastewater networks data: A Comparative study of supervised and unsupervised approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Weber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Jurado</w:t>
+                <w:t xml:space="preserve">Imane Zidaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ly Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Maurer</w:t>
+                <w:t xml:space="preserve">Claude Joannis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Reiminger</w:t>
+                <w:t xml:space="preserve">Sandra Isel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wertel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Flow Measurement and Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 105, pp.102946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.flowmeasinst.2025.102946⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306807v1</w:t>
+                <w:t xml:space="preserve">hal-05074232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of ResNet and Autoencoder models for anomaly detection in wastewater networks data: A Comparative study of supervised and unsupervised approaches</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amélioration de la prévision des crues par l’utilisation de réseaux de neurones récurrents de type LSTM : étude de cas du bassin versant de l’Ill et de la Sarre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Isel</w:t>
+                <w:t xml:space="preserve">Lucie Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jurado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Wertel</w:t>
+                <w:t xml:space="preserve">Ly Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Maurer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Reiminger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow Measurement and Instrumentation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05074232v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation des performances de l’intelligence artificielle et de l’apprentissage automatique pour la prévision des crues : étude de cas du bassin versant de l’Ill</w:t>
               </w:r>
@@ -704,51 +704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Maurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Reiminger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11, pp.53-71. </w:t>
@@ -1540,103 +1540,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of wastewater data using artificial intelligence tools and the evaluation of their performance regarding annotator agreement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imane Zidaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Joannis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Isel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 87 (12), </w:t>
@@ -1804,90 +1804,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de l’intelligence artificielle pour la validation des mesures en continu de la pollution des eaux usées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imane Zidaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Joannis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Wertel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Isel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2062,274 +2062,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03752554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data augmentation based on spatial deformations for histopathology: An evaluation in the context of glomeruli segmentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CycleGAN for virtual stain transfer: is seeing really believing?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelica Vasiljevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Allender</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Allègre</w:t>
+                <w:t xml:space="preserve">Zeeshan Nisar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Feuerhake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Dischler</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lampert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2022.106919⟩</w:t>
+              <w:t xml:space="preserve">Artificial Intelligence in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 133, pp.102420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.artmed.2022.102420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03736936v1</w:t>
+                <w:t xml:space="preserve">hal-03799506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CycleGAN for virtual stain transfer: is seeing really believing?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jelica Vasiljevic</w:t>
+                <w:t xml:space="preserve">Data augmentation based on spatial deformations for histopathology: An evaluation in the context of glomeruli segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Allender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Allègre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zeeshan Nisar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lampert</w:t>
+                <w:t xml:space="preserve">Jean-Michel Dischler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artificial Intelligence in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 133, pp.102420. </w:t>
+              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 221, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.artmed.2022.102420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2022.106919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03799506v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning methods evaluation to predict air quality based on computational fluid dynamics</w:t>
               </w:r>
@@ -6265,269 +6265,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05131289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated Coding of French Emergency Calls Using BERT</w:t>
+                <w:t xml:space="preserve">Hybrid ontology-based Constraint Satisfaction for object recognition in high-resolution satellite image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Lebot</w:t>
+                <w:t xml:space="preserve">Zouhayra Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joris Muller</w:t>
+                <w:t xml:space="preserve">Ali Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Harscoat</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Computer-Based Medical Systems (CBMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25ème conférence Extraction et Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05054610v1</w:t>
+                <w:t xml:space="preserve">hal-04799463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid ontology-based Constraint Satisfaction for object recognition in high-resolution satellite image</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automated Coding of French Emergency Calls Using BERT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zouhayra Ayadi</w:t>
+                <w:t xml:space="preserve">Sébastien Harscoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Ayadi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème conférence Extraction et Gestion des Connaissances (EGC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Symposium on Computer-Based Medical Systems (CBMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Madrid, Spain. pp.220-225, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CBMS65348.2025.00053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04799463v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05054610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Neural Network Architectures for Advanced Hiking Map Generation</w:t>
               </w:r>
@@ -6660,51 +6660,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontology-Guided Prompting for Reasoning in Multimodal Vision-Language Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kareem Elgohary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzena Kawczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6768,51 +6768,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explaining LSTM neural networks: A DEVS-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-My-Duyen Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7645,90 +7645,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditional image synthesis for improved segmentation of glomeruli in renal histopathological images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Allender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Allègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Dischler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE-EMBS International Conference on Biomedical and Health Informatics, Sept. 27-30 2022, Ioannina, Greece</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Ioannina, Greece. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8514,90 +8514,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GAN-based data augmentation for histopathological image segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Allender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Allègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Dischler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Extraction et Gestion des Connaissances (EGC) - Apprentissage Profond: Théorie et Applications (APTA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10139,265 +10139,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03825906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a semi-automatic semantic approach to satellite images analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Zanni-Merk</w:t>
+                <w:t xml:space="preserve">Approche orientée objet sémantique et coopérative pour la classification des images de zones urbaines à très haute résolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sellaouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Deruyver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Wemmert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. de Bertrand de Beuvron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KES 2013 - 17th International Conference in Knowledge Based and Intelligent Information and Engineering Sy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EGC 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05395113v1</w:t>
+                <w:t xml:space="preserve">hal-05394910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche orientée objet sémantique et coopérative pour la classification des images de zones urbaines à très haute résolution</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Deruyver</w:t>
+                <w:t xml:space="preserve">Towards a semi-automatic semantic approach to satellite images analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Di Sciascio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zanni-Merk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Wemmert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marc-Zwecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. de Bertrand de Beuvron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">KES 2013 - 17th International Conference in Knowledge Based and Intelligent Information and Engineering Sy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Kitakyushu, Japan. pp.1388--1397, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2013.11.057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05394910v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05395113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning fuzzy rules to characterize objects of interest from remote sensing images</w:t>
               </w:r>
@@ -13061,51 +13061,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455423v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reiminger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Wemmert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Maurer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jurado" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2026.107135" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987193v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.179099" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05306807v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Weber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Reiminger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074232v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Zidaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Joannis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Isel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wertel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2025.102946" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799457v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Saunier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/20241153" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602786v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negin Majzoubi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi All&#232;gre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liverneaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hansur.2024.101742" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471929v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2024.105286" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839443v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2024.102383" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012575v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2023.105361" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217618v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2023.104951" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169986v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelica Vasiljevic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Feuerhake" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lampert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2023.110780" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116074v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dufresne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2023.174" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998101v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos14020385" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202211039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Pantovic" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Ren" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Ollivier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Essert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-022-02585-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736936v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Allender" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dischler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106919" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799506v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeeshan Nisar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2022.102420" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736929v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane Benmoussa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2022.117294" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797652v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Derang&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2022.102407" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321037v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2021.07.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224927v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odyss&#233;e Merveille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schmitz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Forestier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2021.106157" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321646v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.104730" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2021.102920" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979724v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25830/afh.rfh.2020.32.213.238" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051698v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2020.102221" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041494v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2020.104160" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pelaccia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Forestier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wemmert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2019.12.014" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398708v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2019.117087" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299285v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grote" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine S Schaadt" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2883237" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632899v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pelaccia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/cmaj.190506" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04771691v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abreu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Franchet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F-X. Frenois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brousset" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Girard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isbi.2019.8759578" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327993v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornu&#233;jols" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bennani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inffus.2017.04.008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875860v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine S. Schaadt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos L&#243;pez Alfonso" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Sch&#246;nmeyer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10549-017-4239-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321053v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Apou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Naegel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2016.05.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355189v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2016.04.040" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878620v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brieu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep33322" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608916v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Zanni-Merk" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Marc-Zwecker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Bertrand de Beuvron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJKSS.2015040103" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417419v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Belarte" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Weber" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Grizonnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404692v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sellaouti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamouda" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deruyver" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2013.2276936" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135392v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Kr&#252;ger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Sternberger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bonnas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Dietmann" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.4150" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B5S21L5Q-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05398236v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kr&#252;ger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sternberger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dietmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875858v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Puissant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2012.11.023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875856v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Inglada" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gancarski" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2012.744488" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875854v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2012.01.003" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512749v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Derivaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2010.07.007" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875853v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2009.10.004" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520632v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2009.2020825" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878610v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/374095" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135400v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131289v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Rmouque" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054610v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lebot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Muller" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Harscoat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMS65348.2025.00053" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799463v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhayra Ayadi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ayadi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909516v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schirm" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lecus" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013351700003905" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117925v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kareem Elgohary" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Kawczynski" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bloch-Zupan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704503v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-My-Duyen Truong" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Frydman" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450142v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leborgne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI56570.2024.10635272" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363690v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57793-2_24" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168891v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heckenauer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMS58004.2023.00244" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219570v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185535v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Heckenauer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Weber" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Truntzer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Derang&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219453v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797648v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BHI56158.2022.9926880" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687423v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonthan Weber" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hassenforder" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Muller" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469780v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010835300003124" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339642v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321035v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI48211.2021.9433838" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604158v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353271v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Wemmert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cbms49503.2020.00072" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508204v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283639v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2019.8759266" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05490037v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Frenoist" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valitutti" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Denefle" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2018.8546011" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04558736v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Schaadt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00949-6_6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549033v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederich Feuerhake" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807632v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Temerinac-Ott" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schmitz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hermsen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Brasen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ispa.2017.8073562" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05493173v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Frenois" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2017.8073594" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338863v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797892v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25117-2_15" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811521v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Apou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Naegel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ispa.2015.7306050" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524187v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004687403090319" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403437v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Asnoune" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005026601530160" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825906v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane M Kruger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icip.2013.6738232" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05395113v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Sciascio" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zanni-Merk" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marc-Zwecker" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Bertrand de Beuvron" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2013.11.057" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05394910v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888500v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Belarte" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grizonnet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weber" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2013.6723453" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813327v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15280-1_6" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813345v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/is.2010.5548343" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887503v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.830392" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514827v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78761-7_30" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-6DS56F95-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887351v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2008.4779741" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516099v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463170v2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2007.111" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516100v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Korczak" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516076v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MLSP.2007.4414304" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516103v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463171v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2007.4423093" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516090v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2006.951" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516107v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00201917v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisitane Weber" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135401v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080705v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannes Neeman" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Allerkamp" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Sprengel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440939v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321639v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71676-9_7" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609725v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cleuziou" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril de Runz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lebbah" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925040v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455423v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reiminger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Wemmert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Maurer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jurado" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2026.107135" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987193v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.179099" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074232v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Zidaoui" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Joannis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Isel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wertel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2025.102946" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05306807v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Weber" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Reiminger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799457v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Saunier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/20241153" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602786v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negin Majzoubi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi All&#232;gre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liverneaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hansur.2024.101742" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471929v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2024.105286" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839443v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2024.102383" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012575v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2023.105361" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217618v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2023.104951" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169986v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelica Vasiljevic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Feuerhake" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lampert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2023.110780" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116074v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dufresne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2023.174" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998101v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos14020385" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202211039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Pantovic" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Ren" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Ollivier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Essert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-022-02585-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799506v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeeshan Nisar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2022.102420" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736936v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Allender" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dischler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106919" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736929v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouane Benmoussa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2022.117294" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797652v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Derang&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2022.102407" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321037v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2021.07.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224927v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odyss&#233;e Merveille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schmitz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Forestier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2021.106157" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321646v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.104730" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2021.102920" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979724v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25830/afh.rfh.2020.32.213.238" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051698v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2020.102221" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041494v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2020.104160" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pelaccia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Forestier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wemmert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2019.12.014" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398708v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2019.117087" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299285v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grote" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine S Schaadt" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2883237" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632899v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pelaccia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/cmaj.190506" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04771691v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abreu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Franchet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F-X. Frenois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brousset" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Girard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isbi.2019.8759578" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327993v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornu&#233;jols" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gan&#231;arski" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bennani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inffus.2017.04.008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875860v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine S. Schaadt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos L&#243;pez Alfonso" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Sch&#246;nmeyer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10549-017-4239-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321053v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Apou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Naegel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2016.05.004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355189v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2016.04.040" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878620v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brieu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep33322" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608916v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Zanni-Merk" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Marc-Zwecker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Bertrand de Beuvron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJKSS.2015040103" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417419v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Belarte" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Weber" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Grizonnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404692v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sellaouti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamouda" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deruyver" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2013.2276936" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135392v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Kr&#252;ger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Sternberger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bonnas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Dietmann" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.4150" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B5S21L5Q-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05398236v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kr&#252;ger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sternberger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dietmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875858v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Puissant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2012.11.023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875856v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Inglada" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gancarski" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2012.744488" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875854v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2012.01.003" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512749v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Derivaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2010.07.007" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875853v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2009.10.004" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520632v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2009.2020825" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878610v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/374095" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135400v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131289v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Rmouque" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799463v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhayra Ayadi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ayadi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054610v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lebot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Muller" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Harscoat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMS65348.2025.00053" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909516v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schirm" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lecus" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013351700003905" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117925v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kareem Elgohary" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Kawczynski" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bloch-Zupan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704503v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-My-Duyen Truong" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Frydman" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450142v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leborgne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI56570.2024.10635272" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363690v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-57793-2_24" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168891v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heckenauer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMS58004.2023.00244" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219570v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185535v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Heckenauer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Weber" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Truntzer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Derang&#232;re" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219453v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797648v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BHI56158.2022.9926880" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687423v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonthan Weber" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hassenforder" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Muller" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469780v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010835300003124" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339642v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321035v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI48211.2021.9433838" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604158v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353271v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Wemmert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cbms49503.2020.00072" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508204v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283639v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2019.8759266" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05490037v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Frenoist" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valitutti" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Denefle" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2018.8546011" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04558736v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Schaadt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00949-6_6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549033v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederich Feuerhake" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807632v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Temerinac-Ott" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schmitz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hermsen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Brasen" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ispa.2017.8073562" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05493173v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Frenois" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISPA.2017.8073594" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338863v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797892v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25117-2_15" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811521v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Apou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Naegel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ispa.2015.7306050" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524187v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004687403090319" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403437v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Asnoune" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005026601530160" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825906v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane M Kruger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icip.2013.6738232" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05394910v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05395113v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Sciascio" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zanni-Merk" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marc-Zwecker" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Bertrand de Beuvron" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2013.11.057" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888500v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Belarte" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grizonnet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weber" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2013.6723453" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813327v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15280-1_6" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813345v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/is.2010.5548343" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887503v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.830392" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514827v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78761-7_30" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-6DS56F95-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887351v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2008.4779741" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516099v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463170v2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI.2007.111" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516100v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Korczak" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516076v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MLSP.2007.4414304" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516103v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463171v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2007.4423093" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516090v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2006.951" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516107v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00201917v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisitane Weber" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135401v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080705v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannes Neeman" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Allerkamp" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Sprengel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440939v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321639v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71676-9_7" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609725v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cleuziou" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril de Runz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lebbah" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925040v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>