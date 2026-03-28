--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -202,174 +202,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04893709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terminologie militante et changement social : le cas du terme femicide dans le discours de l’ONU sur la violence envers les femmes</w:t>
+                <w:t xml:space="preserve">From &amp;quot;violence against women&amp;quot; to &amp;quot;violence against women and girls&amp;quot;. The reconceptualisation of violence against women in United-Nations discourse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The European English Messenger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180155v1</w:t>
+                <w:t xml:space="preserve">hal-03587067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From &amp;quot;violence against women&amp;quot; to &amp;quot;violence against women and girls&amp;quot;. The reconceptualisation of violence against women in United-Nations discourse</w:t>
+                <w:t xml:space="preserve">Terminologie militante et changement social : le cas du terme femicide dans le discours de l’ONU sur la violence envers les femmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European English Messenger</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Pratiques sociales et langue(s) anglaise(s), 34, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anglophonia.5006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03587067v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -381,96 +381,96 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégrer les IA génératives dans l’apprentissage des langues étrangères : bilan d’une expérimentation en anglais LANSAD via les logbooks</w:t>
+                <w:t xml:space="preserve">Traduire les récits de violences sexuelles dans le discours institutionnel à l'ère de la traduction automatique assistée par IA : enjeux et défis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45e Congrès de l'APLIUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Colmar, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude : Les traducteur·ices face au récit d’abus sexuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05452646v1</w:t>
+                <w:t xml:space="preserve">hal-05452656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes et fonctions des récits d’actes de violence envers les femmes dans deux types de discours institutionnels : le discours d’organisation internationale et le discours juridique américain</w:t>
               </w:r>
@@ -532,700 +532,700 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05010870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traduire les récits de violences sexuelles dans le discours institutionnel à l'ère de la traduction automatique assistée par IA : enjeux et défis</w:t>
+                <w:t xml:space="preserve">Intégrer les IA génératives dans l’apprentissage des langues étrangères : bilan d’une expérimentation en anglais LANSAD via les logbooks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude : Les traducteur·ices face au récit d’abus sexuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">45e Congrès de l'APLIUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Colmar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05452656v1</w:t>
+                <w:t xml:space="preserve">hal-05452646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the abilities and limits of generative AIs on specialized translation: a case study on United Nations documents on violence against women</w:t>
+                <w:t xml:space="preserve">Conceptualising the &amp;quot;shadow pandemic&amp;quot; of domestic violence during Covid-19 and reviewing the experiences of English-speaking countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Babonnaud</w:t>
+                <w:t xml:space="preserve">Nicholas Sowels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESSE Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lausanne, Aug 2024, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">Women in Times of Crisis: Rethinking the Extraordinary and the Everyday</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Columbia University, Sciences Po (Paris), Paris 1 Panthéon-Sorbonne University, Oct 2024, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04894315v1</w:t>
+                <w:t xml:space="preserve">hal-05018019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI and Specialised Translation: Assessing ChatGPT's Competence in Translating Feminist Terminology in UN Documents on Violence Against Women</w:t>
+                <w:t xml:space="preserve">Exploring the abilities and limits of generative AIs on specialized translation: a case study on United Nations documents on violence against women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Babonnaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maram El-Saadany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45ème Congrès Annuel du GERAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ZHAW, Mar 2024, Winterthur, Switzerland, Switzerland</w:t>
+              <w:t xml:space="preserve">ESSE Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lausanne, Aug 2024, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04894216v1</w:t>
+                <w:t xml:space="preserve">hal-04894315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptualising the &amp;quot;shadow pandemic&amp;quot; of domestic violence during Covid-19 and reviewing the experiences of English-speaking countries</w:t>
+                <w:t xml:space="preserve">AI and Specialised Translation: Assessing ChatGPT's Competence in Translating Feminist Terminology in UN Documents on Violence Against Women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Babonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Sowels</w:t>
+                <w:t xml:space="preserve">Maram El-Saadany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Women in Times of Crisis: Rethinking the Extraordinary and the Everyday</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Columbia University, Sciences Po (Paris), Paris 1 Panthéon-Sorbonne University, Oct 2024, Online, France</w:t>
+              <w:t xml:space="preserve">45ème Congrès Annuel du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ZHAW, Mar 2024, Winterthur, Switzerland, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05018019v1</w:t>
+                <w:t xml:space="preserve">hal-04894216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tant de choses à faire et si peu de temps : conseils pour gérer son temps pendant la thèse</w:t>
+                <w:t xml:space="preserve">Transmission brouillée dans le discours de l'ONU sur la violence envers les femmes : quand le discours militant féministe ne passe plus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44ème Colloque du GERAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Gif-sur-Yvette, ENS Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">Congrès de la SAES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04963893v1</w:t>
+                <w:t xml:space="preserve">hal-04180183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoothing transnational feminism: a corpus-based analysis of the United Nations' discourse on violence against women in English and in French</w:t>
+                <w:t xml:space="preserve">Tant de choses à faire et si peu de temps : conseils pour gérer son temps pendant la thèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Transnational Feminism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Badr University Cairo, Oct 2023, Cairo, Egypt, France</w:t>
+              <w:t xml:space="preserve">44ème Colloque du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Gif-sur-Yvette, ENS Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273831v1</w:t>
+                <w:t xml:space="preserve">hal-04963893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission brouillée dans le discours de l'ONU sur la violence envers les femmes : quand le discours militant féministe ne passe plus</w:t>
+                <w:t xml:space="preserve">Smoothing transnational feminism: a corpus-based analysis of the United Nations' discourse on violence against women in English and in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la SAES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2, Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">International Conference on Transnational Feminism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Badr University Cairo, Oct 2023, Cairo, Egypt, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180183v1</w:t>
+                <w:t xml:space="preserve">hal-04273831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoothing processes in the United-Nations' discourse on violence against women: a diachronic perspective</w:t>
+                <w:t xml:space="preserve">The reconceptualization of violence against women in United Nations discourse between 1996 and 2019: a corpus-based study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Political Discourse: New Approaches to New Challenges?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">ESSE Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Mainz, Germany, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03657737v1</w:t>
+                <w:t xml:space="preserve">hal-04214226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The reconceptualization of violence against women in United Nations discourse between 1996 and 2019: a corpus-based study</w:t>
+                <w:t xml:space="preserve">Smoothing processes in the United-Nations' discourse on violence against women: a diachronic perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESSE Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Mainz, Germany, France</w:t>
+              <w:t xml:space="preserve">Political Discourse: New Approaches to New Challenges?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214226v1</w:t>
+                <w:t xml:space="preserve">hal-03657737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitution d'un corpus thématique de textes d'organisation internationale : les communiqués de presse et rapports de l'ONU sur la violence envers les femmes</w:t>
               </w:r>
@@ -1410,128 +1410,214 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Exploring the abilities and limits of generative AIs for specialised translation: a case study on UN reports on violence against women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Atzeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Babonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charlène Meyers; Tiffany Jandrain; Joëlle Popineau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching Specialized Translation in the Machine Translation Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Universitaires de l'Umons, pp.11-50, 2025, 9782873258375</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05451455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Smoothing processes in United Nations discourse on violence against women: a diachronic perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Edinburgh University Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Political Discourse Analysis: Legitimisation Strategies in Crisis and Conflict</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04893671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1541,114 +1627,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration textométrique du discours de l’Organisation des Nations Unies sur la violence envers les femmes et de son évolution entre 1996 et 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Atzeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris Cité, 2022. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04180167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1795,51 +1881,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893709v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Atzeni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180155v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.5006" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587067v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452646v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010870v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Guillerit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452656v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894315v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Babonnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894216v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maram El-Saadany" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018019v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Sowels" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963893v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273831v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180183v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657737v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214226v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03188616v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584330v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03318877v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893671v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04180167v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893709v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Atzeni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587067v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180155v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.5006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452656v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010870v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Guillerit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452646v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018019v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Sowels" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894315v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Babonnaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894216v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maram El-Saadany" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180183v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963893v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273831v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214226v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657737v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03188616v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584330v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03318877v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451455v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893671v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04180167v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>