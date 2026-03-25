--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -151,51 +151,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Richomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Le Breton</w:t>
+                <w:t xml:space="preserve">Jean Marie Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jefry-Samson Thonikuzhiyil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -502,814 +502,814 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrahigh Incorporation of Tin in SiSn Nanowires Grown via In-Plane Solid-Liquid-Solid Mechanism</w:t>
+                <w:t xml:space="preserve">Deep insights into the Cu- and W-doped Na0.5Bi0.5TiO3 solid solution: A study focusing on optical, dielectric and electrical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edy Azrak</w:t>
+                <w:t xml:space="preserve">Najah Rhimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaoguo Xue</w:t>
+                <w:t xml:space="preserve">N. Dhahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuai Liu</w:t>
+                <w:t xml:space="preserve">J. Laifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wanghua Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celia Castro</w:t>
+                <w:t xml:space="preserve">F. Bourguiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Abdelmoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.156637⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1294, pp.136319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04310644v1</w:t>
+                <w:t xml:space="preserve">hal-04223024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep insights into the Cu- and W-doped Na0.5Bi0.5TiO3 solid solution: A study focusing on optical, dielectric and electrical properties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining Structure, Chemistry and Properties at the Nanoscale with Correlative Tomography Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Dhahri</w:t>
+                <w:t xml:space="preserve">Williams Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Laifi</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136319⟩</w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (Supplement_1), pp.611-611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/micmic/ozad067.296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223024v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Structure, Chemistry and Properties at the Nanoscale with Correlative Tomography Approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrahigh Incorporation of Tin in SiSn Nanowires Grown via In-Plane Solid-Liquid-Solid Mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edy Azrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaoguo Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Williams Lefebvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérald da Costa</w:t>
+                <w:t xml:space="preserve">Shuai Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanghua Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29 (Supplement_1), pp.611-611. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 618, pp.156637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/micmic/ozad067.296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.156637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324995v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Sn-containing precursors for in-plane GeSn nanowire growth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the continuous feeding of catalyst particles during the growth of vertically aligned carbon nanotubes by aerosol-assisted CCVD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lulu Zheng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edy Azrak</w:t>
+                <w:t xml:space="preserve">Rodrigo Fernández-Pacheco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruiling Gong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celia Castro</w:t>
+                <w:t xml:space="preserve">Mathieu Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Duguay</w:t>
+                <w:t xml:space="preserve">Odile Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.163273⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (3), pp.449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano12030449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03595536v1</w:t>
+                <w:t xml:space="preserve">cea-03559535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the continuous feeding of catalyst particles during the growth of vertically aligned carbon nanotubes by aerosol-assisted CCVD</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined Electron Microscopy Approaches for Arterial Glycocalyx Visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Selim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Reynaud</w:t>
+                <w:t xml:space="preserve">Fabien Cuvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Baste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano12030449⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcvm.2022.840689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03559535v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03635467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Electron Microscopy Approaches for Arterial Glycocalyx Visualization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of Sn-containing precursors for in-plane GeSn nanowire growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Selim</w:t>
+                <w:t xml:space="preserve">Lulu Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edy Azrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiling Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Baste</w:t>
+                <w:t xml:space="preserve">Sébastien Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9, </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 899, pp.163273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcvm.2022.840689⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.163273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03635467v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation of luminescence measurements to the structural characterization of Pr3+-doped HfSiOx</w:t>
               </w:r>
@@ -1429,90 +1429,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling solid–liquid–solid GeSn nanowire growth modes by changing deposition sequences of a-Ge:H layer and SnO 2 nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruiling Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edy Azrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pareige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1736,51 +1736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arantxa Vilalta-Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1831,51 +1831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Mg segregation to threading dislocation in normally-off GaN-HEMT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Echeverri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1974,51 +1974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arantxa Vilalta-Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohit Raghuwanshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2344,429 +2344,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01845624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale control of Si nanoparticles within a 2D hexagonal array embedded in SiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; thin films</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conductive graphene coatings synthesized from graphenide solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Benassayag</w:t>
+                <w:t xml:space="preserve">Yu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Pécassou</w:t>
+                <w:t xml:space="preserve">Kai Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Andreozzi</w:t>
+                <w:t xml:space="preserve">Alain Derré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele Seguini</w:t>
+                <w:t xml:space="preserve">Pascal Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Rouzière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/28/1/014001⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (3), pp.217 - 225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2017.05.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01745005v1</w:t>
+                <w:t xml:space="preserve">hal-01598269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse Monte Carlo Reconstruction Algorithm for Discrete Electron Tomography Based on HAADF-STEM Atom Counting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Moyon</w:t>
+                <w:t xml:space="preserve">Nanoscale control of Si nanoparticles within a 2D hexagonal array embedded in SiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Hernandez Maldonado</w:t>
+                <w:t xml:space="preserve">Gérard Benassayag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.D. Robertson</w:t>
+                <w:t xml:space="preserve">Béatrice Pécassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auriane Etienne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celia Castro</w:t>
+                <w:t xml:space="preserve">Andrea Andreozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Seguini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jmi.12464⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (1), pp.014001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/28/1/014001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954197v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01745005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conductive graphene coatings synthesized from graphenide solutions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reverse Monte Carlo Reconstruction Algorithm for Discrete Electron Tomography Based on HAADF-STEM Atom Counting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Huang</w:t>
+                <w:t xml:space="preserve">F. Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Derré</w:t>
+                <w:t xml:space="preserve">Daniel Hernandez Maldonado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Puech</w:t>
+                <w:t xml:space="preserve">M.D. Robertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphan Rouzière</w:t>
+                <w:t xml:space="preserve">Auriane Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 121 (3), pp.217 - 225. </w:t>
+              <w:t xml:space="preserve">Journal of Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 265 (1), pp.73-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2017.05.073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jmi.12464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01598269v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layered tellurides: stacking faults induce low thermal conductivity in the new In 2 Ge 2 Te 6 and thermoelectric properties of related compounds</w:t>
               </w:r>
@@ -2886,90 +2886,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revealing the atomic structure of two dimensional and three dimensional defects by aberration corrected Scanning Transmission Electron Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Williams Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfiia Akhatova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Radiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3005,295 +3005,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of shape, size, and areal density of a single plane of Si nanocrystals embedded in SiO2 matrix studied by atom probe tomography</w:t>
+                <w:t xml:space="preserve">Enhanced Transparency through Second Phase Crystallization in BaAl4O7 Scintillating Ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bin Han</w:t>
+                <w:t xml:space="preserve">M. Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasuo Shimizu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Seguini</w:t>
+                <w:t xml:space="preserve">S. Alahraché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Arduca</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celia Castro</w:t>
+                <w:t xml:space="preserve">C. Genevois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Licheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X. Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5ra26710b⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (1), pp.386-395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.5b01374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01720446v1</w:t>
+                <w:t xml:space="preserve">hal-01804495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Transparency through Second Phase Crystallization in BaAl4O7 Scintillating Ceramics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of shape, size, and areal density of a single plane of Si nanocrystals embedded in SiO2 matrix studied by atom probe tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Genevois</w:t>
+                <w:t xml:space="preserve">Bin Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Licheron</w:t>
+                <w:t xml:space="preserve">Yasuo Shimizu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Seguini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.-X. Lefevre</w:t>
+                <w:t xml:space="preserve">Elisa Arduca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 16 (1), pp.386-395. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (5), pp.3617-3622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.5b01374⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5ra26710b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804495v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and optical study of Ce segregation in Ce-doped SiO 1.5 thin films</w:t>
               </w:r>
@@ -3465,51 +3465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.I. Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 359, pp.676-678. </w:t>
@@ -3559,51 +3559,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic characterization of Au clusters in vapor-liquid-solid grown silicon nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanghua Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pareige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3840,64 +3840,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon crystallization in nanodot arrays organized by block copolymer lithography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Perego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Andreozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Seguini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schamm-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3987,51 +3987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schamm-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Pécassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Andreozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4276,64 +4276,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Perego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schamm-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Seguini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Andreozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 210 (8), pp.1477-1484. </w:t>
@@ -4422,51 +4422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schamm-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Benassayag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4543,51 +4543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Benassayag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Schamm-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5273,420 +5273,420 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlative Investigations by HAADF-STEM and Atom Probe Tomography</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ivan Blum</w:t>
+                <w:t xml:space="preserve">Combining TEM and APT for a Better Understanding of Super High Efficiency Cu(In,Ga)Se2 Thin Film Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohit Raghuwanshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pareige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Duguay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Microscopy Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9783527808465.EMC2016.8364⟩</w:t>
+              <w:t xml:space="preserve">European Microscopy Society Congress 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Lyon, France. pp.914-915, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9783527808465.EMC2016.6800⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954243v1</w:t>
+                <w:t xml:space="preserve">hal-01954234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Si Nanocrystals Embedded in SiO2 Matrix by Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasuo Shimizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Seguini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Arduca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMN Meeting on Nanocrystals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Xi'an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining TEM and APT for a Better Understanding of Super High Efficiency Cu(In,Ga)Se2 Thin Film Solar Cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Cadel</w:t>
+                <w:t xml:space="preserve">Correlative Investigations by HAADF-STEM and Atom Probe Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Williams Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Moyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Microscopy Society Congress 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Lyon, France. pp.914-915, </w:t>
+              <w:t xml:space="preserve">European Microscopy Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Lyon, France. pp.775-776, </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9783527808465.EMC2016.6800⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9783527808465.EMC2016.8364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954234v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EFTEM studies on the localization of silicon nanocrystals embedded in SiO2 for nano-devices</w:t>
               </w:r>
@@ -5698,51 +5698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Andreozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Benassayag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Maria Beltrán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5982,116 +5982,116 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Macchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francois Vurpillot</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05388042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bringing Atom Probe Tomography to Transmission Electron Microscopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6143,51 +6143,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6197,114 +6197,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes de croissance de nanotubes de carbone alignés : relation catalyseur - nanotube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université Paris Sud - Paris XI, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00508509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId228"/>
+      <w:footerReference w:type="default" r:id="rId226"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6451,51 +6451,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Chetouani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Richomme" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Le Breton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jefry-Samson Thonikuzhiyil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3161/1/012027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885414v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54169-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644094v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Macchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Nakonechna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Edalati" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116247" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04310644v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edy Azrak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoguo Xue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Liu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanghua Chen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.156637" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223024v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Rhimi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dhahri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laifi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourguiba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abdelmoula" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136319" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324995v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad067.296" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595536v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lulu Zheng" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiling Gong" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Duguay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.163273" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03559535v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Fern&#225;ndez-Pacheco" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Stephan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Reynaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12030449" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03635467v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chevalier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Selim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baste" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2022.840689" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03164169v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Demoulin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khomenkova" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gourbilleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2021.118004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249563v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abfc72" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461969v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Siebentritt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Avancini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus B&#228;r" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Bombsch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourgeois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201903752" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108142v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohit Raghuwanshi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Vilalta-Clemente" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.03.028" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299201v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Echeverri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Latry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2019.2942400" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929133v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5020805" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898378v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Boyer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Yang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Jos&#233; Fern&#225;ndez Carri&#243;n" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanchao Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta07621e" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845624v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beainy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larysa Khomenkova" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2399-1984/aad009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745005v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Benassayag" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice P&#233;cassou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Andreozzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Seguini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/28/1/014001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954197v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moyon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hernandez Maldonado" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Robertson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Etienne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12464" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598269v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Derr&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Puech" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Rouzi&#232;re" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.05.073" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766073v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lefevre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthebaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;rez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta04810f" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112299v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfiia Akhatova" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mancini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Radiguet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720446v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Han" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuo Shimizu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Arduca" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra26710b" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804495v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boyer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alahrach&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Licheron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Lefevre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.5b01374" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633488v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Weimmerskirch-Aubatin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stoffel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vergnat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rinnert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938061" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111986v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fern&#225;ndez-Delgado" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herrera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Molina" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.10.161" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K9W1WH9G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01230692v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grandidier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4930143" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241229v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nooshin Amirifar" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Talbot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Rigutti" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4936167" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718638v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Perego" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Schamm-Chardon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-014-2775-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745011v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreozzi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seguini" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/24/7/075302" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955747v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pinault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Porterat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reynaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mayne-L'Hermite" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.05.040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSWJVGTK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745010v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pellegrino" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201300030" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B324BCN8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745007v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pellegrino" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4813743" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745017v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Diaz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Grisolia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/8/085206" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1290D97B99C3834A19098544E68ACDFD07026361/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745020v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lamagna" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fanciulli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/22/33/335303" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F49DDF2C03A92735ED80BA898987002E437E39AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515587v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coste-Leconte" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Bendiab" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2010.06.045" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GB1RLW17-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440757v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cambedouzou" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Heresanu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Datchi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2009-00329-6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JV7K0Z78-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316031v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stephan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp709825y" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZXS9RC3X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954243v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moyon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.8364" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082375v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Han" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954234v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.6800" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720334v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Beltr&#225;n" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158673v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388042v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ilhami" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald da Costa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vurpillot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734951v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00508509v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Chetouani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Richomme" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Le Breton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jefry-Samson Thonikuzhiyil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3161/1/012027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885414v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54169-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644094v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Macchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Nakonechna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Edalati" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116247" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223024v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Rhimi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dhahri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laifi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourguiba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abdelmoula" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136319" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324995v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad067.296" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04310644v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edy Azrak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoguo Xue" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Liu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanghua Chen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.156637" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03559535v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Fern&#225;ndez-Pacheco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Stephan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Reynaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12030449" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03635467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chevalier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Selim" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baste" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2022.840689" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595536v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lulu Zheng" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiling Gong" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Duguay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.163273" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03164169v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Demoulin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khomenkova" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gourbilleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2021.118004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249563v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abfc72" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02461969v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Siebentritt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Avancini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus B&#228;r" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Bombsch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourgeois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201903752" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108142v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohit Raghuwanshi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Vilalta-Clemente" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2019.03.028" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299201v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Echeverri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Latry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2019.2942400" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929133v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5020805" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898378v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Boyer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Yang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Jos&#233; Fern&#225;ndez Carri&#243;n" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanchao Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta07621e" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845624v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beainy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larysa Khomenkova" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2399-1984/aad009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598269v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Derr&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Puech" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Rouzi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.05.073" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745005v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Benassayag" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice P&#233;cassou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Andreozzi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Seguini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/28/1/014001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954197v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moyon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hernandez Maldonado" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Robertson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Etienne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmi.12464" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766073v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lefevre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthebaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;rez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta04810f" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112299v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfiia Akhatova" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mancini" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Radiguet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804495v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boyer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alahrach&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Licheron" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Lefevre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.5b01374" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720446v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Han" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuo Shimizu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Arduca" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra26710b" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633488v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Weimmerskirch-Aubatin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stoffel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vergnat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rinnert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938061" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111986v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fern&#225;ndez-Delgado" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herrera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.I. Molina" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.10.161" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K9W1WH9G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01230692v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grandidier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4930143" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241229v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nooshin Amirifar" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Talbot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Rigutti" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4936167" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718638v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Perego" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Schamm-Chardon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-014-2775-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745011v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreozzi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seguini" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/24/7/075302" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955747v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pinault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Porterat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reynaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mayne-L'Hermite" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.05.040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSWJVGTK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745010v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pellegrino" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201300030" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B324BCN8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745007v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pellegrino" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4813743" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745017v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Diaz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Grisolia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/8/085206" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1290D97B99C3834A19098544E68ACDFD07026361/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745020v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lamagna" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fanciulli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/22/33/335303" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F49DDF2C03A92735ED80BA898987002E437E39AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515587v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coste-Leconte" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Bendiab" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2010.06.045" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GB1RLW17-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440757v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cambedouzou" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Heresanu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Datchi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2009-00329-6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JV7K0Z78-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316031v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stephan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp709825y" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZXS9RC3X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954234v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.6800" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082375v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Han" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954243v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moyon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.8364" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720334v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Beltr&#225;n" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158673v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388042v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ilhami" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734951v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00508509v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>