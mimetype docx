--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,4396 +66,4408 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The snoRNP chaperone snR190 and the Npa1 complex form a macromolecular assembly required for 60S ribosomal subunit maturation</w:t>
+                <w:t xml:space="preserve">ZNHIT6, a major RUVBL1/2 ATPases Cofactor of C/D snoRNP Biogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hussein Hamze</w:t>
+                <w:t xml:space="preserve">Elisa Vicq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Jaafar</w:t>
+                <w:t xml:space="preserve">Paulo Espirito Santo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Khreiss</w:t>
+                <w:t xml:space="preserve">Celia Plisson-Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Dominique</w:t>
+                <w:t xml:space="preserve">Xavier Manival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessie Bourdeaux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoît Bragantini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">38th Rhine-Knee RegioMeeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Ottrott, Alsace, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05399791v1</w:t>
+                <w:t xml:space="preserve">hal-05442219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Off-axis electron holography of unstained bacteriophages: Towards electrostatic potential measurement of biological samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apport de la biologie structurale dans la compréhension de la transmission d'un virus de plante par un insecte vecteur; structure tridimensionnelle de la protéine P3 du Cauliflower mosaic virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella van Munster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elio Karim</w:t>
+                <w:t xml:space="preserve">François Hoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gatel</w:t>
+                <w:t xml:space="preserve">Marilyne Uzest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Leforestier</w:t>
+                <w:t xml:space="preserve">A. Giral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Balor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Soldan</w:t>
+                <w:t xml:space="preserve">Martin Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04901847v1</w:t>
+              <w:t xml:space="preserve">13. Rencontres de Virologie Végétale (RVV 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie du Fruit et Pathologie (1332)., Jan 2011, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02802554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SURF2 is a MDM2 antagonist in triggering the nucleolar stress response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude structurale du complexe P3: virion du Cauliflower mosaic virus par cryo-microscopie électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Uzest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Froissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Tagnères</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Carine Froment</w:t>
+                <w:t xml:space="preserve">Christian Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04739145v1</w:t>
+              <w:t xml:space="preserve">10. Rencontres de Virologie Végétale (RVV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collectively building a mentor–mentee relationship through a one-day workshop</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation structurale de Hc-Pro, une protéine virale multifonctionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Biotechnology</w:t>
-[...2688 lines deleted...]
-                <w:t xml:space="preserve">hal-00108282v1</w:t>
+              <w:t xml:space="preserve">GDR "Cryo-microscopie électronique structurale", Berder 2003, 13-15 Mai 2003, Ile de Berder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Larmor-Baden, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Translatome and translation dynamics analysis of a RiboCancer cell line panel reveals that leukemia-associated Rps15 mutations rewire translation through codon-specific tRNA accommodation defects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marino Caruso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stijn Vereecke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Santo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05426487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organelle distribution and protein translation defects in radial glia cells with mutations in Eml1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Viola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chinnappa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cifuentes Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chakraborty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R2TP-like quaternary chaperones: a comprehensive overview to understand the dynamic R2SP complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo E Santo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Eve Chagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gizardin-Fredon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chenuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The final step of 40S ribosomal subunit maturation is controlled by a dual key lock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramtin Shayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Montellese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Larburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02989653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZNHIT6, a major RUVBL1/2 ATPases Cofactor of C/D snoRNP Biogenesis</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Off-axis electron holography of unstained bacteriophages: Towards electrostatic potential measurement of biological samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Leforestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Balor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Soldan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th Rhine-Knee RegioMeeting</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05442219v1</w:t>
+              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 217 (1), pp.108169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsb.2025.108169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la biologie structurale dans la compréhension de la transmission d'un virus de plante par un insecte vecteur; structure tridimensionnelle de la protéine P3 du Cauliflower mosaic virus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martin Drucker</w:t>
+                <w:t xml:space="preserve">The snoRNP chaperone snR190 and the Npa1 complex form a macromolecular assembly required for 60S ribosomal subunit maturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Hamze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Jaafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Khreiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Dominique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Bourdeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Rencontres de Virologie Végétale (RVV 2011)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02802554v1</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 53, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkaf134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05399791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude structurale du complexe P3: virion du Cauliflower mosaic virus par cryo-microscopie électronique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Dumas</w:t>
+                <w:t xml:space="preserve">SURF2 is a MDM2 antagonist in triggering the nucleolar stress response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tagnères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Espirito Santo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Radermecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Froment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Rencontres de Virologie Végétale (RVV)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02764093v1</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.8404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-52659-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04739145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation structurale de Hc-Pro, une protéine virale multifonctionnelle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Collectively building a mentor–mentee relationship through a one-day workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tagnères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Espirito Santo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Radermecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR "Cryo-microscopie électronique structurale", Berder 2003, 13-15 Mai 2003, Ile de Berder</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Nature Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (12), pp.1829-1833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41587-023-02056-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In-line and Off-axis Electron Holography for the Study of Biological Specimens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bumsu Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Marcelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Soldan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Balor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (Supplement_1), pp.1015-1016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/micmic/ozad067.512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04285724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing small ribosomal subunit RNA helix 45 acetylation across eukaryotic evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Bortolin-Cavaillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Quillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supuni Thalalla Gamage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin M Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldema Sas-Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50, pp.6284 - 6299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac404⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deciphering cellular and molecular determinants of human DPCD protein in complex with RUVBL1/RUVBL2 AAA-ATPases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael dos Santos Morais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo E Santo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Schelcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Abel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 434 (19), pp.167760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2022.167760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The final step of 40S ribosomal subunit maturation is controlled by a dual key lock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Plassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramtin Shayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Montellese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Larburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.e61254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.61254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03383808v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complexes of humic acid with cationic surfactants support the supramolecular view of extracted humic matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul Amir Chaaban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lartiges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane El Hayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Kazpard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (4), pp.156-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/EN21031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Good Vibrations: Structural Remodeling of Maturing Yeast Pre-40S Ribosomal Particles Followed by Cryo-Electron Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramtin Shayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Larburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Plassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Balor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (5), pp.1125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules25051125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformational proofreading of distant 40S ribosomal subunit maturation events by a long-range communication mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mitterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramtin Shayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ferreira-Cerca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Enne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.2754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-10678-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maturation of pre‐40S particles in yeast and humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cerezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson‐chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony K Henras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lebaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐emmanuel Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (1), pp.e1516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/WRNA.1516⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Npa1p complex chaperones the assembly of the earliest eukaryotic large ribosomal subunit precursor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Capeyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Belhabich-Baumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabea Ghandour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (8), pp.e1007597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02157660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Rio1p ATPase hinders premature entry into translation of late pre-40S pre-ribosomal particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Belhabich-Baumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Joret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beáta E. Jády</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramtin Shayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkx734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of the lipid envelope of exosome encapsulated HEV particles protected from the immune response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Chapuy-Regaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Bonnefois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 141, pp.70-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.BIOCHI.2017.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the organization of fulvic acid using a cationic surfactant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul Amir Chaaban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lartiges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Kazpard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 504, pp.252-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2016.05.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure of a human pre-40S particle points to a role for RACK1 in the final steps of 18S rRNA processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Larburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Montellese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise O'Donohue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrike Kutay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (17), pp.8465-8478. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkw714⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ribosomal 60S-subunit production: the final scene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Larburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (11), pp.837-838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/NSMB.3121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An overview of pre-ribosomal RNA processing in eukaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony K Henras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise O'Donohue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirban Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (2), pp.225-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/wrna.1269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Post-mitotic dynamics of pre-nucleolar bodies is driven by pre-rRNA processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Balor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delavoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faubladier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cell Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 125 (19), pp.4532-4542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jcs.106419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural Insights into the Molecular Mechanisms of Cauliflower Mosaic Virus Transmission by Its Insect Vector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Uzest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Plisson-Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 84 (9), pp.4706-4713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.02662-09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure of bacteriophage SPP1 tail reveals trigger for DNA ejection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen E. White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Auzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amineh Zafarani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos São-José</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (15), pp.3720-3728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.emboj.7601786⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure of the Mature P3-virus Particle Complex of Cauliflower Mosaic Virus Revealed by Cryo-electron Microscopy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Uzest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Froissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 346 (1), pp.277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2004.11.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00108028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural characterization of HC-Pro, a plant virus multifunctional protein.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Plisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie German-Retana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00107138v1</w:t>
+                <w:t xml:space="preserve">Olivier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 278 (26), pp.23761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M302512200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00108282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nature des interactions entre substances humiques et tensio-actifs cationiques révèle l'organisation moléculaire de la matière humique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lartiges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdul Amir Chaaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Kazpard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Plisson-Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ResMO2018 : ‘La matière organique dans tous ses états'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Trégastel, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId169"/>
+      <w:footerReference w:type="default" r:id="rId170"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4602,51 +4614,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399791v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Hamze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Jaafar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khreiss" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dominique" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Bourdeaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf134" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901847v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Karim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Leforestier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Balor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2025.108169" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739145v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tagn&#232;res" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Espirito Santo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Radermecker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Rinaldi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Froment" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52659-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827523v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41587-023-02056-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285724v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bumsu Park" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad067.512" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843986v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael dos Santos Morais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E Santo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ley" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Schelcher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Abel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2022.167760" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758064v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bortolin-Cavaill&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Quillien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supuni Thalalla Gamage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin M Thomas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldema Sas-Chen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac404" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383808v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Plassart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramtin Shayan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Montellese" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Larburu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.61254" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320901v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Amir Chaaban" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lartiges" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane El Hayek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Kazpard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Plisson-Chastang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN21031" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998843v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25051125" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399643v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mitterer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ferreira-Cerca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Murat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Enne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10678-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399840v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cerezo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Plisson&#8208;chastang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony K Henras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lebaron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;emmanuel Gleizes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/WRNA.1516" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02157660v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Joret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Capeyrou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Belhabich-Baumas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Plisson-Chastang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabea Ghandour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007597" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399744v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chapuy-Regaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dubois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Bonnefois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lhomme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.BIOCHI.2017.05.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608918v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;ta E. J&#225;dy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx734" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327869v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise O'Donohue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Kutay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Gleizes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw714" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135192v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Kazpard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2016.05.032" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399901v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NSMB.3121" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327876v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Chakraborty" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wrna.1269" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327884v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delavoie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plisson-Chastang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faubladier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.106419" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359223v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hoh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Uzest" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02662-09" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662706v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Plisson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen E. White" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Auzat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amineh Zafarani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#227;o-Jos&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601786" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108028v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Froissart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2004.11.052" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNBVTG23-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108282v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie German-Retana" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M302512200" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426487v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Astier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Caruso" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Vereecke" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Capron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05481870v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Viola" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chinnappa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thompson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cifuentes Diaz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakraborty" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025906v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Chagot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gizardin-Fredon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenuel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989653v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442219v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vicq" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Manival" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bragantini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802554v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella van Munster" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hoh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Uzest" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giral" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drucker" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764093v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Froissart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dumas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107138v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03210101v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442219v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vicq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Espirito Santo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Plisson-Chastang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Manival" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bragantini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802554v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella van Munster" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hoh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Uzest" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giral" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drucker" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764093v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Plisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Froissart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dumas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107138v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426487v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Astier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Caruso" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Vereecke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Santo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Capron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05481870v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Viola" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chinnappa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thompson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cifuentes Diaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakraborty" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025906v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo E Santo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Chagot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gizardin-Fredon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ley" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenuel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989653v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Plassart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramtin Shayan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Montellese" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Rinaldi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Larburu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Karim" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Leforestier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Balor" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2025.108169" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399791v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Hamze" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Jaafar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khreiss" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dominique" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Bourdeaux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf134" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739145v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tagn&#232;res" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Radermecker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Froment" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52659-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827523v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41587-023-02056-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285724v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bumsu Park" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad067.512" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758064v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bortolin-Cavaill&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Quillien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supuni Thalalla Gamage" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin M Thomas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldema Sas-Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac404" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael dos Santos Morais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Schelcher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Abel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2022.167760" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383808v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.61254" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Amir Chaaban" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lartiges" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane El Hayek" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Kazpard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN21031" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998843v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25051125" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399643v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mitterer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ferreira-Cerca" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Murat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Enne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10678-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399840v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cerezo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Plisson&#8208;chastang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony K Henras" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lebaron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;emmanuel Gleizes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/WRNA.1516" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02157660v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Joret" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Capeyrou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Belhabich-Baumas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Plisson-Chastang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabea Ghandour" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007597" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608918v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;ta E. J&#225;dy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx734" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399744v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chapuy-Regaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dubois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Bonnefois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lhomme" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.BIOCHI.2017.05.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8DTW2K5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135192v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Kazpard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2016.05.032" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327869v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise O'Donohue" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Kutay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Gleizes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw714" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399901v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NSMB.3121" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327876v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Chakraborty" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wrna.1269" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327884v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carron" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balor" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delavoie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plisson-Chastang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faubladier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.106419" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hoh" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Uzest" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02662-09" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662706v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen E. White" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Auzat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amineh Zafarani" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#227;o-Jos&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601786" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108028v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Froissart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2004.11.052" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNBVTG23-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108282v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie German-Retana" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M302512200" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03210101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>