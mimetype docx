--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2159,306 +2159,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02389817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinaison de dispositifs tactiles pour interagir avec un tableur sur tablette</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcos Serrano</w:t>
+                <w:t xml:space="preserve">Towards Handling Latency in Interactive Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Conversy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Prun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Magnaudet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FMIS 2018, 7th International Workshop on Formal Methods for Interactive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Toulouse, France. pp 233-239 /ISBN : 978-3-030-04770-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-04771-9_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01898855v1</w:t>
+                <w:t xml:space="preserve">hal-01815224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Handling Latency in Interactive Software</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Conversy</w:t>
+                <w:t xml:space="preserve">Cell Selection for Spreadsheets on Tablets: Stacking-Based Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Perelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bortolaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Derras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FMIS 2018, 7th International Workshop on Formal Methods for Interactive Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Toulouse, France. pp 233-239 /ISBN : 978-3-030-04770-2, </w:t>
+              <w:t xml:space="preserve">Conference on Human Factors in Computing Systems (CHI EA 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Montreal, Canada. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-04771-9_18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3170427.3186546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815224v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell Selection for Spreadsheets on Tablets: Stacking-Based Interaction</w:t>
+                <w:t xml:space="preserve">Combinaison de dispositifs tactiles pour interagir avec un tableur sur tablette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary Perelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
@@ -2472,103 +2481,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bortolaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Derras</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Human Factors in Computing Systems (CHI EA 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Brest, France. pp.20-29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866404v1</w:t>
+                <w:t xml:space="preserve">hal-01898855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Totem de Personnalisation : Conception d'une Interface Tangible pour le Choix de Parcours de Visite dans les Musées</w:t>
               </w:r>
@@ -2714,51 +2714,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Derras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème Conférence francophone sur l'Interaction Homme-Machine (IHM 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFIHM : Association Francophone de l'Interaction Homme-Machine, Aug 2017, Poitiers, France. pp.105-116, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3500,273 +3500,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individualized Visits to Foster the Engagement and the re-visit in Museums</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anke Brock</w:t>
+                <w:t xml:space="preserve">Conception de logiciels interactifs sûrs avec DJNN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Conversy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Magnaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Prun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESOF 2018, EuroScience Open Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Toulouse, France. 2018</w:t>
+              <w:t xml:space="preserve">Journées nationales du GDR Génie de la Programmation et du Logiciel 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01767939v1</w:t>
+                <w:t xml:space="preserve">hal-01815218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception de logiciels interactifs sûrs avec DJNN</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Magnaudet</w:t>
+                <w:t xml:space="preserve">Individualized Visits to Foster the Engagement and the re-visit in Museums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Brock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bortolaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Derras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales du GDR Génie de la Programmation et du Logiciel 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ESOF 2018, EuroScience Open Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Toulouse, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01815218v1</w:t>
+                <w:t xml:space="preserve">hal-01767939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4010,239 +4010,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Efficient Matrix Computations Through Homomorphic Compression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Martel</w:t>
+                <w:t xml:space="preserve">Implémentation des Bigraphes dans Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Allignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Thirioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelmouhaimen Sarhane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 10th International Conference on ICT for Sustainability (ICT4S)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AFADL24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France. 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980253v1</w:t>
+                <w:t xml:space="preserve">hal-04631694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implémentation des Bigraphes dans Coq</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Thirioux</w:t>
+                <w:t xml:space="preserve">Energy Efficient Matrix Computations Through Homomorphic Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmouhaimen Sarhane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFADL24</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 10th International Conference on ICT for Sustainability (ICT4S)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Stockholm, France. IEEE, pp.109-115, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICT4S64576.2024.00020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631694v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId98"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4318,51 +4318,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CCD4F702"/>
+    <w:nsid w:val="EE8CFFE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4549,51 +4549,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celiapicard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8715-4365" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165059583" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05444099v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bellanger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loic Garoche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Picard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2025.103315" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02883368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Brock" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Picard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.4527" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Serrano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.5935" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01815222v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Magnaudet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chatty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Conversy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leriche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3229094" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02015853v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Matthes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088148v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Allignol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blair Archibald" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Sevegnani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707824" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05268507v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Pesin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2508.13610" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04387928v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Garoche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.395.14" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790499v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nalpon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03457039v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389832v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Fatmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Franco" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guilbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3374920.3374978" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02916890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389844v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Couture" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3374920.3374977" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02158902v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouysset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Migeon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gleizes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02877659v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_24" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389817v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898855v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01815224v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04771-9_18" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01866404v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3170427.3186546" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882721v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mauri&#233;ras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578468v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132132" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500513v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raynal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116302v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702244" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090411v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143261v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01539884v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32784-1_12" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767939v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01815218v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00862507v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754387v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b2c888a286ac5c1302425f13ae70aead32b7bdf4;origin=https://hal.archives-ouvertes.fr/hal-03754387;visit=swh:1:snp:a889d19b43b665363a6980d282652b3ced4ac0bb;anchor=swh:1:rel:40e52c3fd9ad3caf6767622a7669ca5b4291b081;path=/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04980253v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouhaimen Sarhane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT4S64576.2024.00020" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04631694v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thirioux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celiapicard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8715-4365" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165059583" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05444099v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bellanger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loic Garoche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Martel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Picard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2025.103315" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02883368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Brock" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Picard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.4527" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Serrano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.5935" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01815222v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Magnaudet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chatty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Conversy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leriche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3229094" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02015853v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Matthes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088148v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Allignol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blair Archibald" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Sevegnani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707824" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05268507v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Pesin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2508.13610" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04387928v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Garoche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.395.14" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790499v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nalpon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03457039v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389832v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Fatmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Franco" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guilbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3374920.3374978" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02916890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389844v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Couture" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3374920.3374977" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02158902v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouysset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Migeon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gleizes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02877659v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_24" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389817v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01815224v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Prun" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04771-9_18" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01866404v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3170427.3186546" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898855v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882721v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mauri&#233;ras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578468v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132132" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500513v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raynal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116302v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702244" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090411v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143261v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01539884v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32784-1_12" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01815218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767939v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00862507v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754387v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b2c888a286ac5c1302425f13ae70aead32b7bdf4;origin=https://hal.archives-ouvertes.fr/hal-03754387;visit=swh:1:snp:a889d19b43b665363a6980d282652b3ced4ac0bb;anchor=swh:1:rel:40e52c3fd9ad3caf6767622a7669ca5b4291b081;path=/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04631694v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thirioux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04980253v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouhaimen Sarhane" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT4S64576.2024.00020" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>