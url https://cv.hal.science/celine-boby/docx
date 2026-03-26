--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -203,90 +203,90 @@
                 <w:t xml:space="preserve">Efficient enrichment of plasma-derived extracellular vesicles from small volumes of bovine blood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassar-Malek Isabelle</w:t>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delavaud Arnaud</w:t>
+                <w:t xml:space="preserve">Arnaud Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barry-Carroll Liam</w:t>
+                <w:t xml:space="preserve">Liam Barry-Carroll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delpech Jean-Christophe</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 103, pp.skaf354. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -435,77 +435,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome profiling reveals stress-responsive gene networks in cattle muscles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+                <w:t xml:space="preserve">Lise Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Foye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -514,2075 +514,2075 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, pp.e13150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7717/peerj.13150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03632213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative transcriptome analysis of goat (Capra hircus) adipose tissue reveals physiological regulation of body reserve recovery after the peak of lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Faulconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Faulconnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Boby</w:t>
+                <w:t xml:space="preserve">Fanny Coulpier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Coulpier</w:t>
+                <w:t xml:space="preserve">Sophie Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part D: Genomics and Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 41, pp.100956. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cbd.2021.100956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03524137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of the apple matrix on the postprandial bioavailability of flavan-3-ols and nutrigenomic response of apple polyphenols in minipigs challenged with a high fat meal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
+                <w:t xml:space="preserve">Caroline Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Buffière</w:t>
+                <w:t xml:space="preserve">Geoffrey Istas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Istas</w:t>
+                <w:t xml:space="preserve">Claire Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (6), pp.5077-5090. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d0fo00346h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02896220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different miRNA contents between mammary epithelial cells and milk fat globules: a random or a targeted process?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karol Pawlowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karol Pawlowski</w:t>
+                <w:t xml:space="preserve">Daiane Lago-Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daiane Lago-Novais</w:t>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+                <w:t xml:space="preserve">Lenha Mobuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Crapart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 47 (10), pp.8259-8264. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11033-020-05787-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03151812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Azgp1-/- on mammary gland, adipose tissue and liver gene expression and milk lipid composition in lactating mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Pires</w:t>
+                <w:t xml:space="preserve">Cyril Labonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 692, pp.201-207. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gene.2019.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mammary gland transcriptome and proteome modifications by nutrient restriction in early lactation Holstein cows challenged with intramammary lipopolysaccharide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Germon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (5), 19 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms20051156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating anthocyanin metabolites mediate vascular benefits of blueberries: insights from randomized controlled trials, metabolomics, and nutrigenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rodriguez-Mateos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rodriguez-Mateos</w:t>
+                <w:t xml:space="preserve">G. Istas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Istas</w:t>
+                <w:t xml:space="preserve">L. Boschek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Boschek</w:t>
+                <w:t xml:space="preserve">R. P. Feliciano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. E. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 74 (7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/gerona/glz047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substantial variability across individuals in the vascular and nutrigenomic response to an acute intake of curcumin: A randomised controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barber-Chamoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Barber-Chamoux</w:t>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hypertension</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 36 (1), pp.E97-E97. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/01.hjh.0000539247.51050.28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthocyanins and their gut metabolites attenuate monocyte adhesion and transendothelial migration through nutrigenomic mechanisms regulating endothelial cell permeability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Krga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Krga</w:t>
+                <w:t xml:space="preserve">Radu Tamaian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radu Tamaian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 124, pp.364-379. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2018.06.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01878285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adipocyte/breast cancer cell crosstalk in obesity interferes with the anti-proliferative efficacy of tamoxifen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Bougaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurianne Bougaret</w:t>
+                <w:t xml:space="preserve">Laetitia Delort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Delort</w:t>
+                <w:t xml:space="preserve">Hermine Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Le Huede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 13 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0191571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01713773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extruded linseed alone or in combination with fish oil modifies mammary gene expression profiles in lactating goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Bernard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Boby</w:t>
+                <w:t xml:space="preserve">Jordann Domagalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 12 (8), pp.1564-1575. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1751731117002816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular regulation of high muscle mass in developing Blonde d'Aquitaine cattle fetuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Picard</w:t>
+                <w:t xml:space="preserve">Antonio Reverter-Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Hudson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 6 (10), pp.bio.024950. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/bio.024950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substantial Variability Across Individuals in the Vascular and Nutrigenomic Response to an Acute Intake of Curcumin: A Randomised Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barber-Chamoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Barber-Chamoux</w:t>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 62 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mnfr.201700418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavanol metabolites reduce monocyte adhesion to endothelial cells through modulation of expression of genes via p38-MAPK and p65-Nf-kB pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Claude</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Boby</w:t>
+                <w:t xml:space="preserve">Ana Rodriguez-Mateos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Rodriguez-Mateos</w:t>
+                <w:t xml:space="preserve">Jérémy Spencer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 58 (5), pp.1016-1027. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201300658⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201300658⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02639604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary flavanols modulate the transcription of genes associated with cardiovascular pathology without changes in their DNA methylation state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Milenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Vanden Berghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Declerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (4), pp.e95527. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0095527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02634108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRF2/RAP1 and DNA-PK mediate a double protection against joining at telomeric ends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Bombarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriane Bombarde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Boby</w:t>
+                <w:t xml:space="preserve">Dennis Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dennis Gomez</w:t>
+                <w:t xml:space="preserve">Philippe Frit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Josèphe Giraud-Panis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 29, pp.1573 - 1584</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00815188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2592,1672 +2592,1672 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénotypage des ruminants d’élevage : vers des outils peu invasifs alliant la découverte de biomarqueurs avec de nouvelles méthodes d'accès aux fluides et d'analyses intégratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne de La Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animations scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Département PHASE INRAE, Nov 2024, Poitiers Chasseneuil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combiner analyses statistiques intégratives et prédiction bioinformatique du sécrétome et du surfacéome pour comprendre le dialogue inter-organes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyssa Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyssa Imbert</w:t>
+                <w:t xml:space="preserve">Emile Mardoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emile Mardoc</w:t>
+                <w:t xml:space="preserve">James Broadbent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keren Byrne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique et 20 ans du département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04873121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of milk small extracellular vesicles to study adaptation to lactation in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Delavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Delavaud</w:t>
+                <w:t xml:space="preserve">J Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State of the art in understanding interorgan crosstalk and physiology in farm animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Louveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Tournayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.484</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les exosomes : des véhicules de signatures moléculaires pour comprendre le dialogue entre les organes des ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Rencontres Clermontoises sur les Vésicules Extracellulaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laurent-Emmanuel MONFOULET-INRAE-UNH (Organisateur), Feb 2022, Clermont-Ferrand, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/ev22-co02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03561304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Update of ProteINSIDE: an online tool for proteome data mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Reichstadt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris - (Congrès virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talkmine, a workflow for the prediction of the interactions between secretome and surfaceome in the dialogue between cellular types</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Connault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Goué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris - (Congrès virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03332116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche intégrée pour comprendre le dialogue entre tissus/organes chez les ruminants producteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Delosière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique (JAS) du Département Physiologie Animale et Systèmes d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02940675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of nutrigenomics to provide new insights in the molecular mechanisms involved in the effects of grapefruit polyphenols on vascular health in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Scientific Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Thessalonique, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substantial variability across individuals in the vascular and nutrigenomic response to an acute intake of curcumin: A randomizsed controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Conference on Polyphenols and Health ICPH 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vascular and Nutrigenomic effects of grapefruit flavanones consumption: A RCT in post-menopausal women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST POSITIVe Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular regulation of muscle mass in developing Blond Aquitaine foetuses compared to Charolais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Foye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Reverter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint ISNH/ISRP International Conference 2014 : Harnessing the Ecology and Physiology of Herbivores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ICMS Australasia. Sydney, AUS., Sep 2014, Canberra, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cocoa flavanol metabolites modulate signaling pathways and expression of genes involved in monocyte adhesion and transendothelial migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Annual Meeting of the Society for Free Radical Biology and Medicine (SFRBM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, San Diego, United States. pp.S168-S169, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2012.10.464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01063634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4267,3380 +4267,3380 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talkmine, a workflow for the prediction of the interactions between secretome and surfaceome in the dialogue between cellular types</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Connault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Goue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris - (Congrès virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03332138v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different microRNA contents between mammary epithelial cells and milk fat globules is not a random process?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daiane Lago Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenha Mobuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual meeting, France. Journal of Dairy Science, 104, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03972379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Update of ProteINSIDE: an online tool for proteome data mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tournayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Reichstadt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris - (Congrès virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different miRNA contents between mammary epithelial cells and milk fat globules is not a random process?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daiane Lago Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenha Mobuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Dairy Science Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual Annual Meeting, United States. pp.P252</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03288187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of apple food matrix on plasma flavn-3-ols distribution and nutrigenomic profile in response to a nutritional challenge in minipigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
+                <w:t xml:space="preserve">Caroline Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Buffière</w:t>
+                <w:t xml:space="preserve">Geoffrey Istas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Istas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Claire Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Le Bourvellec-Samour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Polyphenols and Health (ICPH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02933440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA-Seq showed that lactation modified gene expression profile in goat adipose tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Gestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azgp1 knockout changes mammary gland, adipose tissue and liver gene expression in lactating mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Pires</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cyril Labonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substantial variability across individuals in the vascular and nutrigenomic response to an acute intake of curcumin: A randomizsed controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Clermont-Ferrand, France. 2017, 10ème Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01651303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthocyanins and their gut metabolites reduce monocyte adhesion and migration across TNF α activated endothelial cells trough nutrigenomic mechanisms regulating endothelial permeability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irèna Krga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Tamaian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radu Tamaian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. COST POSITIVe Scientific Workshop on « Omics breakthroughs in the Health effects of plant food bioactives »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Thessalonique, Greece. n.p., 2017, 2nd COST POSITIVe Scientific Workshop on « Omics breakthroughs in the Health effects of plant food bioactives »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical evidence of the vascular protective effects of grapefruit flavanones in post-menopausal women and potential molecular mechanisms involved</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bordeaux VIVA Winter School - XXXIII LIAC MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Bordeaux, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01734691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthocyanins and their gut metabolites attenuate monocyte adhesion and transendothelial migration through nutrigenomic mechanisms regulating endothelial cell permeability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irèna Krga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Conference on Polyphenols and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Québec, Canada. , 2017, 8th International Conference on Polyphenols and Health</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthocyanins and their gut metabolites reduce monocyte adhesion and migration across TNFa-activated endothelial cells trough nutrigenomic mechanisms regulating endothelial permeability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irèna Krga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Tamaian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radu Tamaian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent-Emmanuel Monfoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bordeaux VIVA Winter School - XXXIII LIAC MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Bordeaux, France. Biomedical and Biopharmaceutical Research, 14 (2), 22 p., 2017, Biomedical and Biopharmaceutical Research. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.19277/bbr.14.2.169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01736379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systems biology network analysis of nutri(epi)genomic changes in endothelial cells exposed to epicatechin metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Milenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wim Vanden Berghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette van de Sandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. COST POSITIVe Scientific Workshop on « Omics breakthroughs in the Health effects of plant food bioactives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Thessalonique, Greece. Scientific Reports, 8 (1), 2017, 2nd COST POSITIVe Scientific Workshop on « Omics breakthroughs in the Health effects of plant food bioactives. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-018-33959-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liver transcriptome modifications by nutrient restriction in early lactation Holstein cows challenged with intramammary lipopolysaccharide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Foye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 JAM Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Salt Lake City, United States. American Dairy science Association - American Society of Animal Science, 2016, 2016 JAM, Joint Annual Meeting " Animals and Science: Big Solutions for Grand Challenges"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les globules gras comme source non-invasive de microARN mammaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daiane Lago Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenha Mobuchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. ADIV, Rencontres autour des Recherches sur les Ruminants, 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute intake of curcumin differently affects endothelial function and nutrigenomic response in male and female smokers: a randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+                <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. International Conference on Food Bioactives &amp; Health FBHC2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Norwich, United Kingdom. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutrigenomic effects of a long-term grapefruit juice consumption: a controlled randomized cross-over study in post-menopausal women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Habauzit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. International Conference on Food Bioactives &amp; Health FBHC2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Norwick, United Kingdom. 2016, 1st International Conference on Food Bioactives &amp; Health</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mammary gland transcriptome and proteome modifications by nutrient restriction in early lactation Holstein cows challenged with intramammary lipopolysaccharide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Foye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 JAM Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Salt LAke City, United States. American Society of Animal Science / American Dairy Science Association American Dairy Science Association, Journal of Animal Science, 94, 2016, 2016 JAM, Joint Annual Meeting, "Animals and Science: Big Solutions for Grand Challenges",July19-23, 2016, Salt Lake City, Utah, USA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute Intake of Curcumin Differently Affects Gene Expression in Immune Cells and Vascular Function in Middle-Aged Healthy Male and Female Smokers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST POSITIVe Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Bucarest, Romania. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les microARN comme marqueurs périphériques précoces de l’inflammation et du statut nutritionnel des vaches laitières en début de lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daiane Lago Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sous-nutrition modifie la réponse métabolique à une épreuve inflammatoire mammaire et le transcriptome hépatique chez des vaches laitières en début de lactation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Pawlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Rouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. ADIV, Rencontres autour des Recherches sur les Ruminants, 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute Intake of Curcumin Differently Affects Gene Expression in Immune Cells and Vascular Function in Middle-Aged Healthy Male and Female Smokers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Congress of the International Society of Nutrigenetics/Nutrigenomics (ISNN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Chapel Hill, United States. Journal of Nutrigenetics and Nutrigenomics, 8, 25 p., 2015, Journal of Nutrigenetics and Nutrigenomics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mammary nutrigenomics in lactating goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Congress of the International Society of Nutrigenetics and Nutrigenomics (ISNN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Chapel Hill NC, United States. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vascular and Nutrigenomic effects of grapefruit flavanones consumption: A RCT in post-menopausal women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barber Chamoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Clermont-Ferrand, France. n.p., 2015, 8ème Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extruded linssed alone or in combination with fish oil modifies mammary gene expression profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Faulconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordann J. Domagalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques J. Rouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International Symposium on Milk Genomics and Human Health (IMGC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Aarhus, Denmark. 2014, 11th. International Symposium on Milk Genomics and Human Health (IMGC)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma flavanol metabolites modulate expression of miRNA in endothelial cells and affect post-transcriptional regulation of genes regulating adhesion and transendothelial migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Milenkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Jude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Morand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Clermont - Ferrand, France. , 2013, 6ème Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vascular and Nutrigenomic effects of a long-term grapefruit juice consumption: a controlled randomized cross-over study in post-menopausal women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Habauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Verny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Clermont-Ferrand,, France. , 2013, 6ème Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7650,161 +7650,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan de Gestion des Données (PGD) scientifiques de l’UMRH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Boby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Delosiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Lardy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Boby</w:t>
+                <w:t xml:space="preserve">Dominique Pomies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Delosiere</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2024, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04645317v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId198"/>
+      <w:footerReference w:type="default" r:id="rId196"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7872,51 +7872,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3A078BCE"/>
+    <w:nsid w:val="B68F3C90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8103,51 +8103,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-boby" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4420-7033" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05448255v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Prieur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassar-Malek Isabelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delavaud Arnaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry-Carroll Liam" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpech Jean-Christophe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skaf354" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092775v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boby" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104891" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632213v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pomi&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.13150" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03524137v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Faulconnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coulpier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemoine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2021.100956" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02896220v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Emmanuel Monfoulet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Buffi&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Istas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufour" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0fo00346h" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151812v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Pawlowski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiane Lago-Novais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenha Mobuchon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crapart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-020-05787-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627788v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Labonne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2019.01.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625031v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20051156" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154500v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodriguez-Mateos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Istas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boschek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Feliciano" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Mills" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glz047" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002754v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barber-Chamoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Verny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Habauzit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.hjh.0000539247.51050.28" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878285v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Krga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Tamaian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mercier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2018.06.027" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713773v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Bougaret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Delort" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Billard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Huede" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0191571" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622050v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordann Domagalski" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117002816" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607200v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reverter-Gomez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hudson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.024950" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656420v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201700418" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639604v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Claude" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rodriguez-Mateos" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Spencer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Gerard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201300658" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K2MDVP9D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634108v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Vanden Berghe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Declerc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095527" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00815188v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bombarde" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Gomez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Giraud-Panis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delavaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873121v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Broadbent" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keren Byrne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195798v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Delavaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pires" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196318v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03561304v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delavaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ev22-co02" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283757v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Reichstadt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332116v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Connault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gou&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940675v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delosi&#232;re" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901464v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bayle" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595008v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barber Chamoux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613624v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740970v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reverter" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063634v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G&#233;rard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2012.10.464" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VG6RCFZ8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332138v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Goue" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972379v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pawlowski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiane Lago Novais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283142v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288187v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933440v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec-Samour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734520v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gestin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736213v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651303v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901459v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;na Krga" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734691v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901463v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736379v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19277/bbr.14.2.169" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607393v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette van de Sandt" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-33959-x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743752v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602319v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607186v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901449v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743021v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595395v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Habauzit" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532535v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602321v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rouel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901483v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738580v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Chilliard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594260v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740743v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordann J. Domagalski" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Rouel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746007v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jude" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747195v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mazur" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645317v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delosiere" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomies" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-boby" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4420-7033" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05448255v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Prieur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delavaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Barry-Carroll" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Delpech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skaf354" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092775v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boby" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jousse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2023.104891" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632213v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pomi&#232;s" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.13150" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03524137v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Faulconnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coulpier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemoine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2021.100956" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02896220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Emmanuel Monfoulet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Buffi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Istas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dufour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0fo00346h" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151812v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Pawlowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiane Lago-Novais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenha Mobuchon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crapart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-020-05787-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627788v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Labonne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2019.01.010" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625031v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20051156" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154500v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodriguez-Mateos" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Istas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boschek" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Feliciano" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Mills" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glz047" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002754v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barber-Chamoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Verny" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Habauzit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.hjh.0000539247.51050.28" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878285v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Krga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Tamaian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mercier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2018.06.027" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713773v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Bougaret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Delort" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Billard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Huede" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0191571" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622050v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordann Domagalski" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731117002816" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607200v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Picard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reverter-Gomez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hudson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.024950" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656420v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201700418" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639604v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Claude" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rodriguez-Mateos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Spencer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Gerard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201300658" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K2MDVP9D-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634108v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Vanden Berghe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Declerc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095527" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00815188v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bombarde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Gomez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frit" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Giraud-Panis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769371v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delavaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873121v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Broadbent" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keren Byrne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195798v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Delavaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pires" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196318v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03561304v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ev22-co02" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283757v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Reichstadt" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332116v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Connault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gou&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940675v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delosi&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901464v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bayle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595008v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barber Chamoux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613624v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740970v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reverter" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063634v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G&#233;rard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2012.10.464" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VG6RCFZ8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332138v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Goue" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972379v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pawlowski" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiane Lago Novais" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283142v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288187v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933440v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec-Samour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734520v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gestin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736213v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651303v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901459v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;na Krga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734691v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901463v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736379v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19277/bbr.14.2.169" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607393v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette van de Sandt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-33959-x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743752v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602319v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607186v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901449v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743021v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595395v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Habauzit" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532535v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602321v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rouel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901483v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738580v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Chilliard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594260v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740743v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordann J. Domagalski" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Rouel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jude" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747195v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mazur" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645317v2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delosiere" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomies" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>