--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -25,9413 +25,10709 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Céline Borello </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">celine-borello</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0009-0000-7148-0003</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">059337842</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Évangile en temps de guerre : théorie et pratique de la prédication chez André-Numa Bertrand (1939-1945)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire et de philosophie religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 2026-1, p. 89-114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Numa Bertrand : prédication et engagement en temps de guerre (1939-1944)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire du protestantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024/4, p. 475-506</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Droit naturel, intolérance et tolérance à l’égard des huguenots au XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de Bretagne et des pays de l'Ouest : Anjou, Maine, Touraine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 125-1, pp.71-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/abpo.3773⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01831347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Introduction »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...215 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Quiviger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française d'Histoire des Idées Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (45), pp.9-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfhip1.045.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PUR</w:t>
-[...73 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">halshs-01833309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">hal-01314785v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Gestes et devoir d’assistance dans les Églises protestantes françaises du premier XIXe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Source(s): Arts, civilisation et histoire de l'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°10, p. 13-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01831358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Désert au Royaume : parole publique et écriture protestante (1765-1788) - Édition critique du Vieux Cévenol et de sermons de Rabaut Saint-Étienne</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Pauline Duley-Haour, Désert et Refuge : sociohistoire d’une internationale huguenote. Un réseau de soutien aux « Églises sous la croix » (1715-1752), Paris, Honoré Champion, 2017, 502 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire du protestantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (4), pp.602-603</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01314790v1</w:t>
+                <w:t xml:space="preserve">halshs-01874853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les œuvres protestantes en Europe</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Compte rendu de Abbé Edgeworth de Firmont, Correspondance, récits, lettres inédites (1771-1806), Édition établie, présentée et annotée par Augustin Pic, o. p., Paris, Les Éditions du Cerf, 2013, 578 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études Théologiques et Religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, p. 312-313</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01832379v1</w:t>
+                <w:t xml:space="preserve">halshs-01874890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les protestants de Provence au XVIIe siècle</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">« De la chaire à la tribune. La parole pastorale comme geste d’engagement civique sous la Révolution française »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études Théologiques et Religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 91 (3), pp.449-463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/etr.0913.0449⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01697825v1</w:t>
+                <w:t xml:space="preserve">halshs-01874836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le pasteur, la chaire et la res publica de l’Ancien Régime à la IIe République »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Actes du CRESAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13, p. 45-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Commémorer la disparition de Luther en chaire protestante »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chrétiens et Sociétés XVIe - XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Les anniversaires de la Réformes, 23, pp.31-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/chretienssocietes.4083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01833294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le protestant et le sauvage : modalités de vie commune et paroles publiques (XVIIe- XIXe siècles) – Exposé de soutenance d’Habilitation à diriger les recherches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.613-618</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Introduction. Argumenter à la période moderne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, mondes et cultures religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, C. BORELLO, Argumenter. Rhétorique sacrée, éloquence profane (XVIe-XVIIIe siècle), 35 (1), p. 7-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Benedict, Hugues Daussy, Pierre-Olivier Lechot, L’Identité huguenote. Faire mémoire et écrire l’histoire (XVIe-XXIe siècle), Genève, Droz, 2014, 660 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n°62-1, p. 184-185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Des usages de l’histoire politique dans l’homilétique protestante du XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, mondes et cultures religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, C. BORELLO (dir.), Argumenter. Rhétorique sacrée, éloquence profane (XVIe-XVIIIe siècle), 35, p. 83-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les premières évangélisations des îles des Mers du Sud au prisme des récits de voyage et des sermons anglais de la fin du XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études Théologiques et Religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 90, pp.51-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/etr.0901.0051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les engagements politiques des ministres protestants pendant la Révolution : l’exemple de Jeanbon Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société Montalbanaise d’Étude et de Recherche sur le Protestantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.79-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme et économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textes et documents pour la classe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1072, pp.38-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources d’une altérité religieuse en Révolution : Rabaut Saint-Étienne ou la radicalisation des représentations protestantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales historiques de la Révolution française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 378, pp.29-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mulhouse et la Guerre de Trente ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire historique de Mulhouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 24, pp.99-108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Un roman historique pour servir de la cause protestante au siècle des Lumières : Le Vieux Cévenol de Rabaut Saint-Étienne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Actes du CRESAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13, p. 11-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profane writings as vehicles of faith: a study of the evangelization of the South Seas in late XVIIIth century England</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, La diffusion de l'écrit / Spreading the written word,, HS n°2, p.105-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le Saint-Sacrement et le chaudron : les missions anti-protestantes en Provence au XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 120, p. 33-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« De la rareté à la représentativité d'une source : les registres consistoriaux de Provence »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, P. CHAREYRE et R. MENTZER, La mesure du fait religieux : les registres consistoriaux, 153, p. 491-504</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Écrire l’histoire de la christianisation du Pacifique (XVIe-XIXe siècles) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Actes du CRESAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6, p.7-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fidélité à Dieu, fidélité au roi dans la Provence huguenote du XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bollettino della Società di Studi Valdesi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 194, p. 267-278</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les recherches sur les protestants dans le sud-est de la France moderne : résultats et perspectives »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, D. BOISSON, M. MAGDELAINE (dir.), Histoire des protestants et du protestantisme dans la France moderne : bilans et perspectives de recherches, 150 (1), p. 85-100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le secret dans la lutte contre l’« hérétique » en Provence au XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rives nord-méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 17, p.105-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’expression de la foi réformée en marge des registres d’un notaire provençal au XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 143 (p. 212-239.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pierre, Marie, Jean et les autres : prénommer dans la Provence protestante d’Ancien Régime »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provence Historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 212, p.225-239</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is there a Waldensian heritage in Provence in the XVIIth century ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mediterranean Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, XI, p. 89-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cassan, Le temps des guerres de Religion. Le cas du Limousin (vers 1530-vers 1630), Paris, Publisud, 1996, 463 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, p. 159-161</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Légende, Histoire et commémoration : autour du IVe centenaire de l’édit de Nantes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provence Historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 198, p. 741-755</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Protestants de la vallée des Baux sous le régime de l’édit de Nantes (1598-1685) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provence Historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 197, p. 617-630</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Protestants de souche vaudoise en Luberon : une intégration réussie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 111, p. 421-434</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Protestants de Lourmarin sous le régime de l’édit de Nantes : un bastion du protestantisme provençal »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de l’Académie de Vaucluse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, VII, p. 35-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Testaments et contrats de mariage : des sources essentielles dans l’appréhension d’une identité religieuse. Les exemples des Baux et de Lourmarin de 1598 à 1629 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rives nord-méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 1, p. 85-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Protestants de La Roque-d’Anthéron de la Révocation à la Révolution : un siècle de résistance (1685-1790) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de l'Histoire du Protestantisme Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 142, p. 441-474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (25)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Michael Gasperoni</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Entre héritage et ouverture : l’engagement dans le ministère pastoral luthérien et réformé (XVIIe–XVIIIe siècle) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Une histoire sociale des pasteurs (France, XVIe-XVIIIe siècle) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Virginie Fayseler; Yoann Paysserand, Mar 2026, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Minorités protestantes et droit(s) en Europe (XVIIe-XVIIIe siècles) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Céline Borello; Hubert Bost; Paul Vo-Ha, Dec 2025, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Entre libéralisme et vie démocratique : le dilemme de Rabaut Saint-Étienne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« La démocratie comme forme de vie. La question des étranger·es, des exclu·es et des dissident·es »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Marc Narbonne; Jérôme Gosselin, Oct 2025, Université de Laval, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Protestantisme et pensée juridique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pierre Bonin; Pierre-Yves Quiviger; Céline Borello; Gilles Dumont, Dec 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’engagement huguenot de la seconde modernité : entre renoncement, enthousiasme et modération. Essai de typologie pastorale »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Les chemins de l’engagement I : radicalisation et enthousiasme (XVIe-XVIIIe siècle) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathieu Ferradou; Céline Borello, Dec 2022, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Minorité religieuse et secret : le laboratoire huguenot dans la France toute catholique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« La Fabrique du secret »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laure Depretto; Gabriele Vickermann-Ribémont, Nov 2021, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femmes et traditions religieuses. Contribution à une réflexion sur les christianismes occidentaux, XIIIe-XXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Salesse</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Borello</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Simiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Camille Desenclos</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Brian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...74 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Vickermann-Ribémont</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traditions, congrès du GIS, religion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03017476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Hyères et l’horticulture : une longue histoire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Penser les fleurs : histoire et représentations »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRHI; CRESAT; Ville de Hyères, 2018, Hyères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Protestants français et idée républicaine : entre mythe, calomnie et réalités au XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l’Association des historiens modernistes des universités françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des historiens modernistes des universités françaises (AHMUF), Jan 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« André Tosel et la question de la laïcité - points de vue historique, juridique, philosophique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...98 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Quiviger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...127 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« André Tosel, la raison au service de la pratique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Nice Sophia-Antipolis, Apr 2018, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’exil religieux entre contraintes communautaires et choix individuels. Quelques itinéraires de la noblesse huguenote (XVIIe-XVIIIe siècles) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28.Colloque Noblesses en exil. Les migrations nobiliaires entre la France, l’Empire et l’Europe centrale (XVe-XIXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Mans Université, Jun 2018, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Introduction : l’Alsace et les protestantismes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Traces du protestantisme en Alsace, XIXe-XXe siècle »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESAT; Université de Haute-Alsace, Jan 2017, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les immortels protestants : approche prosopographique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Valorisation des archives de Monseigneur Grente – L’Académie française »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Mans Université, 2017, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prédication protestante urbaine durant les périodes révolutionnaire et impériale (1789-1815)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Pratiques religieuse des élites en contexte de crise politique et/ou militaire »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Reims, 2017, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Partager à l’époque moderne. Enjeux communautaires et pratiques sociales »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La rentrée des modernistes du Mans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERHIO; Le Mans Université, Nov 2017, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Protestants et Révolution française » (table-ronde Engagements citoyens)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Protestantismes, convictions et engagements »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération protestante de France, Sep 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Histoire confessionnelle et histoire scientifique : enjeux et jalons autour du protestantisme »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Le chercheur en Sciences Humaines et Sociales, la religion et la foi »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Assises des religions et de la laïcité, 2016, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Minoritaires et prédicateurs dans les espaces lotharingiens : la parole de chaire à l’épreuve du changement institutionnel, de la veille de la Révolution française au retour des Bourbons (années 1780-1815) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Prêcher dans les espaces lotharingiens – XIIIe-XIXe siècles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANR Lodocat, Université Savoie Mont Blanc, Jun 2016, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La place du droit naturel dans la question protestante de la France du second XVIIIe siècle : théorie et pratiques d'une ‘tolérance’ religieuse »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Tolérance et intolérance des religion à l’époque moderne »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Angers, 2016, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prêcher la res publica de l’Ancien Régime à la IIe République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du CRESAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESAT, Apr 2015, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Entre régimisme et girouettisme : consistoires et pasteurs protestants face à la Restauration »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Saintes alliances ? Politique et religion dans l’Europe de 1815 »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 3, Oct 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La parole comme geste d’engagement pastoral sous la Révolution française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études "Foi et engagements : principes et enjeux d’une relation à Dieu dans l'espace réformé francophone"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Séminaire d’Histoire Moderne des Religions, Mar 2015, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Religions, communautés et Nation. Grégoire et la question de la citoyenneté »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Laïcités et religions en République. Questions d’hier et d’aujourd’hui autour des combats de l’abbé Grégoire »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNAM; Association des Professeurs d’Histoire et Géographie; IHRF, 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les vaudois et le pouvoir temporel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "Les vaudois et le pouvoir temporel"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conférence "Les vaudois et le pouvoir temporel", 2015, Lourmarin, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temporalités historiques et écritures pastorales dans le second XVIIIe siècle : la fratrie Rabaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Rabaut, témoins et témoignages du second Désert huguenot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRISES; Institut Protestant de Théologie – Séminaire d’Histoire Moderne des Religions, Nov 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la chaire à la tribune, de l’éducation religieuse à l’éducation nationale : quel cheminement de pensée sur la formation de la jeunesse pour Rabaut Saint- Étienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Protestantisme et éducation dans la France moderne »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lyon; ENS de Lyon, Oct 2013, Lyon, France. pp.245-264</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerre et parole en chaire de l’Ancien Régime à l’Empire napoléonien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences « Le protestantisme et la guerre : une alliance possible ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Librairie Jean Calvin, May 2014, Alès, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paroles publiques et écriture protestante : Rabaut Saint-Étienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’actualité de la recherche 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherches sur l'Histoire des Protestantismes - Institut Protestant de Théologie, Mar 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Et la parole fut. Les discours protestants comme indices des contacts cléricaux au XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Clergés en contact à l’ère des divisions confessionnelles (XVIe-XVIIIe siècle) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, 2014, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages de l’histoire politique dans l’éloquence de chaire protestantes du XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "Rhétorique sacrée et éloquence profane : argumenter à l’époque moderne"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESAT, Dec 2014, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabaut Saint-Etienne (1743-1793)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "Rabaut Saint-Etienne (1743-1793)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Histoire du Protestantisme de Nîmes et du Gard, May 2014, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La guerre en chaire : la prédication des ministres protestants face aux conflits, des années 1750 à la fin de l'Empire napoléonien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès des sociétés historiques et scientifiques (139e édition), « Langages et communication »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les premières missions protestantes dans le Pacifique (v. 1750-v. 1850)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politiques missionnaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Maurice‐Leenhardt de Recherche en Missiologie; Centre d'Histoire Moderne des Religions de l’IPT ‐ Faculté de Montpellier, Feb 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion, morale et éducation à travers les discours pastoraux protestants du second XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Éthique, morale et éducation : hier et aujourd’hui (XVIIIe-XXIe siècles)" 11e séance du séminaire « L’histoire de l’éducation au carrefour des sciences humaines et sociales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Laboratoire Cultures – Éducation – Sociétés (LACES EA 4140), May 2014, Mérignac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les Européens rencontrent les Polynésiens : Histoire, mythes et représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "Quand les Européens rencontrent les Polynésiens : Histoire, mythes et représentations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Amis du Musée de Hyères, Jun 2013, Hyères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les engagements politiques des ministres protestants sous la Révolution française : l'exemple de Jeanbon Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "Les engagements politiques des ministres protestants sous la Révolution française : l'exemple de Jeanbon Saint-André"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Montalbanaise d’Étude et de Recherche sur le Protestantisme, 2013, Montauban, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Plume pastorale, engagement politique et écriture de l’histoire : Rabaut Saint-Etienne et Le Précis de l’Histoire de la Révolution Française »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Histoire et politique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon Sorbonne; EHESS, 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mulhouse et la guerre de Trente ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence "Mulhouse et la guerre de Trente ans"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Histoire et de Géographie de Mulhouse (SHGM), 2012, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le corps prêché ou les métamorphoses d’un objet homilétique au XVIIIe siècle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...1622 lines deleted...]
-                <w:t xml:space="preserve">halshs-01874867v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Anthropologie historique du protestantisme moderne »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Neuchâtel, 2012, Neuchâtel, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la tolérance à la liberté de conscience, histoire d'un combat intellectuel de Voltaire à Rabaut Saint-Étienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence inaugurale de Protes’Temps Forts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Union des Eglises protestantes d’Alsace et de Lorraine (UEPAL), Oct 2011, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les œuvres dans l’homilétique du Désert »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Le protestantisme et les œuvres en Europe. Institutions et pratiques (XVIe-XIXe siècles) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Haute-Alsace, 2011, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Un exemple de dynastie pastorale au XVIIIe siècle : Paul Rabaut et ses fils ou les trois tomes du Jeune pommier à fruits précoces »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Agir pour l’Église. Ministères et charges ecclésiastiques dans les Églises réformées (XVIe- XIXe siècles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de La Rochelle, 2009, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les écrits profanes comme vecteur de foi : l’idée de mission au lointain dans l’Angleterre de la fin du XVIIIe siècle ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Diffusion de l’écrit dans le monde anglophone XVIe-XVIIIe siècles », « Spreading the Written Word in the English-Speaking World – 16th-18th c. »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Strasbourg; Université de Haute-Alsace, 2009, Mulhouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01875004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les missionnaires européens des mers du Sud : de la foi dans le voyage au voyage pour la foi (XVIe-XIXe siècles) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque pluridisciplinaire « Le voyage »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association inter-universitaire de l’Est; Université de Strasbourg, 2007, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Huguenots » et « Papistes », frères ennemis ou rivaux placides ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Voltaire, la tolérance et la justice (1762-1778) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consulat Général de France en Écosse; Université d’Edimbourg, 2006, Edimbourg, Royaume-Uni</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lieux cultuels et inscription dans le paysage : une expression de l'altérité confessionnelle (Métropole/Outre-mer d'Océanie, XVIe-XXe siècles) ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Identités, altérité, paysages »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union Internationale de Géographie, 2006, Papeete, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La première évangélisation du Pacifique par les missionnaires espagnols (XVIe-XVIIIe siècles) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international “Quiros et le Vanuatu” University of South Pacific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nouvelle Calédonie; Université de Polynésie française, 2006, Port-Villa, Vanuatu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« De la rareté à la représentativité d’une source : les registres consistoriaux dans la Provence du XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « La mesure du fait religieux : pertinence et limites de l’analyse quantitative des registres consistoriaux (Espace calvinien européen XVIe-XVIIIe s.) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des pays de l'Adour, 2005, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fidélité à Dieu, fidélité au roi : les protestants de Provence dans le second XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XLII Convegno di Studi sulla « Riforma e sui movimenti religiosi in Italia, Minoranze e comportamenti. Atteggiamenti culturali e sociali delle minoranze religiose tra medioevo ed età moderna »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Torre Pelice, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Y a-t-il un héritage vaudois en Provence au XVIIe siècle ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Annual International Congress, Occitania-Provence and the Mediterranean, « Contributions, Exchanges, and Relationships »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Méditerranean studies association; Université de Provence, 2001, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Protestants de Lourmarin sous le régime de l’édit de Nantes : un bastion du protestantisme provençal »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Les Protestants en Vaucluse »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives départementales de Vaucluse, 1998, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Protestants de la vallée des Baux sous le régime de l’édit de Nantes (1598-1685) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Les Protestants dans le sud-est de la France »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération Historique de Provence, 1998, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séduire du Moyen Âge à nos jours. Discours, représentations et pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Vickermann-Ribémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Regina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séduire. Discours, représentations et pratiques de la séduction du Moyen Âge à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Classiques Garnier, 2021, 978-2-406-11484-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03377058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les oeuvres protestantes en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Borello, Céline. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le protestantisme et les œuvres en Europe : Institutions et pratiques charitables, XVIe-XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Mulhouse, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 978-2-7535-2811-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01314795v1</w:t>
-              </w:r>
-[...5928 lines deleted...]
-                <w:t xml:space="preserve">halshs-01874849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luther et la politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Quiviger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française d'Histoire des Idées Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 45, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01697789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Argumenter. Rhétorique sacrée, éloquence profane (XVIe-XVIIIe siècle), dossier de la revue Histoire, Monde et Cultures religieuses (2015/3), n°35, 103 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, mondes et cultures religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 35, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01832386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La noblesse protestante sous l'édit de Nantes (1598-1685)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bourquin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 297 p., 2025, 978-2-7535-9863-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05082492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imageries religieuses à l’ère industrielle, support, diffusion et usages (XVIIe – XIXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziza Gril-Mariotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes. 2022, 9782753586710</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieu, César et les protestants. Anthologie de discours pastoraux sur la res publica (1744-1848)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion. 2019, 978-2-7453-5067-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Durand, Résister. Lettres de la Tour de Constance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Ampelos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 160 p., 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01870386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La république en chaire protestante. XVIIIe-XIXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PUR</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Histoire (Rennes), 978-2-7535-5905-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.168121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questions d'appartenance: les identités de l'Antiquité à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Airton Pollini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Orizons, 2015, 979-10-309-0004-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du Désert au Royaume : parole publique et écriture protestante (1765-1788) - Édition critique du Vieux Cévenol et de sermons de Rabaut Saint-Étienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, 65, 2013, Vies des huguenots, 978-2-7453-2439-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les œuvres protestantes en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01832379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les protestants de Provence au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion 2004, 9782745308832</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01697825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (34)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Conclusions et nouvelles pistes de recherche »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chaline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. Borello, L. Bourquin (dir.), La noblesse protestante sous l’édit de Nantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 275-280, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Société de l’histoire du protestantisme français et la noblesse huguenote du XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. Borello, L. Bourquin (dir.), La noblesse protestante sous l’édit de Nantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 17-32, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise à l’épreuve du système institutionnel réformé dans la clandestinité et la Révolution française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ph. Chareyre, H. Daussy, La France huguenote. Histoire institutionnelle d’une minorité religieuse (XVIe-XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 333-353, 2024, 2753597758</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Un prédicateur en Révolution (et au-delà) : le pasteur Jean-Antoine Blachon »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J. Léonard, N. Recous, Un parcours en protestantisme. II. Compagnons de route</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chrétiens et sociétés, 47, p. 189-202., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Minorité religieuse et secret. Le laboratoire huguenot dans la France toute catholique (XVIe-XVIIIe siècle) », L. Depretto C. Renoux C. Speroni G. Vickermann-Ribémont (dir.),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures du secret à l’époque moderne. Raisons, espaces, paradoxes, fabriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, p. 277-292., 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accueillir, expulser ou ségréguer ? Les modes de gouvernement des populations juives d’Italie à l’époque moderne (fin XVe-milieu du XVIIIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gasperoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Desenclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Alazard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communautés et mobilités en Méditerranée : de la fin du XVe siècle au milieu du XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bréal, 2023, 9782749552934</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Vickermann-Ribémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Regina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Borello, Christophe Regina &amp; Gabriele Vickermann-Ribémont. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séduire du Moyen Âge à nos jours. Discours, représentations et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-19, 2021, 978-2-406-11484-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’exil religieux entre contraintes communautaires et choix individuels. Quelques itinéraires de la noblesse huguenote (XVIIe-XVIIIe siècles) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L. Bourquin, O. Chaline, M. Figeac, M. Wrede (dir.), Noblesses en exil. Les migrations nobiliaires entre la France, l’Empire et l’Europe centrale (XVe-XIXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 55-66, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les immortels protestants. Une approche prosopographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D. Avon, F. Le Moigne, S. Tison et B. Waché (dir.), Le cardinal Grente. 1872-1959. Homme de lettres et prince de l’Église</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 63-74, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La parole de chaire des minorités protestante et juive à l’épreuve du changement institutionnel (années 1770-1815) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. Simiz (dir.), Prêcher dans les espaces lotharingiens - XIIIe-XIXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, p. 47-60, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Tosel et la laïcité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Quiviger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jean-Numa Ducange, Chantal Jaquet, Mélanie Plouviez (eds.), André Tosel : la raison au service de la pratique, Kimé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03591533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’inscription dans le paysage des lieux cultuels chrétiens : une expression de l’altérité confessionnelle ? (Métropole/Outre-mer d’Océanie, XVIe-XXe siècles) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. Borello, A. Pollini (dir.), Les territoires au croisement du temps et de l’espace. Mobilités, identités et paysages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HS 1 Les Actes du CRESAT HS 1, p. 47-64, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Histoire confessionnelle et histoire scientifique. Enjeux et jalons autour du protestantisme »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Y. Krumenacker (dir.), Sciences humaines, foi et religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, p. 63-74, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01879387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le corps prêché ou les métamorphoses d’un objet homilétique au XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O. CHRISTIN et Y. KRUMENACKER (dir.), Les protestants à l’époque moderne. Une approche anthropologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 551-562., 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01833340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art de l’éloquence en chaire comme indice des contacts cléricaux au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J. LEONARD (dir.), Prêtres et pasteurs. Les clergés à l'ère des divisions confessionnelles (XVIe-XVIIe siècle). Contacts, conflits, identités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.181-191, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01870764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre tolérance et intolérance catholico-protestante : la convivance du second XVIIIe siècle français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent, Catherine; Maurer, Catherine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La coexistence confessionnelle en France et en Europe germanique et orientale du Moyen Âge à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LARHRA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.309-322, 2015, Chrétiens et sociétés, Documents et Mémoires, 979-10-91592-12-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Conclusions générales : Identités et sentiment d’appartenance »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. BORELLO, A. POLLINI (dir.), Questions d’appartenance : les identités de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Orizons, p. 299-305, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Préface »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Airton Pollini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C. BORELLO, A. POLLINI (dir.), Questions d’appartenance : les identités de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 17-18., Editions Orizons, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identité protestante et appartenance au royaume de France : une concitoyenneté revendiquée au siècle des Lumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Borello, Céline; Pollini Junior, Airton-Brazil. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions d’appartenance : les identités de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...62 lines deleted...]
-                <w:t xml:space="preserve">halshs-01697789v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orizons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.73-88, 2015, Histoire, 979-10-309-0004-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argumenter. Rhétorique sacrée, éloquence profane (XVIe-XVIIIe siècle), dossier de la revue Histoire, Monde et Cultures religieuses (2015/3), n°35, 103 p.</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+                <w:t xml:space="preserve">De la convivencia médiévale à la convivance moderne : la pluriconfessionnalité au quotidien en Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Américi, Laurence; Daumalin, Xavier; Raveux, Olivier; Régnard, Céline. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La mosaïque des racines - Pouvoirs, cultures et sociétés en France et en Méditerranée (XVIe-XXIe siècle) : mélanges en l'honneur du professeur Gérard Chastagnaret</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-110, 2014, 978-2-85399-910-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01832386v1</w:t>
+                <w:t xml:space="preserve">hal-01314789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« De la chaire à la tribune, de l’éducation religieuse à l’éducation nationale : quel cheminement de pensée sur la formation de la jeunesse pour Rabaut Saint- Étienne ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LARHRA. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Y. KRUMENACKER, G. NOGUES (dir.), Protestantisme et éducation dans la France moderne, Chrétiens et sociétés, Documents et histoire n°24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 245-264., 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La profession de foi d'une dynastie pastorale du Désert : les Rabaut, des trois tomes du Jeune pommier à fruits précoces à l’exemplarité de Saint-Étienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poton, Didier; Mentzer, A., Raymond. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agir pour l'Église: ministères et charges ecclésiastiques dans les églises réformées (XVIe-XIXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Indes Savantes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.215-229, 2014, 978-2-84654-381-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrai et faux zèle dans les sermons protestants du second XVIIIe siècle : entre principes théologiques et considérations politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernat, Chrystel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique du zèle: fidélités et radicalités confessionnelles ; France, XVIe - XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 122, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beauchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.293-308, 2013, Théologie historique, 978-2-7010-2024-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Borello, Céline. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les œuvres protestantes en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.289-297, 2013, 978-2-7535-2811-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Secourir dans la tradition protestante du XIe au XIXe siècle : les oeuvres comme exigence liturgique, ordre politique et lien social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Borello, Céline. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les œuvres protestantes en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-20, 2013, 978-2-7535-2811-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du devoir du chrétien à l’impératif citoyen : les oeuvres dans l’homilétique du second Désert (1740-1791)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Borello, Céline. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les oeuvres protestantes en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.113-127, 2013, 978-2-7535-2811-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La justice fictionnelle au service de la cause protestante : Le Vieux Cévenol de Rabaut Saint-Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boisson, Didier; Krumenacker, Yves. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice et protestantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Équipe Religions, sociétés et acculturation, RESEA, Laboratoire de recherche historique Rhône-Alpes, LARHRA, UMR 5190</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.155-178, 2011, Chrétiens et sociétés. Documents et mémoires, 978-2-9537928-4-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Henriade à l’épreuve des faits : « huguenots » et « papistes », frères ennemis ou rivaux placides ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Renwick, John. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voltaire: la tolérance et la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-34, 2011, La République des lettres, 978-90-429-2235-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déjouer l'ordre public et créer un ordre urbain : la convivance à Marseille au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rideau, Gaël; Serna, Pierre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ordonner et partager la ville: (XVIIe - XIXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.117-135, 2011, Histoire, 978-2-7535-1392-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01314796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Texte et contexte : la violence dans les sermons protestants du XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L. FAGGION, C. REGINA (dir.), La violence. Regards croisés sur une réalité multiple</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, p. 471-494., 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Joseph Dufour et l’exotisme : les Océaniens au début du XIXe siècle, histoire d’une rencontre à travers le papier peint »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B. JACQUE, G. PASTIAUX-TRIRIAT (dir.), Joseph Dufour, manufacturier de papier peint</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p.161-181., 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les missionnaires européens des Mers du Sud (fin XVIe- début XIXe siècle) : de la foi dans le voyage au voyage pour la foi »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D. DINET, J.M. GRANDHOMME, I. LABOULAIS, Les formes du voyage. Approches interdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Strasbourg, p. 25-36., 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La christianisation : source de conflit ou de pacification ? Protestants et catholiques à Ouvéa dans le second XIXe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. BOUBIN-BOYER (dir.), Révoltes, conflits et Guerres mondiales en Nouvelle-Calédonie et dans sa région</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'harmattan, p. 273-286., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La première évangélisation du Pacifique par les missionnaires catholiques espagnols »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F. ANGLEVIEL (dir.), Pedro Fernandez de Quiros et le Vanuatu. Découverte mutuelle et historiographie d’un acte fondateur, 1606</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 267-281., 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01874867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protestantisme. Les surveillants dans les Églises réformées de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Borello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Isabelle Poutrin et Élisabeth Lusset (dir.), Dictionnaire du fouet et de la fessée. Corriger et punir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05561885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de « Stefano Simiz (dir.), Prédication en ville xvie-xxe siècles, Histoire urbaine 34 (2002), 2012, p. 5-131 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.683-685</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de « M. Augeron, J. de Bry, A. Notter, Floride, un rêve français (1562-1565), La Rochelle, Musée du Nouveau Monde, 2012, 160 p. »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.528</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de « Isabelle Olekhnovitch, Le livre sans titre »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.258-259</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de « Emer de Vattel à Jean Henri Samuel Formey. Correspondances autour du Droit des gens. Edition critique établie par André Bandelier »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.416-417</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de « Florence Buttay, Axelle Guillausseau (dir.), Des saints d’Etat ? : Politique et sainteté au temps du concile de Trente »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Borello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.409-411</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId165"/>
+      <w:footerReference w:type="default" r:id="rId186"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9497,51 +10793,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="6F9463C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -9578,51 +11026,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05082492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Borello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourquin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058269v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Gril-Mariotte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870386v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsampelos.com/resister-lettres-de-marie-durand/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697464v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4546" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.168121" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314785v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airton Pollini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314790v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01832379v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697825v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049886v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gasperoni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Desenclos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Alazard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03377068v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Vickermann-Rib&#233;mont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Regina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/seduire-du-moyen-age-a-nos-jours-discours-representations-et-pratiques-introduction-generale.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03591533v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Quiviger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01879387v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01833340v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870764v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314787v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://larhra.ish-lyon.cnrs.fr/node/2469" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874913v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874915v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314786v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsorizons.fr/index.php/nouveaute/questions-d-appartenance-les-identites-de-l-antiquite-a-nos-jours.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314789v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses-universitaires.univ-amu.fr/mosaique-racines" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874830v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314788v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lesindessavantes.com/index.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314792v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-beauchesne.com/product_info.php?cPath=60_61&amp;amp;products_id=1048" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314793v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3338" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314794v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314791v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://larhra.ish-lyon.cnrs.fr/node/233" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314797v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peeters-leuven.be/boekoverz.asp?nr=8658" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314796v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2657" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874865v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874832v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874858v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874866v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874867v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03377058v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314795v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03017476v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guyon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tixier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Simiz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874900v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874895v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874894v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874893v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874905v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874903v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874902v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874901v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874896v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874897v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874899v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874898v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313998v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874909v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314000v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874908v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313999v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314008v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314007v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314002v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874910v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314004v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314005v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314001v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874911v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314006v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314003v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314009v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314010v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875007v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314011v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875006v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314012v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875005v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875002v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875004v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874988v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874987v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874986v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874985v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874984v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874983v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874982v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874979v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874980v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831347v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.3773" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01833309v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfhip1.045.0009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831358v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874853v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874890v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874836v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.0913.0449" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874852v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01833294v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chretienssocietes.4083" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874916v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313603v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874907v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874869v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313602v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.0901.0051" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313607v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313608v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313606v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313609v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874861v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874833v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874840v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874873v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874872v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874875v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874877v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874841v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874843v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874845v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874878v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874856v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874846v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874879v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874847v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874881v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133483v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874848v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133506v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874849v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697789v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01832386v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313605v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313604v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313610v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313611v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313612v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-borello" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7148-0003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059337842" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561867v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Borello" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561868v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831347v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.3773" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01833309v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Quiviger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfhip1.045.0009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831358v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874853v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874890v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874836v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.0913.0449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874852v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01833294v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chretienssocietes.4083" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313603v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874916v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874907v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874869v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313602v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.0901.0051" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313607v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313606v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313609v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874861v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874833v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874840v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874873v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874872v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874875v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874877v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874843v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874845v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874878v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874856v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874846v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874879v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874847v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874881v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874848v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874849v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561887v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562057v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562060v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562055v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562050v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562052v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03017476v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guyon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tixier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Simiz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874900v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874895v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874894v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874893v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874905v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874903v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874901v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874896v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874897v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874899v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874898v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313998v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874909v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314000v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874908v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313999v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314008v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314007v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314005v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314004v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874910v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314002v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314001v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874911v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314006v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314003v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314009v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314010v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875007v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314011v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875006v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314012v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875005v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875002v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01875004v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874988v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874987v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874986v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874985v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874984v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874980v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874979v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03377058v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Vickermann-Rib&#233;mont" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Regina" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314795v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3338" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697789v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01832386v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05082492v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourquin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058269v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Gril-Mariotte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561859v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870386v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsampelos.com/resister-lettres-de-marie-durand/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697464v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4546" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.168121" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314785v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airton Pollini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314790v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01832379v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697825v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561877v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chaline" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561876v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561871v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561873v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561872v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049886v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gasperoni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salesse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Desenclos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Alazard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03377068v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/seduire-du-moyen-age-a-nos-jours-discours-representations-et-pratiques-introduction-generale.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561883v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561882v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561884v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03591533v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561875v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01879387v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01833340v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870764v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314787v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://larhra.ish-lyon.cnrs.fr/node/2469" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874913v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874915v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314786v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsorizons.fr/index.php/nouveaute/questions-d-appartenance-les-identites-de-l-antiquite-a-nos-jours.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314789v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses-universitaires.univ-amu.fr/mosaique-racines" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874830v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314788v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lesindessavantes.com/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314792v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-beauchesne.com/product_info.php?cPath=60_61&amp;amp;products_id=1048" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314793v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314791v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314794v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314798v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://larhra.ish-lyon.cnrs.fr/node/233" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314797v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peeters-leuven.be/boekoverz.asp?nr=8658" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314796v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2657" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874865v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874832v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874858v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874866v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874867v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05561885v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313605v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313604v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313610v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313611v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313612v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>