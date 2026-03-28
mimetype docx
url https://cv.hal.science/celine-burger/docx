--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -17,55 +17,142 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Céline BURGER </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maîtresse de conférences </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">celine-burger</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0002-6175-5306</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">183324463</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -92,807 +179,807 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet d’urbanisme pandémique, levier de transition de la fabrique urbaine et des mobilités dans les villes intermédiaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Grigorovschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fruiquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Michaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Najet Mouaziz-Bouchentouf. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vivre la ville durant la Covid-19. Regards croisés, futurs visualisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRASC - Centre de Recherche en Anthrpologie Sociale et Culturelle, 2025, 978-9931-598-47-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une pédagogie active et réflexive : analyser les ateliers professionnalisant en urbanisme et aménagement de l’IATEUR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dugua Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Muriel Frisch; Johanna Henrion-Latché. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés de chercheurs sur le concept de territoires apprenants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2023, Id/Emergences Cheminements, 2140353056</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05281644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban mobilities in French intermediary cities: the impact of “tactical” urban installations in the context of the Covid-19 pandemicin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hammann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Piantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Henck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Michaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Urban Mobilities French Fieldworks in European Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 9782875749048. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/b21034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’urbanisme tactique face à la crise sanitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les épidémies au prisme des SHS. De quelles crises les épidémies sont-elles porteuses ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines; Editions des archives contemporaines, pp.175-182, 2022, 9782813004659. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.9782813004659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation et marche en ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire pluriel de la marche en ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9782490437108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mot d'ordre de &amp;quot;transition énergétique&amp;quot; : un enjeu de recherche pour les sciences humaines et sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baggioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Cacciari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mangold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Repenser la transition énergétique. Un défi pour les sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02885417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wind Farms in Champagne-Ardenne Region, an Assessment of the Acceptability and Local Governance Issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural Areas Between Regional Needs and Global Challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-04393-3_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02158023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Champagne and Metal Flowers: Who is Invited to the Wind Generation Party in France?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mancebo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renewable Energy Governance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4471-5595-9_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -902,1630 +989,1578 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels regards des habitants sur les aménagements d’urbanisme « tactique » liés à la pandémie de Covid-19 dans les villes intermédiaires françaises ? Une mise en parallèle entre Mulhouse, Nancy et Reims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hamman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Piantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Henck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Nouvelles formes de mobilités et populations, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/eps.14099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coproduire des savoirs urbains ancrés dans un territoire local Retour critique sur la mise en place d’ateliers professionnels en urbanisme et en aménagement de l’espace dans une ville intermédiaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali de Raphélis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale d’Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’urbanisme tactique : outil d’émancipation ou de neutralisation des pratiques habitantes dans les espaces urbains ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Espace Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022-2/3 (47-48), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacepolitique.11204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle transition dans une commune peu dense ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03142034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La COVID-19 : une opportunité pour transformer les mobilités par l'urbanisme tactique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03142021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edito - L'urbanisme au prisme de la transition énergétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Paulhiac Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rocher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale d’Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02158052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'inscription UNESCO, outils de diversification de l’activité vitivinicole en Champagne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la Villa Bissinger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02885403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éolien est-il soluble dans le territoire ? Territorialisation d’une politique d’aménagement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnets de géographes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02158057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is the Place of Night-time in the Urban Policy of a French Intermediate City?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/articulo.3042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES NOUVELLES FORMES DE NÉGOCIATION DU TERRITOIRE, POUR UNE APPROCHE DURABLE ? LE CAS DE LA FINANCIARISATION DE L’ÉOLIEN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">URBIA. Les Cahiers du développement urbain durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02158064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban mobilities in French intermediary cities: the impact of “tactical” urban installations in the context of the Covid-19 pandemic</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Forte hausse des cleantechs. Bulle financière ou investissement d'or et déjà productif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-03924059v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décaler la production urbaine locale, histoires d’étudiants</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">INTRODUCTION LES JOURNEES DE L'AAR : L'EPREUVE DE THESE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...135 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Mortelette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-05533589v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forte hausse des cleantechs. Bulle financière ou investissement d'or et déjà productif ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Repenser la transition énergétique : un défi pour les sciences humaines et sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baggioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Cacciari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mangold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Baggioni, Vincent and Burger, Céline and Cacciari, Joseph and Mangold, Marie. Presses Universitaires de Rennes, 2019, 978-2-7535-7808-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02879347v1</w:t>
-[...74 lines deleted...]
-                <w:t xml:space="preserve">hal-02864895v1</w:t>
+                <w:t xml:space="preserve">hal-03181493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repenser la transition énergétique : un défi pour les sciences humaines et sociales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Décaler la production urbaine locale, histoires d’étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali de Raphélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...37 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03181493v1</w:t>
+                <w:t xml:space="preserve">Dogbeh Loick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enseigner par l’atelier : une question de recherche ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energy Transition and Neoliberalism, Agreement is Possible? The Case of Green Building in Gurugram, Delhi, India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RSAI – Social integration, regional development and sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RSAI – Social integration, regional development and sustainability, May 2018, Goa, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néolibéralisation et verticalisation, une application au-delà des limites de la ville : l’exploitation du vent dans le milieu rural champardennais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international -La ville verticale -Explorer et penser la dimension verticale de l'urbanisation dans le contexte de mondialisation et de changement climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Manuel APPERT, Nov 2015, Lyon (Maison des Sciences de l'Homme), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05533589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transition énergétique en milieu rural : la territorialisation des projets de parcs éoliens en Champagne-Ardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée internationale de sociologie de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02158069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId63"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2591,51 +2626,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="3E7C3F4A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2672,51 +2859,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251778v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Grigorovschi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Burger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fruiqui&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Michaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281644v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mallet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dugua Benoit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534812v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hammann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Piantoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Henck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21034" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760754v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004659" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884733v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885417v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baggioni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cacciari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mangold" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04393-3_15" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157970v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mancebo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-5595-9_13" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hamman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.14099" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532881v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;rin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Raph&#233;lis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mortelette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.11204" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142034v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142021v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158052v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Paulhiac Scherrer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rocher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885403v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158057v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157932v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3042" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158064v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924059v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109006v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogbeh Loick" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158069v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533589v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879347v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864895v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181493v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-burger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6175-5306" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183324463" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251778v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Grigorovschi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Burger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fruiqui&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Michaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281644v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mallet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dugua Benoit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534812v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hammann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Piantoni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Henck" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21034" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760754v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004659" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885417v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baggioni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cacciari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mangold" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158023v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-04393-3_15" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157970v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mancebo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-5595-9_13" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737906v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hamman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.14099" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;rin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali de Raph&#233;lis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370947v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mortelette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.11204" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142034v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142021v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158052v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Paulhiac Scherrer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rocher" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885403v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158057v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157932v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3042" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158064v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879347v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864895v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181493v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109006v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogbeh Loick" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538910v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533589v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158069v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>