--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -791,51 +791,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal protected areas and sea level rise in France : what adaptation strategies ?</w:t>
+                <w:t xml:space="preserve">Les espaces naturels protégés littoraux en France métropolitaine et l’élévation du niveau marin : quelles stratégies d’adaptation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
@@ -857,51 +857,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rollo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 98 (3/4), pp.605-622. </w:t>
+              <w:t xml:space="preserve">, 2022, Les risques littoraux, 98 (3/4), pp.605-622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bagf.8886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2176,239 +2176,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European Seabirds Show Stable Contemporary Biogeography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trop de monde à l'Île d'Yeu ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter G. Beninger</w:t>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Sellier</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waterbirds</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lîle d'Yeu 25 ans après, 2, https://igarun.univ-nantes.fr/medias/fichier/pottier-et-al_1570542983247-pdf?ID_FICHE=1269753&amp;INLINE=FALSE</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344045v1</w:t>
+                <w:t xml:space="preserve">hal-02434943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trop de monde à l'Île d'Yeu ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">European Seabirds Show Stable Contemporary Biogeography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Eveillard-Buchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Pottier</w:t>
+                <w:t xml:space="preserve">Peter G. Beninger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christine Lamberts</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Waterbirds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40 (4), pp.309-321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1675/063.040.0403⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02434943v1</w:t>
+                <w:t xml:space="preserve">hal-02344045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Percevoir les risques côtiers par la carte mentale : exemple sur le littoral des Sables-d'Olonne</w:t>
               </w:r>
@@ -2566,51 +2566,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Desse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 2 (2016), pp.43-52</w:t>
+              <w:t xml:space="preserve">, 2016, 2, pp.43-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -2829,640 +2829,640 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01368665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La saturation sous alertes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pottier</w:t>
+                <w:t xml:space="preserve">La tempête xynthia et la cartographie des &amp;quot; zones noires &amp;quot; sur le littoral français : analyse critique à partir de l'exemple de La Faute-sur-Mer (Vendée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Têtes chercheuses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 20, pp.15</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 222, pp.45-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00701138v1</w:t>
+                <w:t xml:space="preserve">hal-00664133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tempête xynthia et la cartographie des &amp;quot; zones noires &amp;quot; sur le littoral français : analyse critique à partir de l'exemple de La Faute-sur-Mer (Vendée)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Mercier</w:t>
+                <w:t xml:space="preserve">The influence of salina landscape structures on terrestrial bird distribution in the Guérande basin (Northwestern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dominik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ménanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Godet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bird Study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 59, pp.483-495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00063657.2012.715279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00664133v1</w:t>
+                <w:t xml:space="preserve">hal-00752554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of salina landscape structures on terrestrial bird distribution in the Guérande basin (Northwestern France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loic Ménanteau</w:t>
+                <w:t xml:space="preserve">La saturation sous alertes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Godet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bird Study</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Têtes chercheuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00063657.2012.715279⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00752554v1</w:t>
+                <w:t xml:space="preserve">halshs-00701138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La catastrophe Xynthia : un processus d'urbanisation littorale face à un fait de nature</w:t>
+                <w:t xml:space="preserve">Xynthia : leçons d'une catastrophe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Comentale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Blanlœil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 1, pp.37-41</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, http://cybergeo.revues.org/23763, pp.article 538</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00833352v1</w:t>
+                <w:t xml:space="preserve">hal-00613736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xynthia : leçons d'une catastrophe</w:t>
+                <w:t xml:space="preserve">La catastrophe Xynthia : un processus d'urbanisation littorale face à un fait de nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pottier</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Blanlœil</w:t>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, http://cybergeo.revues.org/23763, pp.article 538</w:t>
+              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.37-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00613736v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00833352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le prix d'une urbanisation abusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pourinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Place publique (Rennes)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, hors série, pp.24-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3500,51 +3500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une meilleure adéquation entre pression humaine et ressources littorales : évaluer la capacité d'accueil du territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Pouillaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3621,51 +3621,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur l'agriculture en marais estuariens : évolution d'une zone atelier en rive sud de la Loire (1992-2008)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Deniaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3697,225 +3697,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00432579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing carrying capacities of coastal areas in France</w:t>
+                <w:t xml:space="preserve">Le marais de Goulaine et sa bordure bocagère. Héritages et évolutions contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pottier</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Barraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Conservation: planning and management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2008-2, pp.15-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432589v1</w:t>
+                <w:t xml:space="preserve">hal-00401165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le marais de Goulaine et sa bordure bocagère. Héritages et évolutions contemporaines</w:t>
+                <w:t xml:space="preserve">Assessing carrying capacities of coastal areas in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Régis Barraud</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Pouillaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Coastal Conservation: planning and management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 12 (12), pp.27-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11852-008-0018-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00401165v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des oiseaux et des hommes : biogéographie salicole dans les marais guérandais</w:t>
               </w:r>
@@ -4031,51 +4031,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00432601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4350,151 +4350,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05201218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion des sites exceptionnels du littoral : la fabrique patrimoniale à l’heure du tourisme durable</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La baie de la Canche : de la trajectoire historique des paysages aux scénarios d’adaptation au changement climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Chadenas</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Desse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGU Centennial congress 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UGI; CNFG; Université Paris 1 Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque de Restitution PAMPAS « Le patrimoine des marais littoraux face aux changements globaux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de La Rochelle, Nov 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04403561v1</w:t>
+                <w:t xml:space="preserve">hal-05559222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le devenir des îlets du Grand-cul de Sac marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4523,2879 +4523,3449 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGU Centennial congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IGU; CNFG; Université Paris 1 Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04403449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les espaces protégés littoraux face à l’élévation du niveau marin : représentations sociales et enjeux de relocalisation</w:t>
+                <w:t xml:space="preserve">Les espaces protégés littoraux face à l’élévation du niveau marin : perceptionde leur adaptation et enjeux de leur relocalisation par les acteurs du territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jo Menozzi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGU Centennial congress 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IGU; CNFG; Université Paris 1 Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">International Geographical Union Centennial Congress: Time for Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04403520v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relocalisation d’enjeux en zone côtière : de l’état de l’art à une définition adaptée aux risques côtiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Chotard</w:t>
+                <w:t xml:space="preserve">Les îlets du Grand Cul-de-Sac-Marin (Guadeloupe) : le devenir des paysages patrimoniaux soumis à des pressions anthropiques et naturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les risques littoraux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Géographes Français, Mar 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">International Geographical Union Centennial Congress: Time for Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05201246v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’adaptation au prisme de l’attachement aux territoires : les acteurs des espaces protégés face à l’élévation du niveau de la mer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The future of a remembrance coastal heritage in the Anthropocene Inhabitants’ and tourists’ representations of the Landing Beaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Restauration et reconnexion des marais littoraux »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bretagne occidentale, Oct 2021, Brest, France</w:t>
+              <w:t xml:space="preserve">2022 International Geographical Union Centennial Congress: Time for Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Geographical Union, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04403834v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les espaces naturels protégés littoraux et le changement climatique : quelles stratégies d’adaptation ?</w:t>
+                <w:t xml:space="preserve">Les espaces protégés littoraux face à l’élévation du niveau marin : représentations sociales et enjeux de relocalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jo Menozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique « Les risques littoraux »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de Géographes Français, Mar 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">IGU Centennial congress 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IGU; CNFG; Université Paris 1 Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402691v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les espaces protégés dans l’Anthropocène : vers une adaptation des pratiques de conservation ? Introduction de la deuxième journée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Patrimonialisation et gestion du tourisme dans les hauts lieux du littoral nord-ouest européen : enjeux, innovations, authenticité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Restauration et reconnexion des marais littoraux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Brest, France</w:t>
+              <w:t xml:space="preserve">Tourisme patrimoine et authenticité en région Hauts-de-France et ailleurs : Journée d’étude n°2 : Tourisme, patrimoine naturel et authenticité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Littoral Côte d'Opale, May 2022, Boulogne-sur-mer (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05201232v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05559563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rewilding in France: issues, projects and case studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gestion des sites exceptionnels du littoral : la fabrique patrimoniale à l’heure du tourisme durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opportunities and Issues in Rewilding Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, South Yorkshire Biodiversity Research Group (SYBRG); Sheffield Hallam University, May 2019, Sheffield (Sheffield Hallam University), United Kingdom</w:t>
+              <w:t xml:space="preserve">IGU Centennial congress 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UGI; CNFG; Université Paris 1 Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04662560v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paysages idéalisés des îlets guadeloupéens sous pression ? Une évolution accélérée des paysages patrimoniaux sous l’effet du développement touristique et des changements climatiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+                <w:t xml:space="preserve">La relocalisation d’enjeux en zone côtière : de l’état de l’art à une définition adaptée aux risques côtiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Chotard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riwan Kerguillec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Les îles à venir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Bretagne occidentale; Association des Iles du Ponant; Fondation de France, Oct 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">Les risques littoraux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Géographes Français, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402968v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05201246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le marais de Suscinio : du sel à l’oiseau et de l’oiseau au touriste ?</w:t>
+                <w:t xml:space="preserve">L’adaptation au prisme de l’attachement aux territoires : les acteurs des espaces protégés face à l’élévation du niveau de la mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Géohistoire des zones humides d’ici et d’ailleurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS; GHZH; ICEM de Tulcea; Institut de Recherche sur le Delta du Danube; la « Romanian Limnogeographical Association »; CEDETE (Univ. Orléans), Jun 2019, Tulcea, Roumanie</w:t>
+              <w:t xml:space="preserve">Colloque « Restauration et reconnexion des marais littoraux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bretagne occidentale, Oct 2021, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04404799v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Rewilding en Europe. Quelles géographies ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Régis Barraud</w:t>
+                <w:t xml:space="preserve">Les espaces naturels protégés littoraux et le changement climatique : quelles stratégies d’adaptation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les géographes et la nature : nouveaux regards</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de Géographes Français, Sep 2018, Paris, France. pp.301-318</w:t>
+              <w:t xml:space="preserve">Journée thématique « Les risques littoraux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de Géographes Français, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04683900v1</w:t>
+                <w:t xml:space="preserve">hal-04402691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lenteur et l’itinérance dans les pratiques touristiques de sites littoraux européens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Michel</w:t>
+                <w:t xml:space="preserve">Les espaces protégés dans l’Anthropocène : vers une adaptation des pratiques de conservation ? Introduction de la deuxième journée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Slow tourisme / Slow sport. (En)jeux de spatialités, de mobilités et de corporéités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Boulogne-sur-mer, France</w:t>
+              <w:t xml:space="preserve">Restauration et reconnexion des marais littoraux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02380601v1</w:t>
+                <w:t xml:space="preserve">hal-05201232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les territoires du patrimoine et du tourisme dans quatre hauts lieux du littoral européen : Chaussée des Géants (Royaume-Uni), Mer des Wadden (Danemark), Deux Caps et marais salants de Guérande (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les paysages idéalisés des îlets guadeloupéens sous pression ? Une évolution accélérée des paysages patrimoniaux sous l’effet du développement touristique et des changements climatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « L’innovation dans le patrimoine : nouvelles lectures et pratiques patrimoniales. La région des Pays de la Loire au miroir de l’Europe »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université d'Angers, Nov 2018, Angers, France</w:t>
+              <w:t xml:space="preserve">Colloque Les îles à venir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bretagne occidentale; Association des Iles du Ponant; Fondation de France, Oct 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04404932v1</w:t>
+                <w:t xml:space="preserve">hal-04402968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical analysis for the integration of a microalgae production and biorefining unit in &amp;quot;Pays de la Loire</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le marais de Suscinio : du sel à l’oiseau et de l’oiseau au touriste ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCEANEXT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">Colloque international Géohistoire des zones humides d’ici et d’ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; GHZH; ICEM de Tulcea; Institut de Recherche sur le Delta du Danube; la « Romanian Limnogeographical Association »; CEDETE (Univ. Orléans), Jun 2019, Tulcea, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02345573v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04404799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustaining natural heritage sites as great tourist attractions: international guidelines versus local contexts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Rewilding en Europe. Quelles géographies ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elodie Salin</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourism and Cultural Landscapes: Towards a Sustainable Approach</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Les géographes et la nature : nouveaux regards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de Géographes Français, Sep 2018, Paris, France. pp.301-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03895306v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04683900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résilience proactive à travers la carte mentale : exemples des territoires de la Charente-Maritime et de la Baie de Somme (Picardie)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie Chevillot-Miot</w:t>
+                <w:t xml:space="preserve">Rewilding in France: issues, projects and case studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXII èmes Journées du développement ATM 2016, Catastrophes, vulnérabilités et résiliences dans les pays en développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">Opportunities and Issues in Rewilding Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, South Yorkshire Biodiversity Research Group (SYBRG); Sheffield Hallam University, May 2019, Sheffield (Sheffield Hallam University), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01369465v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04662560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gouvernance des espaces protégés : la nature en partage ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Barthon</w:t>
+                <w:t xml:space="preserve">La lenteur et l’itinérance dans les pratiques touristiques de sites littoraux européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'espace en partage, approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">Slow tourisme / Slow sport. (En)jeux de spatialités, de mobilités et de corporéités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Boulogne-sur-mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337739v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nature ordinaire mérite aussi d'être conservée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Godet</w:t>
+                <w:t xml:space="preserve">Les territoires du patrimoine et du tourisme dans quatre hauts lieux du littoral européen : Chaussée des Géants (Royaume-Uni), Mer des Wadden (Danemark), Deux Caps et marais salants de Guérande (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Café Géographie, le Méliès, Nantes, 21 février 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve">Colloque « L’innovation dans le patrimoine : nouvelles lectures et pratiques patrimoniales. La région des Pays de la Loire au miroir de l’Europe »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Angers, Nov 2018, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995813v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04404932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of the stormXynthia on PPR-L</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geographical analysis for the integration of a microalgae production and biorefining unit in &amp;quot;Pays de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biscaïno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bozec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union Géographique Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">OCEANEXT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01648047v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques agricoles, mesures agrienvironnementales et développement durable dans les zones humides de l'estuaire de la Loire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Régis Barraud</w:t>
+                <w:t xml:space="preserve">Sustaining natural heritage sites as great tourist attractions: international guidelines versus local contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques agricoles, mesures agrienvironnementales et développement durable dans les zones humides de l'estuaire de la Loire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Tourism and Cultural Landscapes: Towards a Sustainable Approach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433104v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03895306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing carrying capacities of coastal areas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La résilience proactive à travers la carte mentale : exemples des territoires de la Charente-Maritime et de la Baie de Somme (Picardie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Chevillot-Miot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pottier</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessing carrying capacities of coastal areas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Hammamet, Tunisia. pp.27-34</w:t>
+              <w:t xml:space="preserve">XXXII èmes Journées du développement ATM 2016, Catastrophes, vulnérabilités et résiliences dans les pays en développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433353v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01369465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on mesurer la capacité d'accueil des communes littorales ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La gouvernance des espaces protégés : la nature en partage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bernard de Lajartre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Agnès Pouillaude</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peut-on mesurer la capacité d'accueil des communes littorales ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Lille, France</w:t>
+              <w:t xml:space="preserve">L'espace en partage, approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00433357v1</w:t>
+                <w:t xml:space="preserve">hal-03337739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les marais du bas-Guadiana (Andalousie, Algarve) : emprise, déprise et reprise humaines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La nature ordinaire mérite aussi d'être conservée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loic Ménanteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les marais du bas-Guadiana (Andalousie, Algarve) : emprise, déprise et reprise humaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, Le Blanc, France. pp.309-331</w:t>
+              <w:t xml:space="preserve">Café Géographie, le Méliès, Nantes, 21 février 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00433378v1</w:t>
+                <w:t xml:space="preserve">hal-00995813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les marais du Bas-Guadiana (Algarve, Andalousie) : emprise, déprise et reprise humaines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The impact of the stormXynthia on PPR-L</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Choblet</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Creach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zones humides européennes : espaces productifs d’hier et d’aujourd’hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe d’Histoire des Zones Humides, Oct 2005, Le Blanc (Indre), France. pp.309-331</w:t>
+              <w:t xml:space="preserve">Union Géographique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00266233v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation homme-oiseau dans le golfe du Morbihan : exemples de la pêche et de l'aquaculture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pratiques agricoles, mesures agrienvironnementales et développement durable dans les zones humides de l'estuaire de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La relation homme-oiseau dans le golfe du Morbihan : exemples de la pêche et de l'aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2004, France. pp.497-505</w:t>
+              <w:t xml:space="preserve">Pratiques agricoles, mesures agrienvironnementales et développement durable dans les zones humides de l'estuaire de la Loire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433384v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La capacité d'accueil des communes littorales en France. Analyse des évolutions conceptuelles et méthodologiques</w:t>
+                <w:t xml:space="preserve">Peut-on mesurer la capacité d'accueil des communes littorales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Pouillaude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La capacité d'accueil des communes littorales en France. Analyse des évolutions conceptuelles et méthodologiques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Oujda, Maroc</w:t>
+              <w:t xml:space="preserve">Peut-on mesurer la capacité d'accueil des communes littorales ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433356v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tourisme de nature, facteur de développement local durable ? Exemples de la réserve de Lilleau des Niges (Ile de Ré, France) et du parc du Marquenterre (Baie de Somme, France)</w:t>
+                <w:t xml:space="preserve">Assessing carrying capacities of coastal areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Sophie Bonnet</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Pouillaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le tourisme de nature, facteur de développement local durable ? Exemples de la réserve de Lilleau des Niges (Ile de Ré, France) et du parc du Marquenterre (Baie de Somme, France)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Oujda, Maroc</w:t>
+              <w:t xml:space="preserve">Assessing carrying capacities of coastal areas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Hammamet, Tunisia. pp.27-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433354v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal management and protection between local culture and community politicy</w:t>
+                <w:t xml:space="preserve">Les marais du bas-Guadiana (Andalousie, Algarve) : emprise, déprise et reprise humaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Choblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ménanteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coastal management and protection between local culture and community politicy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2005, Tavira, Portugal</w:t>
+              <w:t xml:space="preserve">Les marais du bas-Guadiana (Andalousie, Algarve) : emprise, déprise et reprise humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Le Blanc, France. pp.309-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433360v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migratory birds : indicating the quality of the coastal environment and revealing social customs</w:t>
+                <w:t xml:space="preserve">La relation homme-oiseau dans le golfe du Morbihan : exemples de la pêche et de l'aquaculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Miossec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Migratory birds : indicating the quality of the coastal environment and revealing social customs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2004, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">La relation homme-oiseau dans le golfe du Morbihan : exemples de la pêche et de l'aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2004, France. pp.497-505</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00433362v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La capacité d'accueil des communes littorales en France. Analyse des évolutions conceptuelles et méthodologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Choblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Pouillaude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La capacité d'accueil des communes littorales en France. Analyse des évolutions conceptuelles et méthodologiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Oujda, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tourisme de nature, facteur de développement local durable ? Exemples de la réserve de Lilleau des Niges (Ile de Ré, France) et du parc du Marquenterre (Baie de Somme, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sophie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le tourisme de nature, facteur de développement local durable ? Exemples de la réserve de Lilleau des Niges (Ile de Ré, France) et du parc du Marquenterre (Baie de Somme, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Oujda, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marais du Bas-Guadiana (Algarve, Andalousie) : emprise, déprise et reprise humaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ménanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Choblet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zones humides européennes : espaces productifs d’hier et d’aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d’Histoire des Zones Humides, Oct 2005, Le Blanc (Indre), France. pp.309-331</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00266233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coastal management and protection between local culture and community politicy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Choblet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coastal management and protection between local culture and community politicy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, Tavira, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migratory birds : indicating the quality of the coastal environment and revealing social customs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Miossec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migratory birds : indicating the quality of the coastal environment and revealing social customs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2004, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tourisme de nature sur les littoraux européens, reflet d'une gestion durable de l'espace ? Cas de zones humides pour l'accueil des oiseaux en France et en Grande-Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le tourisme de nature sur les littoraux européens, reflet d'une gestion durable de l'espace ? Cas de zones humides pour l'accueil des oiseaux en France et en Grande-Bretagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Oujda, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00433364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7405,250 +7975,250 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les littoraux français. Permanences, changements, enjeux</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environnements. Espaces, temporalités et enjeux de la transition écologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, pp.560, 2024, Horizon, 978-2-200-63816-0</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dunod Armand Colin, 2024, 10 : 2200638175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651009v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05093064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnements. Espaces, temporalités et enjeux de la transition écologique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les littoraux français. Permanences, changements, enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Desse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Dunod Armand Colin, 2024, 10 : 2200638175</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunod / Armand Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.560, 2024, Horizon, 978-2-200-63816-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05093064v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacités d'accueil et de développement des territoires littoraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7669,2100 +8239,2507 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Struillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DREAL des Pays de la Loire, pp.69, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00433086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Homme et l'oiseau sur les littoraux d'Europe occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, pp.291, 2008, Milieux naturels et Sociétés - Approches géographiques, Paul Durand et Lydie Goeldner-Gianella</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00432613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La capacité d'accueil et de développement des communes littorales.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Choblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Pouillaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ministère du Développement durable, 77 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00424793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nature et les paysages littoraux aux défis de l’aménagement</w:t>
+                <w:t xml:space="preserve">Les marais salants guérandais entre activités traditionnelles et valorisation touristique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Lougès</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les littoraux français. Permanences, changements, enjeux</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Patrimoine et authenticité : de la perception à l’innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9783034348461</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05121249v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05559579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrimonialisation et gestion du tourisme dans quatre hauts lieux du littoral européen : Chaussée des Géants (Irlande du Nord), Mer des Wadden (Danemark), Deux Caps et marais salants de Guérande (France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La nature et les paysages littoraux aux défis de l’aménagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quinio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lougès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles lectures patrimoniales. La région des Pays de la Loire au miroir de l’Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les littoraux français. Permanences, changements, enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp.458-507, 2024, 9782200638160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arco.desse.2024.01.0603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05001441v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les espaces naturels protégés : de la diversité des régimes de protection à la diversification des modes de gestion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Patrimonialisation et gestion du tourisme dans quatre hauts lieux du littoral européen : Chaussée des Géants (Irlande du Nord), Mer des Wadden (Danemark), Deux Caps et marais salants de Guérande (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Morice Jean-René (dir.); Saupin Guy (dir.); Vincent Johan (dir.); Vivier Nadine (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements. Espaces, temporalités et enjeux de la transition écologique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nouvelles lectures patrimoniales. La région des Pays de la Loire au miroir de l’Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.183-195, 2024, Art et Société, 9782753593817</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05121200v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les îlets du Grand Cul-de-Sac Marin sous pression ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les espaces naturels protégés : de la diversité des régimes de protection à la diversification des modes de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Quinio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Îles : regards croisés sur l'insularité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environnements. Espaces, temporalités et enjeux de la transition écologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dunod, pp.81-122, 2024, 9782200638177 (EAN). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arco.chade.2024.01.0135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402564v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Variability of Baselines Mobilized in Coastal Protected Areas: The Anthropocene as a Dividing Line?</w:t>
+                <w:t xml:space="preserve">Les états de référence mobilisés dans les espaces protégés littoraux : l’Anthropocène comme ligne de partage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Godet; Simon Dufour; Anne-Julia Rollet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Baseline Concept in Biodiversity Conservation: Being Nostalgic or Not in the Anthropocene Era</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wiley-ISTE, pp.147-164, 2022, 978-1-78630-888-7</w:t>
+              <w:t xml:space="preserve">Conservation de la biodiversité et état de référence : la nostalgie de la nature à l’ère de l’Anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Editions, 2023, 978-1-78405-913-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05250516v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Da proteção às estratégias de gestão turística nos sítios patrimonializados litorâneos do Noroeste europeu: estudo sobre deux caps e Marais salants de Guérande (França), chaussée des Géants(reino unido) e Mar dos Walden (dinamarca)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les îlets du Grand Cul-de-Sac Marin sous pression ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Queiroz Pereira, Alexandre; Wanderley Correia Dantas, Eustógio. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brigand Louis; Vallat, Julie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espacialidades Turísticas: do regional ao global</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Letra Capital, pp.190-236, 2021, 9786589925088</w:t>
+              <w:t xml:space="preserve">Îles : regards croisés sur l'insularité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Géorama éditions, pp.160-163, 2022, 979-10-96216-55-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03895321v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lenteur et l'itinérance dans les pratiques touristiques de sites littoraux européens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Michel</w:t>
+                <w:t xml:space="preserve">The Variability of Baselines Mobilized in Coastal Protected Areas: The Anthropocene as a Dividing Line?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Lebreton, Florian; Gibout, Christophe; Andrieu, Bernard. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Godet; Simon Dufour; Anne-Julia Rollet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vivre slow : enjeux et perspectives pour une transition corporelle, récréative et touristique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Nancy; Éditions Universitaires de Lorraine, 2020, Épistémologie du corps, 978-2-8143-0568-7</w:t>
+              <w:t xml:space="preserve">The Baseline Concept in Biodiversity Conservation: Being Nostalgic or Not in the Anthropocene Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wiley-ISTE, pp.147-164, 2022, 978-1-78630-888-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03380574v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05250516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nantes, La Loire</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Da proteção às estratégias de gestão turística nos sítios patrimonializados litorâneos do Noroeste europeu: estudo sobre deux caps e Marais salants de Guérande (França), chaussée des Géants(reino unido) e Mar dos Walden (dinamarca)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Queiroz Pereira, Alexandre; Wanderley Correia Dantas, Eustógio. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Villes et rivières de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Espacialidades Turísticas: do regional ao global</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Letra Capital, pp.190-236, 2021, 9786589925088</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02520536v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03895321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habiter les habitats (naturels) : quelle place pour l'homme au sein du patrimoine naturel littoral ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Barthon</w:t>
+                <w:t xml:space="preserve">La lenteur et l'itinérance dans les pratiques touristiques de sites littoraux européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lebreton, Florian; Gibout, Christophe; Andrieu, Bernard. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Habiter le littoral : Enjeux contemporains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 979-10-320-0084-7</w:t>
+              <w:t xml:space="preserve">Vivre slow : enjeux et perspectives pour une transition corporelle, récréative et touristique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nancy; Éditions Universitaires de Lorraine, 2020, Épistémologie du corps, 978-2-8143-0568-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01521830v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03380574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aspects de protection et de gestion de la biodiversité ligérienne.</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Moatar, Florentina; Dupont, Nadia. </w:t>
+                <w:t xml:space="preserve">Nantes, La Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guineberteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ménanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carcaud N., Arnaud-Fassetta G., Evain C. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Loire fluviale et estuarienne – un milieu en évolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Quae, 2016</w:t>
+              <w:t xml:space="preserve">Villes et rivières de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, pp.156-165, 2019, 9782271116086</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01423423v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la tempête Xynthia sur la prise en compte de l’aléa de submersion marine : l’exemple de La Faute-sur-Mer (Vendée)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Habiter les habitats (naturels) : quelle place pour l'homme au sein du patrimoine naturel littoral ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bernard de Lajartre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Mercier</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risques littoraux et maritimes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 7, pp.76-77, 2015, Atlas Permanent de la Mer et du Littoral</w:t>
+              <w:t xml:space="preserve">Habiter le littoral : Enjeux contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 979-10-320-0084-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01158184v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01521830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture et mesures agro-environnementales : les conditions d'un développement durable ? Étude d'une zone atelier au cœur de l'estuaire de la Loire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+                <w:t xml:space="preserve">Aspects de protection et de gestion de la biodiversité ligérienne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Greulich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Moatar, Florentina; Dupont, Nadia. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'estuaire de la Loire. Un territoire en développement durable ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.309-325, 2009, Espace et territoires</w:t>
+              <w:t xml:space="preserve">La Loire fluviale et estuarienne – un milieu en évolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00432632v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01423423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les indicateurs de développement durable : leçons de quelques expériences locales</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact de la tempête Xynthia sur la prise en compte de l’aléa de submersion marine : l’exemple de La Faute-sur-Mer (Vendée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Corinne Bagoulla</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Creach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'estuaire de la Loire. Un territoire en développement durable ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.421-445, 2009, Espace et territoires, 978-2-7535-0931-3</w:t>
+              <w:t xml:space="preserve">Risques littoraux et maritimes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7, pp.76-77, 2015, Atlas Permanent de la Mer et du Littoral</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00432634v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01158184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prise en compte du patrimoine naturel dans les documents locaux de planification urbaine. Le cas des communes du cœur de l'estuaire de la Loire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agriculture et mesures agro-environnementales : les conditions d'un développement durable ? Étude d'une zone atelier au cœur de l'estuaire de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Loic Ménanteau</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Deniaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'estuaire de la Loire. Un territoire en développement durable ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.273-290, 2009, Espace et territoires</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.309-325, 2009, Espace et territoires</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00432630v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zonages de protection du patrimoine naturel. Identification et analyse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les indicateurs de développement durable : leçons de quelques expériences locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Despres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Pouillaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bagoulla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'estuaire de la Loire. Un territoire en développement durable ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.251-271, 2009, Espace et territoires</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.421-445, 2009, Espace et territoires, 978-2-7535-0931-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00432627v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La prise en compte du patrimoine naturel dans les documents locaux de planification urbaine. Le cas des communes du cœur de l'estuaire de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ménanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'estuaire de la Loire. Un territoire en développement durable ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.273-290, 2009, Espace et territoires</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zonages de protection du patrimoine naturel. Identification et analyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Struillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Ménanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'estuaire de la Loire. Un territoire en développement durable ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.251-271, 2009, Espace et territoires</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le tourisme littoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Pouillaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sophie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Choblet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mare Economicum, enjeux et avenir de la France maritime et littorale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.397-456, 2008, Economie et société</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00433089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coastal Protected Areas in the Anthropocene: An inventory of reconnection projects to the sea and alternative management strategies in Europe (RECOSEA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48579/PRO/APKUIT⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Plages du Débarquement à l’heure d’une commémoration historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chadenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Revue Espace n° 379, Dossier Tourisme de Mémoire, juillet-août</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.36-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Capacités d'accueil et de développement des communes littorales, rapport d'étape (1er phase)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Choblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Pouillaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9774,51 +10751,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Struillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006, 239 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00282153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9828,274 +10805,274 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux juridiques de la transition écologiques des territoires menacés par la montée des eaux. Droit et usage du droit. Note de synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Struillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Crespy-de Coninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Huten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Barragan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IERDJ - Institut des Études et de la Recherche sur le Droit et la Justice; DCS - Droit et Changement social. 2024, 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux juridiques de la transition écologique des territoires menacés par la montée de la mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Struillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Huten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Crespy-de Coninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit et changement social (DCS UMR CNRS 6297); Institut des Études et de la Recherche sur le Droit et la Justice (IERDJ). 2023, pp.1-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressions touristiques sur les Îlets du Parc National de la Guadeloupe. Rapport final du projet Pressîles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rufin-Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10117,265 +11094,265 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université du Littoral Côte d'Opale - ULCO; Université de Nantes; Le Mans Université. 2018, pp.93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04408769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer le patrimoine littoral, la fabrique patrimoniale à l'heure du tourisme durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Andreu-Boussut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Herbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR ESO 6554 CNRS, Le Mans Université. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01567042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibis sacré (Threskiornis aethiopicus). Etat actuel et impacts potentiels des populations introduites en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Clergeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Yésou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] 137 44-10/60 (B5808), 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10385,114 +11362,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Homme et l'oiseau sur les littoraux d'Europe occidentale. Appropriation de l'espace et enjeux territoriaux : vers une gestion durable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chadenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université de Nantes, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00202487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId214"/>
+      <w:footerReference w:type="default" r:id="rId224"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10560,51 +11537,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="918884E9"/>
+    <w:nsid w:val="3E9D02FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10791,51 +11768,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-chadenas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2318-8117" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076349616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05538961v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cristina de la Vega-Leinert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Esteves" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andreu-Boussut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Quinio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadenas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/natureconservation.62.148691" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394874v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14vkz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222791v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chotard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juigner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crm.2025.100738" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991451v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8768" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991437v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chotard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navarro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kerguillec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WCAS-D-22-0011.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991444v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rufin-Soler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8886" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545375v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Lem&#233;e" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Guillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Krien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13669877.2021.1962952" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545387v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Mambet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barbaras" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102378" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995653v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eveillard-Buchoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cadiou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sellier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dynenviron.6663" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barthon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud De Lajartre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.27491" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344047v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gerard Beninger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-019-00879-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344041v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chauveau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2019.103629" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380476v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Barraud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Portal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.5141" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171961v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barthon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde de Cacqueray" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.828" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829911v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.6280" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344054v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.3834" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344045v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter G. Beninger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1675/063.040.0403" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434943v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pottier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417191v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Lamarre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro Carrascal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517336v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115320v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Creach" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-013-0299-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368665v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bernard de Lajartre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pancher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13621" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701138v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664133v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00752554v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dominik" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic M&#233;nanteau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00063657.2012.715279" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833352v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613736v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Comentale" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Blanl&#339;il" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613733v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833358v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pouillaude" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Struillou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Despres" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432579v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Deniaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-008-0018-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S4NTPW7R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401165v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432596v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432601v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192602v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201218v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403561v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Salin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403449v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403520v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo Menozzi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201246v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwan Kerguillec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403834v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bodin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402691v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201232v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662560v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402968v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404799v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683900v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380601v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404932v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Salin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345573v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bisca&#239;no" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bizard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bozec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cherel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chiquet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895306v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369465v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Chevillot-Miot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03337739v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995813v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648047v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433104v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433353v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433357v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433378v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Choblet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266233v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433384v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433356v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433354v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Bonnet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433360v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433362v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Miossec" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433364v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651009v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/prepas-concours/littoraux-francais-capes-agregation-histoire-geographie" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05093064v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433086v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432613v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424793v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121249v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loug&#232;s" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.desse.2024.01.0603" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05001441v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10062/nouvelles-lectures-patrimoniales" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121200v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.chade.2024.01.0135" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402564v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250516v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895321v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03380574v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520536v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guineberteau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521830v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423423v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Greulich" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Braud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158184v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432632v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432634v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bagoulla" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432630v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432627v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433089v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282153v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861815v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crespy-de Coninck" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Huten" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Barragan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04369335v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408769v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01567042v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gagnon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832460v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Y&#233;sou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00202487v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-chadenas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2318-8117" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076349616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05538961v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cristina de la Vega-Leinert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Esteves" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andreu-Boussut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Quinio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadenas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/natureconservation.62.148691" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394874v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14vkz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222791v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Chotard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juigner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crm.2025.100738" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991451v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8768" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991437v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chotard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navarro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kerguillec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WCAS-D-22-0011.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991444v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rufin-Soler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8886" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545375v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Lem&#233;e" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Guillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Krien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13669877.2021.1962952" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545387v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Mambet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barbaras" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102378" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995653v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eveillard-Buchoux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cadiou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sellier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dynenviron.6663" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barthon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud De Lajartre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.27491" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344047v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gerard Beninger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-019-00879-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344041v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chauveau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2019.103629" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380476v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Barraud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Portal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.5141" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171961v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barthon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde de Cacqueray" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.828" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829911v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.6280" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344054v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.3834" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434943v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pottier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344045v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter G. Beninger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1675/063.040.0403" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417191v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Lamarre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro Carrascal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517336v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115320v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Creach" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-013-0299-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368665v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bernard de Lajartre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pancher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13621" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664133v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00752554v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dominik" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic M&#233;nanteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00063657.2012.715279" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701138v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613736v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Comentale" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Blanl&#339;il" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833352v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourinet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613733v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833358v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pouillaude" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Struillou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Despres" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432579v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Deniaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401165v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432589v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-008-0018-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S4NTPW7R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432596v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432601v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192602v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201218v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559222v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403449v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559187v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo Menozzi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559172v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559202v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Salin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403520v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05559563v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403561v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201246v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwan Kerguillec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403834v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bodin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402691v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05201232v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402968v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404799v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683900v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662560v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380601v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404932v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Salin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345573v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bisca&#239;no" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bizard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bozec" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cherel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chiquet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895306v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369465v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Chevillot-Miot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03337739v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995813v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648047v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433104v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433357v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433353v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433378v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Choblet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433384v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433356v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433354v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Bonnet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266233v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433360v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433362v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Miossec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433364v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05093064v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651009v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/prepas-concours/littoraux-francais-capes-agregation-histoire-geographie" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433086v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432613v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424793v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05559579v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121249v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loug&#232;s" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.desse.2024.01.0603" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05001441v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/10062/nouvelles-lectures-patrimoniales" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121200v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.chade.2024.01.0135" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559256v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402564v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05250516v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895321v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03380574v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520536v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guineberteau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521830v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423423v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Greulich" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Braud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158184v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432632v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432634v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bagoulla" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432630v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432627v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433089v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559113v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48579/PRO/APKUIT" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04884319v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282153v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861815v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crespy-de Coninck" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Huten" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Barragan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04369335v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408769v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01567042v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gagnon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832460v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Y&#233;sou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00202487v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>