--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -895,563 +895,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04793205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Sodium Concentration on the Optoelectronic Properties of Silicon Clathrate Films</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roques</w:t>
+                <w:t xml:space="preserve">Long-Range Ballistic Propagation of 80% Excitonic Fraction Polaritons in a Perovskite Metasurface at Room Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Ha My Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Bartringer</w:t>
+                <w:t xml:space="preserve">Simone Zanotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Drouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.4c01514⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (38), pp.11839-11846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c02696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04747308v1</w:t>
+                <w:t xml:space="preserve">hal-04792904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Range Ballistic Propagation of 80% Excitonic Fraction Polaritons in a Perovskite Metasurface at Room Temperature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simone Zanotti</w:t>
+                <w:t xml:space="preserve">Influence of Sodium Concentration on the Optoelectronic Properties of Silicon Clathrate Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vollondat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Drouard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Trippé-Allard</w:t>
+                <w:t xml:space="preserve">Jérémy Bartringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (38), pp.11839-11846. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (19), pp.8554-8561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c02696⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.4c01514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792904v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Light Trapping in GaAs/TiO2-Based Photocathodes for Hydrogen Production</w:t>
+                <w:t xml:space="preserve">Effect of Silane Monolayers and Nanoporous Silicon Surfaces on the Matrix-Assisted Laser Desorption Ionization Mass Spectrometry Detection of Sepsis Metabolites Biomarkers Mixed in Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Dursap</w:t>
+                <w:t xml:space="preserve">Antonin Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Fadel</w:t>
+                <w:t xml:space="preserve">Thomas Gehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Regreny</w:t>
+                <w:t xml:space="preserve">Benoît Gilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Tapia Garcia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevalier</w:t>
+                <w:t xml:space="preserve">Vincent Jousseaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Veillerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c11481⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (31), pp.28898-28909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.3c04266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400900v1</w:t>
+                <w:t xml:space="preserve">hal-04238907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Silane Monolayers and Nanoporous Silicon Surfaces on the Matrix-Assisted Laser Desorption Ionization Mass Spectrometry Detection of Sepsis Metabolites Biomarkers Mixed in Solution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced Light Trapping in GaAs/TiO2-Based Photocathodes for Hydrogen Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gehin</w:t>
+                <w:t xml:space="preserve">Thomas Dursap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Gilquin</w:t>
+                <w:t xml:space="preserve">Mariam Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jousseaume</w:t>
+                <w:t xml:space="preserve">Philippe Regreny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Veillerot</w:t>
+                <w:t xml:space="preserve">Cristina Tapia Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8 (31), pp.28898-28909. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (46), pp.53446-53454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsomega.3c04266⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c11481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04238907v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taming Friedrich–Wintgen Interference in a Resonant Metasurface: Vortex Laser Emitting at an On-Demand Tilted Angle</w:t>
               </w:r>
@@ -1476,51 +1476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Symonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1744,51 +1744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bartringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Rehspringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2120,64 +2120,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Realization of Polaritonic Topological Charge at Room Temperature Using Polariton Bound States in the Continuum from Perovskite Metasurface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen Ha My Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Zanotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2293,51 +2293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Hochedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Select</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (1), pp.108-117. </w:t>
@@ -3515,51 +3515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Palazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Belarouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4956,756 +4956,756 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary Development of Selenium-Silicon Tandem Solar Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ingénierie Nanophotonique par Lithographie par Nano-Impression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean -Louis Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Fave</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Huiri Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Jamois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tam Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La 14e édition des Journées Nationales du PhotoVoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique 2024 (JNMO 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Le Lazaret, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748018v1</w:t>
+                <w:t xml:space="preserve">hal-04888243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuneable optoelectronic properties of silicon clathrate films for sustainable energy applications</w:t>
+                <w:t xml:space="preserve">Tuning the optoelectronic properties of silicon clathrate films for photovoltaic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Materials Research Congress - IMRC 2024, Cancun, Mexico, août 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691011v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the optoelectronic properties of silicon clathrate films for photovoltaic applications</w:t>
+                <w:t xml:space="preserve">Tuneable optoelectronic properties of silicon clathrate films for sustainable energy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Materials Research Congress - IMRC 2024, Cancun, Mexico, août 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691010v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingénierie Nanophotonique par Lithographie par Nano-Impression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary Development of Selenium-Silicon Tandem Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tam Nguyen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Fave</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique 2024 (JNMO 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Le Lazaret, Sète, France</w:t>
+              <w:t xml:space="preserve">La 14e édition des Journées Nationales du PhotoVoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888243v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers les premiers dispositifs à base de clathrates de silicium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Stoeffler</w:t>
+                <w:t xml:space="preserve">Nanophotonic engineering of perovskite metasurface LEDs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trong Tam Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Huy Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Bouclé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Ratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reḿi Antony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Photovoltaïques FedPV 2024, Strasbourg, France, mai 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Organic and Hybrid Light Emitting Materials and Devices XXVIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE Optics and Photonics, Aug 2024, San Diego, United States. pp.131220H, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3027593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607633v1</w:t>
+                <w:t xml:space="preserve">hal-04889114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanophotonic engineering of perovskite metasurface LEDs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Reḿi Antony</w:t>
+                <w:t xml:space="preserve">Vers les premiers dispositifs à base de clathrates de silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vollondat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic and Hybrid Light Emitting Materials and Devices XXVIII</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Photovoltaïques FedPV 2024, Strasbourg, France, mai 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3027593⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04889114v1</w:t>
+                <w:t xml:space="preserve">hal-04607633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon clathrate films for photovoltaic applications</w:t>
               </w:r>
@@ -5743,51 +5743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society (E-MRS), Strasbourg, France, mai 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t>
@@ -5855,51 +5855,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Seassal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean -Louis Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6092,51 +6092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Kumar Bharwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6185,277 +6185,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How ALD deposition analysis can help PVD deposition process!</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of the transfer of a biosourced resin by thermal nanoimprint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+                <w:t xml:space="preserve">Paule Durin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+                <w:t xml:space="preserve">Aziz Benamrouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Le Berre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevalier</w:t>
+                <w:t xml:space="preserve">Radoslaw Mazurczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Chevolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Workshop RAFALD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR RAFALD, Nov 2023, Lille (France), France</w:t>
+              <w:t xml:space="preserve">JNIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04308002v1</w:t>
+                <w:t xml:space="preserve">hal-04228353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the transfer of a biosourced resin by thermal nanoimprint</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How ALD deposition analysis can help PVD deposition process!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paule Durin</w:t>
+                <w:t xml:space="preserve">Damien Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Chevolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNIL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">9ème Workshop RAFALD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR RAFALD, Nov 2023, Lille (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228353v1</w:t>
+                <w:t xml:space="preserve">hal-04308002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TiO2 nanoimprint for photonic sensor application</w:t>
               </w:r>
@@ -6605,51 +6605,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Vollondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Stoeffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6743,51 +6743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Fourmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque, JNPV 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6927,277 +6927,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03762014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant Metasurface for Halide Perovskite-Based Emitting Devices: Extraction Efficiency Enhancement and Radiation Pattern on-Demand</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bernard Ratier</w:t>
+                <w:t xml:space="preserve">Chemical functionalization of nanoporous silicon for the selective Adsorption of Sepsis Metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Combeau</w:t>
+                <w:t xml:space="preserve">Christelle Yeromonahos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Gilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème e-Journées Pérovskites Halogénées (JPH2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Journées plénières du GDR B2I 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR B2I, Sep 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03190307v1</w:t>
+                <w:t xml:space="preserve">hal-04090517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical functionalization of nanoporous silicon for the selective Adsorption of Sepsis Metabolites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gehin</w:t>
+                <w:t xml:space="preserve">Resonant Metasurface for Halide Perovskite-Based Emitting Devices: Extraction Efficiency Enhancement and Radiation Pattern on-Demand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Mermet-Lyaudoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Drouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Bouclé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Ratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Yeromonahos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Gilquin</w:t>
+                <w:t xml:space="preserve">Pierre Combeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées plénières du GDR B2I 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR B2I, Sep 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">6ème e-Journées Pérovskites Halogénées (JPH2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090517v1</w:t>
+                <w:t xml:space="preserve">hal-03190307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes exotiques du silicium : film de clathrates de silicium pour des applications photovoltaïques</w:t>
               </w:r>
@@ -7302,277 +7302,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03243998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards high efficiency tandem solar cells based on III-V nanowires on silicon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Fave</w:t>
+                <w:t xml:space="preserve">GaP core / TiO2 shell nanowires for water splitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dursap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Regreny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Vettori</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Chevalier</w:t>
+                <w:t xml:space="preserve">Cristina Tapia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Chauvin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Regreny</w:t>
+                <w:t xml:space="preserve">Vincent Artero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Nanofils semiconducteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Ecully, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339889v1</w:t>
+                <w:t xml:space="preserve">hal-03339998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GaP core / TiO2 shell nanowires for water splitting</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Towards high efficiency tandem solar cells based on III-V nanowires on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Vettori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regreny</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Artero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Nanofils semiconducteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Ecully, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339998v1</w:t>
+                <w:t xml:space="preserve">hal-03339889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of strong coupling regime with hybrid perovskite in photonic crystal</w:t>
               </w:r>
@@ -7610,51 +7610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Deleporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Drouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Journées Pérovskites Halogénées (JPH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Limoges, France</w:t>
@@ -8560,103 +8560,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HETONAN project: high efficiency tandem solar cells based on III-V nanowires on silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Vettori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regreny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Nanofils Semiconducteurs (J2N 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Grenoble, France</w:t>
@@ -8862,51 +8862,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lithography Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Kamuela, United States</w:t>
@@ -8974,51 +8974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Rojo Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Belarouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9224,51 +9224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Artinyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regreny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9836,51 +9836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Albertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9987,51 +9987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Danescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grenet Geneviève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regreny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Photonics Europe 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Bruxelles, Belgium. pp.8425-19, </w:t>
@@ -10515,64 +10515,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Mermet-Lyaudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quang-Huy Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Bouclé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Journées Pérovskites Halogénées (JPH2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Biarritz (France), France</w:t>
@@ -10601,90 +10601,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">III–V core / oxide shell nanowires for light–driven water splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dursap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Tapia Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regreny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11873,51 +11873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Militaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11998,51 +11998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Albertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12244,51 +12244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Albertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Technologies Emergentes en micro-nanofabrication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Evian, France</w:t>
@@ -12464,51 +12464,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Albertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromat 2013 (European Congress &amp; Exhibition on Advanced Materials and Processes)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Seville, Spain</w:t>
@@ -12706,51 +12706,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malad-Chadi Ettobi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Tamin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar Bharwal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/69215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Briggs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hanauer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vollondat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02915" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078472v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Botella" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500083" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706881v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869144v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43580-024-01019-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Ha My Dang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouteyre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Deleporte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.512255" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747308v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bartringer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c01514" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792904v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Zanotti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Drouard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c02696" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400900v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dursap" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Fadel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Regreny" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Tapia Garcia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c11481" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238907v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lavigne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gehin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gilquin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jousseaume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Veillerot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c04266" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260812v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Mermet-Lyaudoz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Symonds" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Berry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c04936" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766724v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El-Jallal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hochedel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Capitolis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Son Nguyen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.461390" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649777v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Rehspringer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2022.163967" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708280v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mermet-Lyaudoz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maria Cuevas Davila" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djihad Amina Djemmah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202200505" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622069v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wojszvzyk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Jamois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean -Louis Leclercq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.443111" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708296v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202102386" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439313v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Capitolis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hamandi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nano.202100106" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899803v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chevalier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laguillaumie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vergnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-020-00750-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914281v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arechkik Ameur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Roques" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rehspringer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c02712" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307144v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blazy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Huy Vu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987313v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Rahhal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getenet Tesega Ayele" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Monfray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cloarec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fornacciari" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2017.05.005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6NLD9WS3-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730345v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Caillau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cremillieu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Laurenceau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chevolot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Leclercq" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4996870" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921508v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosri Ayadi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Ambriz Vargas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11671-016-1687-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895315v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Genest" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beauvais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Chamas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/27/29/295602" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701396v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Knapitsch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Auffrey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbastathis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hsieh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307148v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Germouty" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902089v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Rojo Romeo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Palazon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Belarouci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.11.028" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1SPQN6BN-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489389v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Milord" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gerelli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jamois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounaim Harouri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936922v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Chicot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pernot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Santailler" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Granier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201349261" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973609v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taiping Zhang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Callard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Feng" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/31/315201" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307152v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Benhamouda" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pointcheval" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059309v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Rybin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoliy Pozharov" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Garrigues" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seassal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201200528" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B61E02538586940B5B12B62B99BB0B43909862C2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761492v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Ghodbane" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bustarret" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tavares" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2008.01.090" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355773v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Billiet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Letartre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490496v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Reda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chateaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Faivre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz61557.2025.11319935" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785181v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiru Ren" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crespo-Monteiro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Valour" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Blanchard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3000169" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888110v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vocanson" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Marichez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jourlin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748018v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fave" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691011v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stoeffler" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691010v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04888243v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiri Ren" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam Nguyen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607633v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04889114v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong Tam Nguyen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Huy Do" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Boucl&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ratier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Re&#7743;i Antony" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027593" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612912v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04702199v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748037v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607634v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308002v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deleruyelle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Bouaziz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228353v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Durin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Benamrouche" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radoslaw Mazurczyk" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270087v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Benyattou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352009v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827539v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Fourmond" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762014v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03190307v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Combeau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090517v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Yeromonahos" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243998v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339889v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vettori" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauvin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339998v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Tapia" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Artero" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405522v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha My Dang Nguyen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seassal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307139v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3339252.3339280" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965378v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fouquat" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Guan" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Girons" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Grenet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019125v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delair" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soppera" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2292312" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02050170v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02050171v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3230833.3230864" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903514v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307145v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3230833.3230841" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701494v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delair" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071013v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701467v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Berre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koneti" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156841v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Ansanay-Alex" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489566v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489574v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leclerc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489359v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Danescu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Artinyan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489621v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489348v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leonard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Mogne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zuttion" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988175v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489840v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489838v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guillaume" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Albertini" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baboux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692513v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sieutat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenet Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.922375" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864948v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865345v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865317v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grillet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04117328v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Trong Tam" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Huy Do" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-03656629v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fadel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tapia Garcia" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257417v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02344046v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Desrues" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morisset" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruhat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hayes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444367v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cremilleu" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932651v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Jaber" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nefzaoui" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902732v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988144v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allioux" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang Jo Lee" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahand Mahmoodian" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489627v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056822v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489625v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desbrosses" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489632v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075131v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288204v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075206v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056839v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Casanova" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075164v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malad-Chadi Ettobi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Tamin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar Bharwal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chevalier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/69215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Briggs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hanauer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vollondat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02915" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078472v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Botella" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500083" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706881v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869144v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43580-024-01019-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Ha My Dang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouteyre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Deleporte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.512255" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792904v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Zanotti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Drouard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c02696" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747308v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bartringer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c01514" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238907v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lavigne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gehin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Gilquin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jousseaume" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Veillerot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c04266" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400900v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dursap" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Fadel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Regreny" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Tapia Garcia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c11481" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260812v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Mermet-Lyaudoz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Symonds" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Berry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.2c04936" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766724v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El-Jallal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hochedel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Capitolis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Son Nguyen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.461390" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649777v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Rehspringer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2022.163967" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708280v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mermet-Lyaudoz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maria Cuevas Davila" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djihad Amina Djemmah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202200505" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622069v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wojszvzyk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Jamois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean -Louis Leclercq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.443111" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708296v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202102386" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439313v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Capitolis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hamandi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nano.202100106" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899803v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chevalier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laguillaumie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vergnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-020-00750-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914281v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arechkik Ameur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Roques" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rehspringer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c02712" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307144v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blazy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Huy Vu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987313v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Rahhal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getenet Tesega Ayele" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Monfray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cloarec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fornacciari" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2017.05.005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6NLD9WS3-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730345v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Caillau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cremillieu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Laurenceau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chevolot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Leclercq" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4996870" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921508v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosri Ayadi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Ambriz Vargas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11671-016-1687-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895315v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Genest" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beauvais" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Chamas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/27/29/295602" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701396v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Knapitsch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Auffrey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbastathis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hsieh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307148v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Germouty" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902089v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Rojo Romeo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Palazon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Belarouci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2014.11.028" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1SPQN6BN-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489389v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Milord" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gerelli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jamois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounaim Harouri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936922v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Chicot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pernot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Santailler" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Granier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201349261" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973609v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taiping Zhang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Callard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Feng" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/31/315201" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307152v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Benhamouda" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pointcheval" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059309v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Rybin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoliy Pozharov" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Garrigues" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seassal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201200528" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B61E02538586940B5B12B62B99BB0B43909862C2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761492v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Ghodbane" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bustarret" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tavares" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2008.01.090" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355773v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Billiet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Letartre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490496v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Reda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chateaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Faivre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz61557.2025.11319935" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785181v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiru Ren" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crespo-Monteiro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Valour" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Blanchard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3000169" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888110v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vocanson" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Marichez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jourlin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04888243v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiri Ren" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tam Nguyen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691010v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Stoeffler" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691011v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748018v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fave" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04889114v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trong Tam Nguyen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Huy Do" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Boucl&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ratier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Re&#7743;i Antony" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3027593" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607633v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612912v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04702199v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748037v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607634v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228353v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Durin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Benamrouche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radoslaw Mazurczyk" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308002v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Deleruyelle" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Bouaziz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270087v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Benyattou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352009v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827539v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Fourmond" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762014v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090517v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Yeromonahos" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03190307v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Combeau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243998v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339998v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Tapia" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Artero" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339889v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vettori" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauvin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405522v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha My Dang Nguyen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seassal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307139v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3339252.3339280" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965378v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fouquat" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Guan" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Girons" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Grenet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019125v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delair" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soppera" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2292312" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02050170v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02050171v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3230833.3230864" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903514v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307145v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3230833.3230841" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701494v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delair" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071013v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701467v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Berre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koneti" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156841v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Ansanay-Alex" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489566v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489574v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leclerc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489359v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Danescu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Artinyan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489621v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489348v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leonard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Mogne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zuttion" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988175v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489840v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489838v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guillaume" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Albertini" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baboux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692513v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sieutat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenet Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.922375" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864948v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865345v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865317v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grillet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04117328v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Trong Tam" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Huy Do" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-03656629v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fadel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tapia Garcia" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257417v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02344046v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Desrues" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morisset" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruhat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hayes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444367v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cremilleu" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932651v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Jaber" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nefzaoui" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Chapuis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902732v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988144v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allioux" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwang Jo Lee" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahand Mahmoodian" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489627v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056822v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489625v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desbrosses" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489632v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075131v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288204v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075206v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056839v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Casanova" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075164v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>