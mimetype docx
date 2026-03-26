--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -106,399 +106,399 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts Generated by a Large-Scale Solar Photovoltaic Power Plant Can Lead to Conflicts between Sustainable Development Goals: A Review of Key Lessons Learned in Madagascar</w:t>
+                <w:t xml:space="preserve">A mundane infrastructure of energy poverty: The informal trading of second-hand car batteries in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Brunet</w:t>
+                <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oumarou Savadogo</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascale Trompette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su12187471⟩</w:t>
+              <w:t xml:space="preserve">Journal of Material Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.135918351989504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1359183519895048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02978627v1</w:t>
+                <w:t xml:space="preserve">hal-02501722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mundane infrastructure of energy poverty: The informal trading of second-hand car batteries in Madagascar</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">La résilience ordinaire à l’hôpital : processus d’invisibilisation des risques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Philippe Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Material Culture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1359183519895048⟩</w:t>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Formation et prévention des risques au travail, 3 (224), pp.87-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/edpe.224.0087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02501722v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02978478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résilience ordinaire à l’hôpital : processus d’invisibilisation des risques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts Generated by a Large-Scale Solar Photovoltaic Power Plant Can Lead to Conflicts between Sustainable Development Goals: A Review of Key Lessons Learned in Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumarou Savadogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Philippe Dujardin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Chrysostome Rakotoary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation permanente</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Formation et prévention des risques au travail, 3 (224), pp.87-95. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (18), pp.7471. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/edpe.224.0087⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su12187471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02978478v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02978627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lampes solaires, kit, batteries... Les nouveaux marchés de l’électrification rurale en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhosnie Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Archicube </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Énergies africaines, 22, pp.65-72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -523,64 +523,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic circuits in Madagascar: “Agencing” the circulation of goods, accounts and money</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumption, Markets and Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 19 (1), pp.148-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -614,64 +614,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging Access to Electricity Through BOP Markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -748,51 +748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Davezies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -882,51 +882,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bassetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fiegenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mangione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -973,51 +973,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà du plan. La topologie urbaine des livreurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lo Squaderno</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6, pp.43-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1042,51 +1042,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conduite de changement pour préparer l'avenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Philippe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1167,51 +1167,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une écologie des activités de travail: les territoires négociés des chauffeurs-livreurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches Qualitatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 30 (1), pp.108:130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1236,51 +1236,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pluridisciplinarité dans la santé au travail : comment construire la coopération ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1340,64 +1340,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploration des marchés BOP : une entreprise morale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1461,51 +1461,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing organizational resilience: an interactionist approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tillement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1543,51 +1543,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétences spatiales, compétences d'action dans l'espace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 2 (1), pp.37-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1612,51 +1612,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résolution au quotidien des contraintes urbaines par les chauffeurs-livreurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 41 | 2002, pp.3-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1690,51 +1690,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheminer dans la ville, cheminer dans sa vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 108-109, pp.115-130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1813,51 +1813,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A co-design approach for strong sustainability through a territorial framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Suzanne Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1930,51 +1930,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sovereignty, Privacy, and Interoperability in the Development of a European Digital Contact Tracing Infrastructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baya-Laffite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Vige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2012,51 +2012,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fearing failures as a driver for design. The case of digital contact tracing apps: promises, implementations, and learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baya-Laffite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2094,51 +2094,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symposium « La pandémie de la Covid-19 à l’aune des dispositifs techniques » : le cas des applications de traçage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVe Congrès de la Société Française d'Histoire des Sciences et des Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Histoire des Sciences et des Techniques, Apr 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2163,51 +2163,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The throes of measuring the effectiveness of a public policy digital solution. Looking for contact tracing apps’ users in covid19 time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2349,51 +2349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Équiper les individus de solutions numériques contribue-t-il à la maîtrise des risques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iragaël Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2457,51 +2457,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TousAntiCovid, innovation technique ou politique ? : la fabrication de l'action publique en situation de crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Batellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2565,51 +2565,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaouthar Mlaouhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Gzara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIGI-Qualita21 : Conférence Internationale Génie Industriel QUALITA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2634,51 +2634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International Comparative Analysis of National-Local Policy Processes and Governance under Uncertainties for the Covid-19 Pandemic: Lessons Learned - Change in French Governance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shimizu Mika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2742,51 +2742,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Would the integration of existing local skills and practices support the mitigation of vulnerabilities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IDRIM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2811,64 +2811,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frugal Innovation and the Global Markets of Pico Solar Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop « Capturing Frugal Innovation: Towards a Handbook on the Crossroads of Technology, Entrepreneurship and Global Sustainable Development »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2887,286 +2887,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Of borders and margins: African markets and the politics of supply chains in a global world</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Changing borders: constructing boundaries and agencing formality and informality in global networks of trade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chakrabarti Ronika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cholez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winfred Onyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Cholez</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Queste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Market Politics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Goldsmiths, May 2018, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">5th Interdisciplinary Market Studies Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01974788v1</w:t>
+                <w:t xml:space="preserve">halshs-01974814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing borders: constructing boundaries and agencing formality and informality in global networks of trade</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Of borders and margins: African markets and the politics of supply chains in a global world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Trompette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jerome Queste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Interdisciplinary Market Studies Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">Market Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Goldsmiths, May 2018, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01974814v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Off-grid Electrification in Africa: Challenges for Socio-Economic Sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhosnie Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Globalization, Inequalities, Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Oslo, L’Institut Français de Norvège and The Norwegian Solar Energy Cluster, Jun 2018, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3191,51 +3191,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience : un objet frontière au-delà des risques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Creton-Cazenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3273,64 +3273,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnography of transactional chains in African markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Annual International Ethnography Symposium - Stream Marketography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3355,64 +3355,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Africa’s mundane solar market: Trading routes, globalization and competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SASE Annual Conference - Network Globalization and Socio-Economic Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3437,64 +3437,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markets of Energy Poverty ; Entangled Circuits in Informal Economies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd EGOS Colloquium </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3519,64 +3519,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Market-based approaches to energy poverty: ‘mundane objects’ in global competitive trading routes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMSW 2016 4th Interdisciplinary Market Studies Workshop “(Im)possible markets: Putting market studies to work</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Saint Andrews, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3601,64 +3601,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Market-based initiatives for development, frugal engineering, and popular economies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Frugal Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CFIA - University of Leiden, Mar 2015, La Hague, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3683,64 +3683,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trading Routes of Goods: An Ethnography of Market Infrastructure in Exchange Networks in Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop "Economic Exchange" </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Goldsmith University of London, Sep 2015, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3765,64 +3765,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Market-based approaches to energy poverty: mundane products in global competitive trading routes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Energy Transition in the Making. Sociotechnical collectives at work</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PACTE &amp; CIRED, Nov 2015, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3841,191 +3841,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01613103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are humanitarian goods a fruitful business? » Workshop « Humanitarian Goods. Towards an anthropology of things that care</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Who needs inclusive markets? The paradoxical anchorage of innovative technologies for development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cholez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop « Humanitarian Goods. Towards an anthropology of things that care"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESRC - Economic and Social Research Council, Jun 2015, Edimburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">Workshop « Precarious Economy: Informality and Entrepreneurship at the Bottom of the Pyramid »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Sussex - Economic and Social Research Council, Dec 2015, Sussex, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01613126v1</w:t>
+                <w:t xml:space="preserve">hal-01613129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who needs inclusive markets? The paradoxical anchorage of innovative technologies for development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Are humanitarian goods a fruitful business? » Workshop « Humanitarian Goods. Towards an anthropology of things that care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Trompette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop « Precarious Economy: Informality and Entrepreneurship at the Bottom of the Pyramid »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Sussex - Economic and Social Research Council, Dec 2015, Sussex, France</w:t>
+              <w:t xml:space="preserve">Workshop « Humanitarian Goods. Towards an anthropology of things that care"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESRC - Economic and Social Research Council, Jun 2015, Edimburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01613129v1</w:t>
+                <w:t xml:space="preserve">hal-01613126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Better Frugal Design using Persona</w:t>
               </w:r>
@@ -4037,64 +4037,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Interdisciplinary Innovation Conference Cooperating for innovation: devices for collective exploration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4119,64 +4119,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The basket of fish and the mobile phone. When BOP innovations encounter informal market arrangements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop The (Mis)Fortune of Frugal Innovation, Session " Fitting into local markets "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4201,64 +4201,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agencing the Circulation of Goods, Accounts and Money: Economic Circuits in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESF Exploratory Workshop on "Agencing Markets"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4296,51 +4296,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques des médecins du travail dans la prévention des TMS : ressources et empêchements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4533,64 +4533,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique des marchés BoP. Civiliser les marchés au bas de la pyramide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4628,64 +4628,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electricity Flow and Overflow: Competing Technologies for Responsible Innovation in BoP Markets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4736,51 +4736,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of transboundary risks in a low-volume industry: the role of boundary objects and boundary spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fiegenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4818,64 +4818,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How &amp;quot;Bottom Of The Pyramide&amp;quot; Strategy Redefines Rural Electricity Supply... And In Reverse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4926,51 +4926,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pluridisciplinarité dans la santé au travail : comment construire la coopération ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5030,77 +5030,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging access to electricity and BOP market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vinck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5138,51 +5138,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De lórganisation \&amp;quot;déstabilisatrice\&amp;quot; à lórganisation ressource : le cas des électromécaniciens dúne entreprise de transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tillement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5220,77 +5220,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Bop Market: The MNC facing political uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vinck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5341,51 +5341,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques de l'intervention des médecins du travail dans la prévention des TMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5453,51 +5453,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résilience organisationnelle et industrielle face aux risques : défis sociaux et techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entretiens J. Cartier : Résilience organisationnelle et industrielle face aux risques : défis sociaux et techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5548,51 +5548,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Congrès du GEDER</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5643,51 +5643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tillement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Institutionalism. European Group on Organization Studies (EGOS) Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5712,51 +5712,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les territoires circulatoires des chauffeurs-livreurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire international « Les métiers du mouvement et l'économie de la ville »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5794,51 +5794,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quelles conditions la mobilité est-elle source de santé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVèmes journées d'étude sur les données longitudinales dans l'analyse du marché du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Orléans, France. pp.165-179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5876,51 +5876,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention durable des TMS : médecine du travail et ergonomie. Premiers résultats d'une recherche nationale pluridisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Coutarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6040,51 +6040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bronet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Congrès International Pluridiciplinaire Qualité et Sûreté de Fonctionnement QUALITA’2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6109,51 +6109,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différenciation des savoirs, segmentation des collectifs et trajectoires socio-professionnelles des chauffeurs-livreurs de messagerie et de fret express</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Conférence Intermédiaire : « Savoirs, Travail et Organisation », Association Internationale de Sociologie (RC52)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6367,64 +6367,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frugal Energy and the Global Markets of Pico Solar Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">André Leliveld; Saradindu Bhaduri; Peter Knorringa; Cees van Beers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook on Frugal Innovations and the Sustainable Development Goals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edward Elgar Publishing, pp.313-329, 2023, </w:t>
@@ -6462,64 +6462,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frugal innovation: Reaching an 'empowered' developing-countries end-user</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Alternative Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6566,64 +6566,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing Infrastructure for the Poor: Transactions Within Unstable Ecologies *</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kornberger, M.; Bowker, G.; Elyachar, J.; Miller, P.; Nucho, J.; Pollock, N. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thinking Infrastructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 62, </w:t>
@@ -6674,64 +6674,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confiance et réseaux marchands au coeur de l'économie informelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roulleau-Berger L.; Shiding L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies économiques française et chinoise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -6773,64 +6773,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Various Corporate Citizenships in Bop markets. An Interdisciplinary Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Karin Svedberg Helgesson and Ulrika Mörth. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Political Role of Corporate Citizens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave Macmillan, pp.139-165, 2013</w:t>
@@ -6859,51 +6859,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'interdisciplinarité dans la santé au travail : dynamique de l'apprentissage pratique et croisé en situation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6971,51 +6971,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique d'apprentissage dans des systèmes industriels en réseau : étude dans l'industrie ferroviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7083,51 +7083,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétences individuelles, compétences collectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cavestro W., Durieux C., Monchatre S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail et reconnaissance des compétences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Economica, pp.31-45, 2007</w:t>
@@ -7156,51 +7156,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilité quotidienne et inégalités : le cas des personnes les plus démunies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lourdes Diaz Olvera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7300,51 +7300,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVOMM : Covid on My Mobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Vigé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7446,51 +7446,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le citoyen, son portable et la gestion de crise : les applications de contact-tracing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Astor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7564,51 +7564,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé et Itinéraires professionnel des moins de 35 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7639,51 +7639,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilité et santé au travail à La Poste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7714,51 +7714,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des trafics de véhicules utilitaires hors tournées urbaines : analyse des entrepôts périphériques. Rapport final - Volet 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Patier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7841,51 +7841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Rosales-Montano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Harzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7952,64 +7952,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic Circuits in Madagascar. 'Agencing' the Circulation of Goods, Accounts and Money</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8059,51 +8059,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVoM : Covid On My Mobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iragaël Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8177,51 +8177,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coopération entre groupes professionnels dans la gestion des risques. Un état de l’art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] PACTE - Université Grenoble Alpes. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -8243,64 +8243,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des activités économiques dans le Sud de Madagascar et en Basse-Casamance au Sénégal. Chaînes logistiques, formation des prix et potentiels d’électrification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trompette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhosnie Francius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8335,51 +8335,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience : du concept à son opérationnalisation. Regards croisés entre recherche, expertise et action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8470,51 +8470,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les activités des médecins du travail dans la prévention des TMS : ressources et contraintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8592,51 +8592,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilité et santé à La Poste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Caroly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jb Kouassi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8806,51 +8806,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie des enquêtes &amp;quot;Tournées dans les agglomérations urbaines&amp;quot;. Rapport final - Volet 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Patier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cholez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Routhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9067,51 +9067,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Savadogo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baptiste" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bouchard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chrysostome Rakotoary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12187471" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501722v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cholez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Trompette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359183519895048" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978478v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Dujardin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.224.0087" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613166v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhosnie Francius" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01298743v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2015.1067201" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808126v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vinck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reverdy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984029v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caroly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Landry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Davezies" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bellemare" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0128-5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608211v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bassetto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fiegenwald" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mangione" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2011.585521" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808128v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01677206v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Raynal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Molinaro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Vissac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Capron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808127v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484361v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Landry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2010.03.005" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801391v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tillement" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287066v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160706v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12000" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371084v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.g2002.108n1.0239" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690675v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Suzanne Bernard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boujut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72829-7_22" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04911054v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baya-Laffite" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vige" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207611v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778424v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207595v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842374v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Mlaouhi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cholez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gzara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.385" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778418v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iraga&#235;l Joly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Astor" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Batellier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842413v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Mlaouhi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Gzara" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978524v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shimizu Mika" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamilton Bean" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Clark" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978471v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501743v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974788v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974814v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakrabarti Ronika" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winfred Onyas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Queste" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974820v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056423v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Creton-Cazenave" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613058v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613070v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613065v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613077v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613134v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613115v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613103v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613126v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613129v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904185v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lecomte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanco" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808134v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00922565v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122437v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Poussin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128391v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657998v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657923v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710609v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580579v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580570v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808133v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484365v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122434v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chassaing" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808131v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311291v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347767v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371044v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287076v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373630v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugu&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landry" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734518v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Pillet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Maire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bronet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371046v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373935v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daniellou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100908v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781788118873.00031" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978495v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/handbook-on-alternative-theories-of-innovation-9781789902297.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781789902303.00025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Emerald Publishing Limited" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S0733-558X20190000062021" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612437v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808129v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808135v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484348v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373474v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110333v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Diaz Olvera" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mignot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paulo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04931994v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vig&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04898694v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bontems" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331472v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00113493v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Patier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Routhier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110400v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Rosales-Montano" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Harzo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Clerget" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00954714v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04219431v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Steffen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978504v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978499v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132505v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gilbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ruin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metzger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00676973v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373812v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jb Kouassi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373844v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berrah" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cliville" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Maire" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pillet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00113502v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ambrosini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501722v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cholez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Trompette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359183519895048" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978478v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Dujardin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.224.0087" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978627v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Savadogo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baptiste" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bouchard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chrysostome Rakotoary" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12187471" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613166v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhosnie Francius" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01298743v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2015.1067201" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808126v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vinck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reverdy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984029v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caroly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Landry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Davezies" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bellemare" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0128-5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608211v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bassetto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fiegenwald" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mangione" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2011.585521" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808128v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01677206v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Raynal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Molinaro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Vissac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Capron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808127v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484361v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Landry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2010.03.005" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801391v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tillement" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287066v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160706v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12000" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371084v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.g2002.108n1.0239" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690675v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Suzanne Bernard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boujut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72829-7_22" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04911054v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baya-Laffite" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vige" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207611v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778424v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04207595v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842374v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Mlaouhi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cholez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gzara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.385" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778418v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iraga&#235;l Joly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Astor" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03778425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Batellier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842413v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Mlaouhi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Gzara" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978524v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shimizu Mika" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamilton Bean" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Clark" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978471v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501743v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974814v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakrabarti Ronika" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winfred Onyas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Queste" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974820v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056423v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Creton-Cazenave" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613058v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613070v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613065v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613077v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613134v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613115v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613103v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613129v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613126v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904185v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lecomte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanco" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808134v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00922565v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122437v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Poussin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128391v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657998v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657923v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710609v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580579v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580570v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808133v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484365v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122434v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chassaing" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808131v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311291v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347767v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371044v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287076v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373630v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugu&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landry" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734518v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Pillet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Maire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bronet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00371046v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373935v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daniellou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100908v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781788118873.00031" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978495v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/handbook-on-alternative-theories-of-innovation-9781789902297.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781789902303.00025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Emerald Publishing Limited" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S0733-558X20190000062021" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612437v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808129v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00808135v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484348v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373474v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110333v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Diaz Olvera" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mignot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paulo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04931994v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vig&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04898694v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bontems" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331472v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00113493v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Patier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Routhier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110400v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Rosales-Montano" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Harzo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Clerget" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00954714v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04219431v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Steffen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978504v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02978499v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132505v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gilbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ruin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metzger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00676973v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373812v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jb Kouassi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00373844v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berrah" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cliville" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Maire" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pillet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00113502v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ambrosini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>