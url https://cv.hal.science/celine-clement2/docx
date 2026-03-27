--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -181,2862 +181,4453 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of Interdental Brushing on Pregnancy‐Associated Gingivitis: A Secondary Analysis of a Randomised Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Kanoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Periodontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jcpe.70085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05482724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Health democracy and oral health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Walger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi-Mohammed Ghadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Tubert-Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (2), pp.15-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05085726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interdental Brushing and Obstetrical Outcomes in Nulliparous Pregnant Women: Insights From a Cluster Randomised Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Kanoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Periodontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jcpe.70070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démocratie en santé et santé bucco-dentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Walger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi-Mohammed Ghadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Tubert-Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, vol. 37 (2), pp.15-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.252.0015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05085663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glossary of healthcare pathways: a methodological approach involving a transdisciplinary team in public health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Fraticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Martin Späth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Genton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.1347774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpubh.2024.1347774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French Version of the User Mobile Application Rating Scale: Adaptation and Validation Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Saliasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryem Rhanoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Fraticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JMIR mHealth and uHealth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.e63776-e63776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/63776⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Developing the teledentistry acceptance survey for dentists -TAS-D: a Delphi study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha El Tantawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Mariño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio E Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Manton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Oral Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12903-024-04760-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Promoting Health Literacy in the Workplace Among Civil Servants: Cross-Sectional Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Du Sartz de Vigneulles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie-Eve Lvovschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e58942-e58942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/58942⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Authors’ Reply: Promoting Oral Health Literacy Among UAE Public Sector Employees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Du Sartz de Vigneulles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie-Eve Lvovschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e67634 - e67634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/67634⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supporting health education policies: translation, cross-cultural adaptation and validation of a health literacy instrument, in French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie-Eve Lvovschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Du Sartz de Vigneulles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Darlington-Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpubh.2023.1326771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04357177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diagnostic performance of two teledentistry tools in elderly care facilities: the ONE-1 protocol for a pilot prospective diagnostic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Veynachter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yelda Sural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Baudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Remen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.e063906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-063906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04063897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La santé orale, un enjeu de santé publique en 2023 – Réflexions et actions de l’ASPBD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bazart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Espié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (HS1), pp.153-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.hs1.2023.0153⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Without Them, I Would Never Have Been Able to Carry on” Levers for the Sustained Employment of Patients with Chronic Inflammatory Arthritis: A French Qualitative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Louati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yosra Mouelhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kabuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (21), pp.14616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph192114616⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oral Hygiene Practices and Knowledge among Adolescents Aged between 15 and 17 Years Old during Fixed Orthodontic Treatment: Multicentre Study Conducted in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Inquimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Couatarmanach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Tramini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (4), pp.2316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph19042316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les brossettes interdentaires : quand ? comment ? Partie 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Inquimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Merigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pegon-Machat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profession Assistant(e) Dentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19, pp.20-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oral-Hygiene-Related Mobile Apps in the French App Stores: Assessment of Functionality and Quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carrouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Tardivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescilla Martinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (12), pp.7293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph19127293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les brossettes interdentaires : Pour qui ? Partie 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Inquimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Merigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pegon-Machat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profession Assistant(e) Dentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18, pp.24-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les brossettes interdentaires : pour qui ? – Partie 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Inquimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Merigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Machat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profession Assistant(e) Dentaire </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (1), pp.24-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les brossettes interdentaires : quand ? comment ? – Partie 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Inquimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Merigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Machat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profession Assistant(e) Dentaire </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.20-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03691001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les brossettes interdentaires : Pour qui ? Quand ? Comment ? Recommandations du Collège des Enseignants Hospitalo-Universitaires en santé Publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Inquimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pegon-Machat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Merigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information Dentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24-25, pp.34-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04898305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterizing the Content Related to Oral Health Education on TikTok</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Fraticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Smentek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Tardivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (24), pp.13260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph182413260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficacy of BRS® and Alpron®/Bilpron® Disinfectants for Dental Unit Waterlines: A Six-Year Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Martrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Camelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Florentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (8), pp.2634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17082634⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perception of Gingival Bleeding by People and Healthcare Professionals: A Multicentre Study in an Adult French Population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Veynachter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fani Anagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (16), pp.5982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17165982⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02987404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations of Psychosocial Factors and Cortisol with Periodontal and Bacterial Parameters: A Prospective Clinical Study in 30 Patients with Periodontitis Before and After Non-Surgical Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dubar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Clerc-Urmès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentine Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (20), pp.7651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17207651⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dental Unit Waterlines: A Survey of Practices in Eastern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Baudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Martrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Camelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Florentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (21), pp.4242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph16214242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perceptions on the primary-secondary school transition from French students with Autism Spectrum Disorder and their parents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechthild Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Flavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Popa-Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Special Needs Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (2), pp.171-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08856257.2019.1643145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05518983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paracetamol Misuse and Dental Pain: Results from the French Observational DAntaLor Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Camelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Javot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Petitpain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Oral &amp; Facial Pain and Headache = Journal of Oral and Facial Pain and Headache</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (1), pp.123-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11607/ofph.1861⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of prolonged exposure to CO$_2$ on behaviour, hormone secretion and respiratory muscles in young female rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Martrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Egloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazutoyo Yasukawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.N. Thornton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 177, pp.257-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2017.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01526325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbial control of dental unit water: Feedback on different disinfection methods experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Florentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Martrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Journal of Infection Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (2), pp.247 - 249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajic.2015.08.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01488494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Misuse of acetaminophen in the management of dental pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Scala-Bertola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Javot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie José Royer-Morrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pharmacoepidemiology and Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (9), pp.996-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pds.2171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment soigner ? Dépression, troubles cognitifs et réalité virtuelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Machot-Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kabuth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire commun Interpsy Comment soigner ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Interpsy, Mar 2025, Nancy (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d'outils technologiques dans la prise en soins du trouble dépressif de la personne âgée institutionnalisée porteuse de troubles cognitifs : une étude descriptive au prisme de la psychanalyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Machot-Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kabuth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLINIQUE ET HUMANITÉS Actualité des pratiques et des recherches au carrefour des disciplines JOURNEES DOCTORALES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Paris Cité, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description des effets induits par des outils technologiques dans la prise en soin des troubles dépressifs de la personne âgée institutionnalisée présentant des troubles cognitifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Machot-Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Di Patrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème journée scientifique des jeunes chercheurs en psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lille, Apr 2025, Lille (59000), France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109386v1</w:t>
-              </w:r>
-[...2298 lines deleted...]
-                <w:t xml:space="preserve">hal-02364289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative technological tools and depressive disorders in institutionalized elderly people with cognitive disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Machot-Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Di Patrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioSE doctoral school's scientific day</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Nancy (France), France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description of the effects induced by technological tools in the management of depressive disorders in institutionalized elderly people with cognitive disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Machot-Isaac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Di Patrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Ma thèse en 180 secondes" BioSE doctoral school's scientific day</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Nancy (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05113355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3046,114 +4637,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques histologiques et biochimiques des systèmes nerveux et musculaire après lésions neurodégénératives périphériques : Etude du modèle murin dystonia musculorum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université Henri Poincaré - Nancy 1, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011NAN10140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01746304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId155"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3221,51 +4812,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F11D2B5D"/>
+    <w:nsid w:val="D38CF4B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3452,51 +5043,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-clement2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9681-0208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160569540" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238595v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Machot-Isaac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kabuth" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366297v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Clement" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109386v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Di Patrizio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085726v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Denis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Walger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mohammed Ghadi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tubert-Jeannin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412209v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourgeois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Kanoute" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Faye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mazur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Perrier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpe.70070" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085663v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.252.0015" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04319743v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cohen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bazart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Brun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Espi&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs1.2023.0153" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357177v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie-Eve Lvovschi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Du Sartz de Vigneulles" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Darlington-Bernard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1326771" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883171v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Louati" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Mouelhi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph192114616" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04901856v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Inquimbert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Merigo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pegon-Machat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04901849v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03690958v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Machat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03691001v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04898305v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03482605v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Fraticelli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Smentek" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182413260" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232838v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baudet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lizon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Martrette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Camelot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Florentin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17082634" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02458104v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16214242" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364120v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pape" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Camelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Javot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Petitpain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11607/ofph.1861" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01526325v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Martrette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Egloff" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazutoyo Yasukawa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Thornton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.05.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488494v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rivier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2015.08.029" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364289v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scala-Bertola" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Javot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#233; Royer-Morrot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gillet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pds.2171" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4ZKG49SF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109657v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113355v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746304v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10140" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-clement2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9681-0208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160569540" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482724v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carrouel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Kanoute" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Faye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mazur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Perrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpe.70085" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Denis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Walger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mohammed Ghadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tubert-Jeannin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412209v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourgeois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpe.70070" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085663v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.252.0015" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748454v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Fraticelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Martin Sp&#228;th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Kempf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1347774" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763216v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Saliasi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Rhanoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viennot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/63776" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676483v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha El Tantawi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ammar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Mari&#241;o" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio E Uribe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Manton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12903-024-04760-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672234v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Du Sartz de Vigneulles" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cl&#233;ment" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie-Eve Lvovschi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/58942" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916732v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/67634" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357177v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Darlington-Bernard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1326771" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063897v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Veynachter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelda Sural" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baudot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Remen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baudet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-063906" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04319743v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cohen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bazart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Brun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Espi&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs1.2023.0153" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883171v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Louati" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Mouelhi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kabuth" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph192114616" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03579241v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Inquimbert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Clement" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Couatarmanach" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tramini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19042316" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04901856v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Merigo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pegon-Machat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03695022v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prescilla Martinon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19127293" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04901849v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03690958v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Machat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03691001v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04898305v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03482605v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Smentek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182413260" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232838v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lizon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Martrette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Camelot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Florentin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17082634" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02987404v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rousseau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Anagnostou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jeanne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17165982" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02988705v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dubar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clerc-Urm&#232;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baumann" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentine Alauzet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17207651" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02458104v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16214242" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05518983v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mechthild Richter" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Flavier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08856257.2019.1643145" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364120v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pape" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Camelot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Javot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Petitpain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11607/ofph.1861" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01526325v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Martrette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Egloff" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazutoyo Yasukawa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Thornton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.05.007" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488494v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rivier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2015.08.029" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364289v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scala-Bertola" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Javot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#233; Royer-Morrot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gillet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pds.2171" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4ZKG49SF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238595v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Machot-Isaac" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366297v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109386v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Di Patrizio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109657v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113355v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746304v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10140" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>