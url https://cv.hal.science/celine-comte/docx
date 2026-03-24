--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1062,500 +1062,509 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Moulines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Artificial Intelligence (ECAI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2025, Bologna, Italy</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Oct 2025, Bologna, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/FAIA251139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938472v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Load Balancing in Heterogeneous Server Clusters: Insights From a Product-Form Queueing Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark van Der Boor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE/ACM 29th International Symposium on Quality of Service (IWQOS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Tokyo, Japan. pp.1-10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IWQOS52092.2021.9521355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle de couplage stochastique non-biparti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2021 - 23èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rien ne sert de prédire ; il faut servir ancien.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02118170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">0 = 0, c'est le truc du noyau ! Application aux files d'attente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élie de Panafieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2019 - 21èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Saint Laurent de la Cabrerisse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02118156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Load Balancing with Tokens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Zurich, Switzerland. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/IFIPNetworking.2018.8697018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758912v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un seul serveur vous manque, et tout est découplé !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1584,181 +1593,181 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2018 - 20èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Of Kernels and Queues: when network calculus meets analytic combinatorics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élie de Panafieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NetCal 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01889101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Grille de Kleinberg, l’Univers et le Reste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1774,73 +1783,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2017 - 19èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Quiberon, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la racine du parallélisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1869,51 +1878,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2017 - 19èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Quiberon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1923,120 +1932,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation of Stochastic Bipartite Matching Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan-Pieter Dorsman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance Engineering and Stochastic Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13104, Springer International Publishing, pp.425-440, 2021, Lecture Notes in Computer Science, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-91825-5_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03468055v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2046,280 +2055,280 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-Based Product Form</w:t>
+                <w:t xml:space="preserve">Admission Control of Quasi-Reversible Queueing Systems: Optimization and Reinforcement Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Moyal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isaac Grosof</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-04956887v2</w:t>
+                <w:t xml:space="preserve">hal-05074406v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrival Control in Quasi-Reversible Queueing Systems: Optimization and Reinforcement Learning</w:t>
+                <w:t xml:space="preserve">Graph-Based Product Form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaac Grosof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Moyal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05074406v2</w:t>
+                <w:t xml:space="preserve">hal-04956887v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online Stochastic Matching: A Polytope Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sushil Mahavir Varma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Bušić</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03502084v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2329,51 +2338,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la racine du parallélisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2399,73 +2408,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Telecom ParisTech. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476889v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of a Server Cluster with Parallel Processing and Randomized Load Balancing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2478,51 +2487,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Telecom ParisTech. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01306343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2532,114 +2541,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resource management in computer clusters : algorithm design and performance analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Comte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Networking and Internet Architecture [cs.NI]. Institut Polytechnique de Paris, 2019. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2019IPPAT001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02413496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId64"/>
+      <w:footerReference w:type="default" r:id="rId65"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2786,51 +2795,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329790v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Comte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jonckheere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaron Sanders" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Senen-Cerda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468064v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15326349.2021.1962352" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224101v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Pieter Dorsman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11134-021-09700-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02052607v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2018.09.025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340255v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2019.05.007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01630420v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonald" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3154500" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513544v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virag Shah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo de Veciana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11134-017-9525-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581786v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peva.2017.08.006" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314992v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2016.03.019" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938472v3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Alahyane" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Moulines" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331759v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark van Der Boor" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWQOS52092.2021.9521355" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219422v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118170v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118156v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie de Panafieu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758912v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2018.8697018" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773674v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517123v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517150v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468055v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-91825-5_26" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956887v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Grosof" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074406v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Moyal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502084v6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Mahavir Varma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bu&#353;i&#263;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476889v3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306343v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-02413496v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019IPPAT001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329790v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Comte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jonckheere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaron Sanders" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Senen-Cerda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468064v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15326349.2021.1962352" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224101v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Pieter Dorsman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11134-021-09700-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02052607v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2018.09.025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340255v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2019.05.007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01630420v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonald" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3154500" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513544v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virag Shah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo de Veciana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11134-017-9525-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581786v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peva.2017.08.006" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314992v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2016.03.019" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938472v3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Alahyane" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Moulines" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA251139" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331759v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark van Der Boor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWQOS52092.2021.9521355" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219422v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118170v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118156v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouillard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie de Panafieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758912v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking.2018.8697018" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773674v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889101v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517123v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517150v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468055v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-91825-5_26" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074406v3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Moyal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956887v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Grosof" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502084v6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Mahavir Varma" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bu&#353;i&#263;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476889v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306343v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-02413496v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019IPPAT001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>