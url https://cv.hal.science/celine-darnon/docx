--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -115,403 +115,403 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backlash among the dominant: Assessing support for elitism in four European countries</w:t>
+                <w:t xml:space="preserve">Why the belief in meritocracy is so pervasive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bram Spruyt</w:t>
+                <w:t xml:space="preserve">Ian R. Hadden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Caluwaerts</w:t>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Darnon</w:t>
+                <w:t xml:space="preserve">Lewis Doyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Matthew Easterbrook</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leandros Kavadias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Political Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (2), pp.101-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pops.70010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2024.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068888v1</w:t>
+                <w:t xml:space="preserve">hal-05068866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why the belief in meritocracy is so pervasive</w:t>
+                <w:t xml:space="preserve">When bears are bearing number acquisition: An early mathematical intervention for kindergarten children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian R. Hadden</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Michel Fayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lewis Doyle</w:t>
+                <w:t xml:space="preserve">Ingrid Claracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (40)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068866v1</w:t>
+                <w:t xml:space="preserve">hal-04810936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When bears are bearing number acquisition: An early mathematical intervention for kindergarten children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Backlash among the dominant: Assessing support for elitism in four European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bram Spruyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Fayol</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Didier Caluwaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Easterbrook</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Claracq</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Leandros Kavadias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Political Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pops.70010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04810936v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How teacher autonomy support and student creativity jointly contribute to self-regulated learning: a dynamic, person-environment fit perspective</w:t>
               </w:r>
@@ -765,51 +765,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Failure and Psychological Disengagement: Can Belief in School Meritocracy Make a Difference?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -886,51 +886,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection and the Economic Value of Education: A Barrier to Reducing the SES Achievement Gap?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1007,64 +1007,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competitive and Cooperative Practices in Education: How Teachers’ Beliefs in School Meritocracy are Related to their Daily Practices with Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goudeau Sebastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1118,286 +1118,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belief in School Meritocracy and the Legitimization of Social and Income Inequality</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Incertitude et conflits sociocognitifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de l’OCCE (Office Centrale de la Coopération à l’Ecole)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.483-500</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04305853v1</w:t>
+                <w:t xml:space="preserve">hal-05036970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incertitude et conflits sociocognitifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Belief in School Meritocracy and the Legitimization of Social and Income Inequality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jolanda Jetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herman van de Werfhorst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l’OCCE (Office Centrale de la Coopération à l’Ecole)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.621-635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/19485506221111017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05036970v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-enhancement Values and Academic Achievement: An Interaction with Students' Parental Level of Education and Gender?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1452,51 +1452,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orientation politique et soutien à l’innovation pédagogique : qui sont les plus réfractaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1599,51 +1599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medhi Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 00, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1716,64 +1716,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Dompnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 92 (2), pp.e12453. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1801,252 +1801,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03400761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Jigsaw classrooms improve learning outcomes? Five experiments and an internal meta-analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Can an early mathematical intervention boost the progress of children in kindergarten? A field experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fayol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/edu0000730⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10212-021-00550-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441734v1</w:t>
+                <w:t xml:space="preserve">hal-03395896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can an early mathematical intervention boost the progress of children in kindergarten? A field experiment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Do Jigsaw classrooms improve learning outcomes? Five experiments and an internal meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Stanczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Demolliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sanrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1-18. </w:t>
+              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 114 (6), pp.1461-1476. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10212-021-00550-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/edu0000730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03395896v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turning the gender tables: evidence of students’ awareness of a reversal in gender status between academic and occupational contexts</w:t>
               </w:r>
@@ -2084,51 +2084,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pironom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychology of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 24 (1), pp.247-272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2156,512 +2156,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03149862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why lockdown and distance learning during the COVID-19 pandemic are likely to increase the social class achievement gap</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Socio-Emotional Competencies and School Performance in Adolescence: What Role for School Adjustment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pansu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Bressan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bressoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41562-021-01212-7⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.640661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04229422v1</w:t>
+                <w:t xml:space="preserve">hal-03396833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two-Sided Lockdown? Social Class Variations in the Implementation of Homeschooling During the COVID-19 Lockdown</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Why lockdown and distance learning during the COVID-19 pandemic are likely to increase the social class achievement gap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Sanrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stanczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Manstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.670722⟩</w:t>
+              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (10), pp.1273-1281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41562-021-01212-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03420972v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can tests improve learning in real university classrooms?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Two-Sided Lockdown? Social Class Variations in the Implementation of Homeschooling During the COVID-19 Lockdown</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sanrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Stanczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.670722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.670722⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/20445911.2021.1956939⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03403654v1</w:t>
+                <w:t xml:space="preserve">hal-03420972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-Emotional Competencies and School Performance in Adolescence: What Role for School Adjustment?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can tests improve learning in real university classrooms?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Pansu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+                <w:t xml:space="preserve">Mathilde Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Bressan</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Izaute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, </w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.640661⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/20445911.2021.1956939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03396833v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03403654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with a Crisis: Does Covid-19 Promote Traditional Gender Roles?</w:t>
               </w:r>
@@ -2673,51 +2673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Redersdorff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2758,425 +2758,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03400743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement et école à la maison : l’illusion de la solution numérique</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">When an academic culture based on self-enhancement values undermines female students’ sense of belonging, self-efficacy, and academic choices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Aelenei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Martinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie &amp; Éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 160 (3), pp.373-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00224545.2019.1675576⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02978531v1</w:t>
+                <w:t xml:space="preserve">hal-02983714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facing the risk of upward mobility: Performance-avoidance goals and social class among high-school students</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Confinement et école à la maison : l’illusion de la solution numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sanrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Stanczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Social Psychology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Psychologie &amp; Éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02983725v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02978531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When an academic culture based on self-enhancement values undermines female students’ sense of belonging, self-efficacy, and academic choices</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Facing the risk of upward mobility: Performance-avoidance goals and social class among high-school students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisée Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 160 (3), pp.373-389. </w:t>
+              <w:t xml:space="preserve">, 2020, 160 (4), pp.496-508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00224545.2019.1675576⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00224545.2019.1681353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02983714v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examining the role of perceived prestige in the link between students’ subjective socioeconomic status and sense of belonging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J Elliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3214,77 +3214,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Higher and lower status individuals’ performance goals: The role of hierarchy stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quiamzade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3325,373 +3325,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociocognitive Conflict Regulation: How to Make Sense of Diverging Ideas</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">On the academic disadvantage of low social class individuals: Pursuing performance goals fosters the emergence of the achievement gap.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Crouzevialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Directions in Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0963721418813986⟩</w:t>
+              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111 (7), pp.1261-1272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/edu0000349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02439558v1</w:t>
+                <w:t xml:space="preserve">hal-02969286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are performance-avoidance goals always deleterious for academic achievement in college? The moderating role of social class</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisée Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychology of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 22 (3), pp.539-555</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the academic disadvantage of low social class individuals: Pursuing performance goals fosters the emergence of the achievement gap.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Sociocognitive Conflict Regulation: How to Make Sense of Diverging Ideas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 111 (7), pp.1261-1272. </w:t>
+              <w:t xml:space="preserve">Current Directions in Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (2), pp.145-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/edu0000349⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0963721418813986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02969286v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Where there is a will, there is a way’: Belief in school meritocracy and the social-class achievement gap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Wiederkehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3764,51 +3764,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belief in school meritocracy as an ideological barrier to the promotion of equality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3868,64 +3868,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who benefits from mastery-approach and performance-approach goals in college? Students’ social class as a moderator of the link between goals and grade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3972,77 +3972,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doing better (or worse) than one's parents: Social status, mobility, and performance-avoidance goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisée Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 88 (4), pp.659-674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4089,51 +4089,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinguishing the desire to learn from the desire to perform: The social value of achievement goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Mollaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4180,90 +4180,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The social utility of performance-approach goals in a selective educational environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dompnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychology of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 20 (1), pp.215 - 235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4323,51 +4323,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dompnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Personality and Individual Differences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 113, pp.155 - 160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4401,51 +4401,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Experience of Low-SES Students in Higher Education: Psychological Barriers to Success and Interventions to Reduce Social-Class Inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4548,51 +4548,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boys, girls, and the school cultural environment: Teachers’ judgment and students’ values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4639,77 +4639,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competing with oneself or with others: Achievement goal endorsement in amateur golf competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sport Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 46, pp.258-273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4728,147 +4728,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-generation students' underperformance at university: the impact of the function of selection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">When first-generation students succeed at university: On the link between social class, academic performance, and performance-avoidance goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Court</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00710⟩</w:t>
+              <w:t xml:space="preserve">Contemporary Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 41, pp.25 - 36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cedpsych.2014.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01859638v1</w:t>
+                <w:t xml:space="preserve">hal-01859639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The motivation to learn as a self-presentation tool among Swiss high school students: The moderating role of mastery goals' perceived social value on learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4877,276 +4890,263 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dompnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Baumberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning and Individual Differences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43, pp.204 - 210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.lindif.2015.08.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When first-generation students succeed at university: On the link between social class, academic performance, and performance-avoidance goals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">First-generation students' underperformance at university: the impact of the function of selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary Educational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 41, pp.25 - 36. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cedpsych.2014.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01859639v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From social class to self-efficacy: Internalization of low social status pupils’ school performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Wiederkehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chazal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5232,51 +5232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why do high working memory individuals choke? An examination of choking under pressure effects in math from a self-improvement perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nico van Yperen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5362,51 +5362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Krauth-Gruber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5453,64 +5453,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To Confirm or to Conform? Performance Goals as a Regulator of Conflict with More Competent Others</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 107 (2), pp.580-598. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5596,51 +5596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitra Filippou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inovacije u nastavi - časopis za savremenu nastavu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 28 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5668,377 +5668,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01348964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing does not mean threatening: The purpose of assessment as a key determinant of girls' and boys' performance in a science class</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance goals in conflictual social interactions: Towards the distinction between two modes of relational conflict regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quiamzade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Souchal</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Butera</w:t>
+                <w:t xml:space="preserve">Caroline Pulfrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjep.12012⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjso.12015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00968877v1</w:t>
+                <w:t xml:space="preserve">hal-01349390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance goals in conflictual social interactions: Towards the distinction between two modes of relational conflict regulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Assessing does not mean threatening: The purpose of assessment as a key determinant of girls' and boys' performance in a science class</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Souchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Quiamzade</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Pulfrey</w:t>
+                <w:t xml:space="preserve">F. Butera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 53, </w:t>
+              <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 84 (1), pp.125-136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bjso.12015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bjep.12012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01349390v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00968877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing the Socio-Economic Status Achievement Gap at University by Promoting Mastery-Oriented Assessment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Butera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Souchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (8), pp.e71678</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6063,51 +6063,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mastery and performance goals predict epistemic and relational conflict regulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6115,51 +6115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheree Schrager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pannuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 98 (4), pp.766 - 776. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6238,51 +6238,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Inequalities in the Educational System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nele Claes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topics in Cognitive Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6299,1024 +6299,1154 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04815475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éducation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Inégalités sociales à l’école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Autin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Duru-Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Le Hebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Goudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traité de Psychologie Sociale. La science des interactions humaines. 2e édition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Questions d’éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions, 2026, 978-2-271-16054-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15wfo⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04955170v1</w:t>
+                <w:t xml:space="preserve">halshs-05566421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genre et scolarité : l’illusion d’une supériorité féminine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Martinot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Vincent Yzerbyt; Isabelle Roskam; Annalisa Casini. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Bègue-Shankland. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les psychologies du genre : Regards croisés sur le développement, la santé mentale et la société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mardaga, pp.63-86, 2021, 9782804709358</w:t>
+              <w:t xml:space="preserve">Traité de Psychologie Sociale. La science des interactions humaines. 2e édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck Supérieur, pp.483-500, 2024, 978-2-8073-4138-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03430359v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychologie des inégalités</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Genre et scolarité : l’illusion d’une supériorité féminine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Patrick Savidan. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Martinot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent Yzerbyt; Isabelle Roskam; Annalisa Casini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire des inégalités et de la justice sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUF, 2018</w:t>
+              <w:t xml:space="preserve">Les psychologies du genre : Regards croisés sur le développement, la santé mentale et la société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mardaga, pp.63-86, 2021, 9782804709358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164216v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03430359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réussir dans l’enseignement supérieur : un défi pour les plus défavorisés</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Psychologie des inégalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sabine Caillaud; Virginie Bonnot; Ewa Drozda-Senkowska. </w:t>
+              <w:t xml:space="preserve">Patrick Savidan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Menaces sociales et environnementales : repenser la société des risques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUR, pp.181-192, 2017, Psychologies, 978-2-7535-5264-7</w:t>
+              <w:t xml:space="preserve">Dictionnaire des inégalités et de la justice sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908277v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competence Assessment, Social Comparison and Conflict Regulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Réussir dans l’enseignement supérieur : un défi pour les plus défavorisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Aelenei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Andrew J. Elliot; Carol S. Dweck; David S. Yeager. </w:t>
+              <w:t xml:space="preserve">Sabine Caillaud; Virginie Bonnot; Ewa Drozda-Senkowska. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handbook of Competence and Motivation (Second Edition) : Theory and Application</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Guilford Press, 2017, 9781462529605</w:t>
+              <w:t xml:space="preserve">Menaces sociales et environnementales : repenser la société des risques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.181-192, 2017, Psychologies, 978-2-7535-5264-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165197v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How gender stereotypes of academic abilities contribute to the maintenance of gender hierarchy in higher education</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Competence Assessment, Social Comparison and Conflict Regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Klea Faniko; Fabio Lorenzi-Cioldi; Oriane Sarrasin; Eric Mayor. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andrew J. Elliot; Carol S. Dweck; David S. Yeager. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gender and Social Hierarchies: Perspectives from social psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, 2015, 9781138938113</w:t>
+              <w:t xml:space="preserve">Handbook of Competence and Motivation (Second Edition) : Theory and Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guilford Press, 2017, 9781462529605</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166601v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivation (psychologie)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">How gender stereotypes of academic abilities contribute to the maintenance of gender hierarchy in higher education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verniers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Dompnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Martinot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Klea Faniko; Fabio Lorenzi-Cioldi; Oriane Sarrasin; Eric Mayor. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Encyclopaedia Universalis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Gender and Social Hierarchies: Perspectives from social psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2015, 9781138938113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166676v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03166601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environnement social de la classe d'école</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopaedia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03166672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychologie sociale et éducation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Motivation (psychologie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Sociale. La nature sociale de l’être humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, De Boeck, pp.443-454, 2013</w:t>
+              <w:t xml:space="preserve">Encyclopaedia Universalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05121494v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03166676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Psychologie sociale et éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Martinot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dans L.Bègue &amp; O. Desrichard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie Sociale. La nature sociale de l’être humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck, pp.443-454, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’évaluation comme outil de formation et/ou de sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Souchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Butera, F., Buchs, C. &amp; Darnon, C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’évaluation, une menace ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris : PUF, pp.114-125, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01112897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7326,118 +7456,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les politiques écoutent-ils la science ? Podcast Milgram de savoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId193"/>
+      <w:footerReference w:type="default" r:id="rId198"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7584,51 +7714,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068888v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Spruyt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Caluwaerts" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Easterbrook" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandros Kavadias" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pops.70010" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068866v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian R. Hadden" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Doyle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2024.12.008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Claracq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101299v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando N&#250;&#241;ez-Regueiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B Verger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolia Batruch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Bouet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsc.2025.101873" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748426v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocyna Rudmann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Paolo Visintin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000870" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789351v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Sicard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Martinot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2024.2394691" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789318v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manstead" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12646" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04164145v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Portex" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09824-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305853v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Jetten" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman van de Werfhorst" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506221111017" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036970v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03885377v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Aelenei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maggio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441388v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stanczak" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;sert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441523v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Marot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2828" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400761v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dompnier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Meier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12453" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441734v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Robert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demolliens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000730" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395896v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-021-00550-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149862v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-021-09607-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229422v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-021-01212-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420972v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.670722" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403654v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lamotte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20445911.2021.1956939" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396833v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mella" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bressan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.640661" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400743v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Redersdorff" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.1032" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978531v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983725v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alis&#233;e Bruno" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2019.1681353" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983714v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2019.1675576" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991740v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Elliot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859626v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quiamzade" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000105" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439558v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963721418813986" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991735v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969286v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crouzevialle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000349" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375035v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wiederkehr" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12214" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096257v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2347" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649962v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-017-0351-z" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720321v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12210" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375297v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Cohen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mollaret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2016.1152216" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643228v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dompnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-016-9354-x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649977v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2017.03.028" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644824v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M. Stephens" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica E. Nelson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12202" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649999v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2016.1243514" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859658v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859638v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00710" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01899364v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Baumberger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2015.08.036" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859639v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2014.11.001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chazal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guimond" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-015-9308-8" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01899251v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico van Yperen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2014.11.005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160458v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bonnot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Krauth-Gruber" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01053" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349103v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0037240" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348964v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buchs" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Filippou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/inovacije1503015B" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968877v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Souchal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Smeding" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Butera" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349390v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pulfrey" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12015" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968889v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883441v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheree Schrager" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pannuzzo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-0663.98.4.766" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815475v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Claes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955170v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430359v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164216v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908277v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165197v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166601v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verniers" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166676v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166672v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121494v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112897v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05040326v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Yzerbyt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068866v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian R. Hadden" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Doyle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Easterbrook" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2024.12.008" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810936v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Claracq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068888v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Spruyt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Caluwaerts" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandros Kavadias" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pops.70010" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101299v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando N&#250;&#241;ez-Regueiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B Verger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolia Batruch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Bouet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsc.2025.101873" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748426v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocyna Rudmann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Paolo Visintin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000870" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789351v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Sicard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Martinot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2024.2394691" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789318v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manstead" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12646" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04164145v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Portex" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09824-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036970v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Jetten" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman van de Werfhorst" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506221111017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03885377v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Aelenei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maggio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441388v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stanczak" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;sert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441523v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Marot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2828" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400761v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dompnier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Meier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12453" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395896v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-021-00550-4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441734v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Robert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demolliens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000730" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149862v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-021-09607-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396833v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bressan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.640661" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229422v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-021-01212-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420972v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.670722" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403654v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lamotte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20445911.2021.1956939" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400743v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Redersdorff" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.1032" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983714v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2019.1675576" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978531v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983725v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alis&#233;e Bruno" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2019.1681353" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991740v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Elliot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859626v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quiamzade" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000105" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969286v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crouzevialle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000349" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991735v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439558v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963721418813986" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375035v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wiederkehr" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12214" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096257v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2347" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649962v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-017-0351-z" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720321v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12210" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375297v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Cohen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mollaret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2016.1152216" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643228v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dompnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-016-9354-x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649977v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2017.03.028" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644824v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M. Stephens" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica E. Nelson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12202" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649999v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2016.1243514" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859658v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859639v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2014.11.001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01899364v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Baumberger" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2015.08.036" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859638v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00710" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chazal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guimond" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-015-9308-8" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01899251v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico van Yperen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2014.11.005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160458v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bonnot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Krauth-Gruber" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01053" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349103v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0037240" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348964v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buchs" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Filippou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/inovacije1503015B" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349390v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pulfrey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12015" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968877v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Souchal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Smeding" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Butera" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12012" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968889v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883441v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheree Schrager" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pannuzzo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-0663.98.4.766" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815475v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Claes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05566421v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duru-Bellat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Hebel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15wfo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955170v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430359v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164216v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908277v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165197v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166601v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verniers" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166672v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166676v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121494v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112897v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05040326v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Yzerbyt" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>