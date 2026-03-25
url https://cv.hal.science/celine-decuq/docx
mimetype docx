--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,329 +66,329 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online fluxes of pesticides over bare soil in France with a PTRMS: results from French the Online-PTR4-Pest study</w:t>
+                <w:t xml:space="preserve">Organic Fertilizers Application: Impacts on VOCs and Air Quality Implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+                <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Décuq</w:t>
+                <w:t xml:space="preserve">Anaïs Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+                <w:t xml:space="preserve">Céline Decuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Buysse</w:t>
+                <w:t xml:space="preserve">Florent Levavasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Geosciences Union, Apr 2025, Vienna, Austria. 2 p., </w:t>
+              <w:t xml:space="preserve">, European Geosciences Union, Apr 2025, Vienna, Austria. pp.EGU25-16319, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-17390⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05201134v1</w:t>
+                <w:t xml:space="preserve">hal-05201145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic Fertilizers Application: Impacts on VOCs and Air Quality Implications</w:t>
+                <w:t xml:space="preserve">Online fluxes of pesticides over bare soil in France with a PTRMS: results from French the Online-PTR4-Pest study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Liu</w:t>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Feron</w:t>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Decuq</w:t>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Levavasseur</w:t>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Geosciences Union, Apr 2025, Vienna, Austria. pp.EGU25-16319, </w:t>
+              <w:t xml:space="preserve">, European Geosciences Union, Apr 2025, Vienna, Austria. 2 p., </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-17390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05201145v1</w:t>
+                <w:t xml:space="preserve">hal-05201134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine Learning Approaches for Ammonia Volatilization Prediction after Manure Application</w:t>
               </w:r>
@@ -400,51 +400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Favrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Génermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Gilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -495,51 +495,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online pesticide concentration and fluxes measurements over crops with a PTRMS shows unexpected volatilisation rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -547,51 +547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Bsaibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosciences Union, Apr 2024, Vienne, Austria. pp.egu24-10183, </w:t>
@@ -642,77 +642,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondary organic aerosol formation from digested biowastes ozonolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.M. Haider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Kebalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -767,51 +767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositif de régulation de l'humidité de l'air pour fiabiliser les conditions ambiantes et les acquisitions de mesure des émissions de composés gazeux en conditions contrôlées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Decuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fortineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -862,64 +862,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French ACROSS 2022 campaign – First results from CO2/H2O, energy and VOC fluxes measurements at the Rambouillet tower supersite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1182,51 +1182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fortineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First ACTRIS Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute for Atmospheric and Earth System Research (INAR); University of Helsinki, Atmosphere and Climate Competence Center (ACCC); University of Helsinki, ACTRIS Interim Head Office (Aerosol, Clouds, and Trace Gases Research Infrastructure), May 2022, Virtual Conference, France</w:t>
@@ -1255,90 +1255,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New particle formation from agricultural recycling of organic waste products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kawssar Mujtaba Haider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Kammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Volkovitsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1374,8239 +1374,8485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05200444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiels de volatilisation d’ammoniac au champ de divers substrats : mesures en conditions contrôlées et analyse des déterminismes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Rôle de la réactivité des produits résiduaires organiques sur la formation d'aérosols organiques secondaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Kammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Vojkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Haider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Rencontres de la fertilisation raisonnée et de l'analyse - Comifer-Gemas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">34ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASFERA, Association Française d'Etude et de Recherche sur les Aérosols, Jan 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03949824v1</w:t>
+                <w:t xml:space="preserve">hal-05200434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of agricultural practices on volatile organic compound (VOC) emissions from winter wheat</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Potentiels de volatilisation d’ammoniac au champ de divers substrats : mesures en conditions contrôlées et analyse des déterminismes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 th International PTR-MS Conference 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Innsbruck, Austria</w:t>
+              <w:t xml:space="preserve">15èmes Rencontres de la fertilisation raisonnée et de l'analyse - Comifer-Gemas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786054v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel platform providing services in the measurement of potentials for ammonia volatilization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Effect of agricultural practices on volatile organic compound (VOC) emissions from winter wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Kammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th N Workshop and Side event</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">8 th International PTR-MS Conference 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01826834v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of VOC fluxes by Eddy-covariance with a PTR-Qi-TOF-MS over a mature wheat crop near Paris: Evaluation of data quality and uncertainties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
+                <w:t xml:space="preserve">A novel platform providing services in the measurement of potentials for ammonia volatilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Flura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. 1 p</w:t>
+              <w:t xml:space="preserve">20th N Workshop and Side event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736167v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cascade de l'azote : que va-t-on encore faire avec les mesures ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Berthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Azougui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de cloture ANR ESCAPADE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). FRA., Jun 2017, Paris, France. 136 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogenic and anthropogenic volatile organic compounds (VOCs): identification, quantification and air quality impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lais Gonzaga Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zurfluh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">China’s Environmental Protection Market; Environmental Protection Industry Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Hebei, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01707556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring dry deposition of pesticides on surface water in a laboratory system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Durand</w:t>
+                <w:t xml:space="preserve">Measurements of VOC fluxes by Eddy-covariance with a PTR-Qi-TOF-MS over a mature wheat crop near Paris: Evaluation of data quality and uncertainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Fanucci</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine Deschamps</w:t>
+                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Conference on Pesticides and Related Organic Micropollutants in the Environment 15th Symposium on Chemistry and Fate of Modern Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Santiago de Compostella, Spain</w:t>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603999v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial volatiles organics compounds (mvocs) emitted from soils amended with organic wastes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Letizia Abis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Gueudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sfécologie-2016, International Conference of Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Oct 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la volatilisation d’ammoniac pendant l’épandage d’effluents liquides par buse-palette</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Génermont</w:t>
+                <w:t xml:space="preserve">Measuring dry deposition of pesticides on surface water in a laboratory system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Gall</w:t>
+                <w:t xml:space="preserve">Olivier Fanucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Décuq</w:t>
+                <w:t xml:space="preserve">Vanessa Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Thirion</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marjolaine Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ECOTECHS'2015 : Technologies d’épandage dans la fertilisation – Implications actuelles et futures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Nov 2015, Montoldre, France</w:t>
+              <w:t xml:space="preserve">9th European Conference on Pesticides and Related Organic Micropollutants in the Environment 15th Symposium on Chemistry and Fate of Modern Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Santiago de Compostella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01429103v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets sur la dénitrification et la production de gaz à effets de serre de la restauration de l’écoulement d’un ru dans une tourbière.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de la volatilisation d’ammoniac pendant l’épandage d’effluents liquides par buse-palette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël J. Michelin</w:t>
+                <w:t xml:space="preserve">Julie Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Marionneau</w:t>
+                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ikram Mouloudi</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Thirion</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Journées d'Etude des Sols: Le sol face aux changements globaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française pour l'Etude du Sol (AFES). FRA., Mar 2012, Versailles, France. pp.330-331</w:t>
+              <w:t xml:space="preserve">Colloque ECOTECHS'2015 : Technologies d’épandage dans la fertilisation – Implications actuelles et futures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Nov 2015, Montoldre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01590484v1</w:t>
+                <w:t xml:space="preserve">hal-01429103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies for measuring flows of reactive nitrogen at the landscape scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets sur la dénitrification et la production de gaz à effets de serre de la restauration de l’écoulement d’un ru dans une tourbière.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël J. Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.R. Theobald</w:t>
+                <w:t xml:space="preserve">Antoine Marionneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
+                <w:t xml:space="preserve">Ikram Mouloudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bienkowski</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Boegh</w:t>
+                <w:t xml:space="preserve">Pierre P. Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nitrogen &amp; Global Change: Key findings – future challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Apr 2011, Edinburgh, United Kingdom. 2 p</w:t>
+              <w:t xml:space="preserve">11e Journées d'Etude des Sols: Le sol face aux changements globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française pour l'Etude du Sol (AFES). FRA., Mar 2012, Versailles, France. pp.330-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191186v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia concentrations and fluxes above a growing triticale crop in northern France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Décuq</w:t>
+                <w:t xml:space="preserve">Strategies for measuring flows of reactive nitrogen at the landscape scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.R. Theobald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Personne</w:t>
+                <w:t xml:space="preserve">J. Bienkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raia Silvia Massad</w:t>
+                <w:t xml:space="preserve">A. Bleeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Flechard</w:t>
+                <w:t xml:space="preserve">E. Boegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nitrogen &amp; Global Change: Key findings - future challenges, Conference Proceedings</w:t>
+              <w:t xml:space="preserve">Nitrogen &amp; Global Change: Key findings – future challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Apr 2011, Edinburgh, United Kingdom. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01003258v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greenhouse gas exchanges as related to the nitrogen and carbon balance of a wheat-barley-mustard-maize rotation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ammonia concentrations and fluxes above a growing triticale crop in northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Laville</w:t>
+                <w:t xml:space="preserve">Erwan Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Lehuger</w:t>
+                <w:t xml:space="preserve">Raia Silvia Massad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Roche</w:t>
+                <w:t xml:space="preserve">Christophe Flechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Intenational Nitrogen Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, New Delhi, India</w:t>
+              <w:t xml:space="preserve">Nitrogen &amp; Global Change: Key findings - future challenges, Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Apr 2011, Edinburgh, United Kingdom. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192206v1</w:t>
+                <w:t xml:space="preserve">hal-01003258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de flux gazeux de CO2, N2O, NO au champ par méthode des chambres automatiques après apport de produits résiduaires organiques (PRO)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Greenhouse gas exchanges as related to the nitrogen and carbon balance of a wheat-barley-mustard-maize rotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Masson</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lehuger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée technique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Colmar, France</w:t>
+              <w:t xml:space="preserve">5. Intenational Nitrogen Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, New Delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191927v1</w:t>
+                <w:t xml:space="preserve">hal-01192206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volatilisation d’ammoniac après épandage au champ de composts d’origine urbaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesure de flux gazeux de CO2, N2O, NO au champ par méthode des chambres automatiques après apport de produits résiduaires organiques (PRO)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Laville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Flura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fanucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Génermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Masson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Fanucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Colmar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191920v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Volatilisation d’ammoniac après épandage au champ de composts d’origine urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Flura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fanucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Colmar, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la volatilisation de l'ammoniac après fertilisation minérale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Génermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Flura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Rencontres de l'INA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2002, Paris, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (28)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet Volat’N : caractériser les potentiels d’émissions gazeuses d’engrais azotés en vue de constituer un référentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Cotten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17èmes Rencontres de la fertilisation raisonnée et de l’analyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Metz, France. , 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volatile organic compounds (VOCs) and new particle formation from agricultural recycling of organic waste products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Bourdat-Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kawssar Mujtaba Haider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICOS Science Conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Versailles, France. , 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secondary Organic aerosol Formation by Organic waste Recycling in Agriculture (SOFORA project)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Haider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Depuydt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gordon Research Conference - Biogenic Hydrocarbons and the Atmosphere: Biosphere-Atmosphere Interactions and Impacts in the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Barcelone, Spain. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Online measurement with Proton Transfer Reaction Mass Spectrometry of two widely used herbicides in agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bsaibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armin Hansel; Jürgen Dunkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International PTR-MS Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Seefeld, Austria. Innsbruck University Press, pp.177-181, 2024, Contributions : 9th International Conference on Proton Transfer Reaction Mass Spectrometry and its Applications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05073108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volatile organic compounds and new particle formation from agricultural recycling of organic waste products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Bourdat-Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Haider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armin Hansel; Jürgen Dunkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International PTR-MS Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Seefeld, Austria. Innsbruck University Press, pp.154-158, 2024, Contributions : 9th International Conference on Proton Transfer Reaction Mass Spectrometry and its Applications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chemical characterization of volatile organic compounds emitted by animal manure and their ozone reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kawssar Mujtaba Haider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Focsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th European Aerosol Conference EAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Tampere, Finland. , 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emissions of Volatile Organic Compounds from Animal Manure: Chemical Composition and Ozone Reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kawssar Mujtaba Haider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fortineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35ème Congrès Français des Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France. 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-27971⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesurer et prédire les flux d'azote et de carbone des agroécosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Lissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gabrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15èmes Rencontres de la fertilisation raisonnée et de l'analyse - Comifer-Gemas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude de la contamination de l’atmosphère par les pesticides dans une zone agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Benabdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">49ème congrès du Groupe Français de Recherche sur les Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EnVisaGES : Un nouveau service de mesures de concentrations et de flux d’émissions de gaz à effet de serre et d’ammoniac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gabrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Voylokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Scientifique du SIRTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Palaiseau, France. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation d'un dispositif contrôlé d'émission d'ammoniac à l'échelle de la parcelle agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fortineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Carozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Voylokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Scientifique du SIRTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Palaiseau, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03617328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A novel platform providing services in the measurement of ammonia volatilisation from multiple agronomic plots.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Voylokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Carozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th N Workshop and Side event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rennes, France. , 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inter-annual variability of carbon fluxes at the FR-Gri ICOS crop site as influenced by meteorology and management.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Chammakhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mascher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux sur le sol : les dispositifs de longue durée pour répondre aux questions d’aujourd’hui et de demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Versailles, France. , 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soil Spreading of Organic Waste Products: Source of Secondary Organic Aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xth International Aerosol Conference IAC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Saint Louis, Missouri, United States. , 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of agricultural practices on Biogenic Volatile Organic Compound (BVOC) emissions from agricultural crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Kammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biogenic Hydrocarbons and the Atmosphere, Gordon Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Les Diablerets, Switzerland. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carbon and greenhouse gas balance of the FR-GRI crop site from 2005 to 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Chammakhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mascher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Gueudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. , 1 p., 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01706448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biogenic volatile organic compounds (BVOC) emissions and ozone uptake on soil surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fanucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">First International Conference on Soft Chemical Ionisation Mass Spectrometry and applications to Trace Gas Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Dornbirn, Austria. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurements of VOC fluxes by dynamic plant and soil chambers in wheat and maize crop near Paris with a PTR-Qi-TOF-MS: Quantification and response to environmental and physiological drivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lais Gonzaga-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. , 1 p., 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biogenic volatile organic compounds emissions and ozone uptake on soil surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fanucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Zurfluh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Perspectives in Modeling and Measurement of BVOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Antwerp, Belgium. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of an on-line methodology for measuring volatile organic compounds (VOC) fluxes by eddy-covariance with a PTR-TOF-Qi-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. , 1 p., 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01706447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volatile organic compounds sources and sinks in a wheat canopy. Analysis based on combined eddy-covariance fluxes, in-canopy profiles and chamber measurements with a PTR-TOF-Qi-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lais Gonzaga Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. , 1 p., 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01706449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volatile organic compounds emissions from cattle slurry on an agricultural soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Gueudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sfécologie-2016, International Conference of Ecological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbial volatile organic compounds (mVOCs) emission by soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Letizia Abis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International PTR-MS Conference 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Obergurgl, Austria. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaisons interlaboratoires : Mesures de N2O atmosphérique par CPG-ECD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Ayzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lecuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hénault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J2M 2014;13. Journées de la Mesure et de la Métrologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Stella Plage, France. , 2014, 13emes Journées de la Mesure et de la Métrologie. J2M2014 Centre Inra de Lille</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accounting for FYM and composts in ammonia volatilization models: the case of Volt’Air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Voylokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Flura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The use of various residual organic products as fertilizer results in ammonia volatilization. This loss of available nitrogen lessens the fertilizing value of the organic product, and leads to environmental impacts. Various models can help predict the potential magnitude of emissions of a given product and thus can help in any measures taken to lessen NH3 emissions. But currently there is a lack of process based models accounting for a large range of products, regardless of origin and treatment. Volt’Air, a process-based model, has recently been improved for slurry application. A more realistic representation of the slurry was obtained by adding a specifically parameterized slurry layer above the soil profile. The present study aims at evaluating the capability of this representation to adapt to organic products characterized by high dry matter contents, and thus susceptible to form a fiber matrix at the soil surface, with properties differing from those of the soil. We first evaluated the model regarding the ammonia volatilization fluxes. We used existing wind tunnel data sets experimentally collated as part of the Qualiagro project at INRA from 1998 to 2006. The products are dairy farm yard manure and three contrasting types of compost obtained from municipal and domestic wastes. Then, this same dataset was used for a sensitivity analysis of both the evaporation and the ammonia volatilization fluxes. It was performed on the parameters of the organic products that have to be specifically characterized: (i) analytical properties (ammoniacal N content, pH and adsorption) and (ii) physical properties (optical, thermal and hydraulic properties). Sensitivity analysis was also performed on parameters pertaining to the technical choices made for the application: application rate with a potential subsequent uneven application and incorporation characterized by its depth, its efficiency and the delay after application.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Budapest, Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03979171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A first semi-quantitative study of the emission of volatile organic compounds after the application of organic amendments in the field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15. International Conferences of RAMIRAN (Network on Recycling of Agricultural, Municipal and Industrial Residues in Agriculture)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Versailles, France. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelled and measured greenhouse gases emissions from a typical Île-De-France crop rotation between 2005 and 2013. Influence of climatic conditions and sensitivity to nitrogen exchange with the atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raia Silvia Massad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Laville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mascher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Christophe Gueudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Open Science Conference: Greenhouse Gas Management in European Land Use Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Antwerp, Belgium. 2013, Open Science Conference Greenhouse Gas Management in European Land Use Systems</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01583806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of weather conditions on N2O emission patterns during winter cereal cultivation in two different climatic regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro P. Goglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Colnenne-David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Di Bene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bosco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia P. Laville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Congress of the European Soil Science Societies - Eurosoil 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 4th International Congress of the European Soil Science Societies - Eurosoil 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01359788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First online field measurements of chlorothalonil volatilisation using proton transfer mass spectrometry and inverse modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Kammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Decuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 15 (1), pp.30426. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-025-13898-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical characterization of volatile organic compounds emitted by animal manure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.M. Haider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Focsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 364, pp.121453. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.121453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multiresidue analytical method on air and rainwater for assessing pesticide atmospheric contamination in untreated areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Bourdat-Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Benabdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 823, pp.article numéro 153582. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.153582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03562863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volatile organic compound fluxes over a winter wheat field by PTR-Qi-TOF-MS and eddy covariance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lais Gonzaga-Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (4), pp.2817-2842. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-22-2817-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03607351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of senescence on biogenic volatile organic compound fluxes in wheat plants</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">New particle formation from agricultural recycling of organic waste products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandy Bsaibes</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Kammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Décuq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Vojkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kawsar Haider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118665⟩</w:t>
+              <w:t xml:space="preserve">npj climate and atmospheric science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41612-021-00160-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341607v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03160367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia, nitrous oxide, carbon dioxide, and water vapor fluxes after green manuring of faba bean under Mediterranean climate</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Effect of senescence on biogenic volatile organic compound fluxes in wheat plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lais Gonzaga Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Angelo Finco</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Ciuraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Bsaibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107439⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 266, pp.118665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03193482v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New particle formation from agricultural recycling of organic waste products</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Ammonia, nitrous oxide, carbon dioxide, and water vapor fluxes after green manuring of faba bean under Mediterranean climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rossana Monica Ferrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Carozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kawsar Haider</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj climate and atmospheric science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41612-021-00160-3⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 315, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03160367v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of particulate and gaseous pollutants from a French dairy and sheep farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Kammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 712, pp.135598. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.135598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02903498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of biogenic volatile organic compounds fluxes by wheat, maize and rapeseed with dynamic chambers over a short period in northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lais Gonzaga Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Buysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 214, 16 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2019.116855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02352509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating sources and sinks for ammonia exchanges between the atmosphere and a wheat canopy following slurry application with trailing hose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Tardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Génermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Gueudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 207, pp.11-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.agrformet.2015.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01151921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammonia volatilisation following urea fertilisation in an irrigated sorghum crop in Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.D. Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Di Tommasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 195/196, pp.179-191. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.agrformet.2014.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrous oxide production from soil experiments: denitrification prevails over nitrification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Lugnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrient Cycling in Agroecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 98 (2), pp.169-186. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10705-014-9604-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Budget of methane emissions from soils, livestock and the river network at the regional scale of the Seine basin (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Billen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Jehanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 116 (1/3), pp.199-214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10533-013-9845-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the stomatal, cuticular and soil ammonia fluxes over a growing tritical crop under high acidic loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raia Silvia Massad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe C. Flechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 9, pp.1537-1552. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-9-1537-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon, nitrogen and Greenhouse gases budgets over a four years crop rotation in northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia P. Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon S. Lehuger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Larmanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe C. Flechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 343 (1/2), pp.109-137. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11104-011-0751-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An inverse model to estimate ammonia emissions from fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Génermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Soil Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 61 (5), pp.793-805. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2389.2010.01268.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A laboratory system to estimate ammonia volatilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Génermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Recous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 25 (1), pp.101-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02671328v1</w:t>
-              </w:r>
-[...3422 lines deleted...]
-                <w:t xml:space="preserve">hal-01359788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ENGRAIS : Epandage de produits résiduaires organiques : source d’aérosols organiques secondaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raluca Ciuraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LEFE; INSU; CNRS/ADEME. 2022, 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05201878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émissions de composés organiques volatils biogéniques par les écosystèmes gérés - Nouvelles références sur grandes cultures et forêts françaises et effets des pratiques agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Staudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Berveiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lafouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ademe. 2018, 52 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contamination des eaux de surface par les pesticides : extension et évaluation d’un outil d’évaluation de la part des apports aériens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Décuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fanucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] Office National de l'Eau et des Milieux Aquatiques. 2016, 74 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01584498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les zones humides comme aménagement tampon pour la rétention des contaminants : exemples d'une ancienne cressonnière, d'une tourbière et d'un bassin de stockage d'eau pour l'irrigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Tournebize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Tales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] CEMAGREF. 2011, 33 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9616,283 +9862,283 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring emissions from livestock farming: greenhouse gases, ammonia and nitrogen oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Cohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INRA-ADEME</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, ISBN 2-7380-1392-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01567208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : gaz à effet de serre, ammoniac et oxydes d‘azote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Cohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INRA-ADEME (France)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2-7380-1375-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01590618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9902,279 +10148,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan des gaz à effet de serre d’origine agricole: oxyde nitreux et méthane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Jehanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Billen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011, 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de l'azote et émission de N2O dans un versant agricole du bassin de l'Orgeval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Flipo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Tallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Rejiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011, 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId243"/>
+      <w:footerReference w:type="default" r:id="rId249"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10321,51 +10567,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201134v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lafouge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line D&#233;cuq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Ciuraru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Buysse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-17390" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201145v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Feron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Decuq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Levavasseur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16319" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003785v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Favrot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie G&#233;nermont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gilliot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bsaibes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10183" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Haider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kebalo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003804v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Esnault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fortineau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590215v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Depuydt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7568" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291115v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chelin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Guendouz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michoud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berg&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-4564" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453165v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawssar Mujtaba Haider" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Kammer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Volkovitsh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949824v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786054v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826834v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Flura" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Masson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736167v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zurfluh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738049v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Azougui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mercier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707556v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lais Gonzaga Gomez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603999v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fanucci" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lecuyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Deschamps" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604705v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Abis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Gueudet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429103v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gall" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thirion" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590484v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Michelin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marionneau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Mouloudi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Cellier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191186v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Theobald" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bienkowski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleeker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boegh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003258v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Personne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raia Silvia Massad" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flechard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192206v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lehuger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Roche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191927v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191920v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832723v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Cadre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05222886v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-13898-0" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04676540v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Focsa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Esnault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121453" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562863v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Bourdat-Deschamps" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benabdallah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.153582" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607351v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lais Gonzaga-Gomez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-2817-2022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341607v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118665" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193482v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Monica Ferrara" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carozzi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Finco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107439" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160367v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Vojkovic" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawsar Haider" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41612-021-00160-3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903498v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baisn&#233;e" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135598" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352509v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2019.116855" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151921v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tardy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2015.03.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192463v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Ferrara" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Palumbo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Di Tommasi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2014.05.010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192457v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vilain" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lugnot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-014-9604-2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019197v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jehanno" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-013-9845-1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q740PPHM-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000590v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Flechard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1537-2012" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000149v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Laville" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Lehuger" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Larmanou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-0751-9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V48DT6LV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192231v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrara" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.2010.01268.x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B9B8A449A0908EDB078C9164D9419774C652966A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671328v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Recous" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200614v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Focsa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200568v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Carpentier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200601v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Liu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Haider" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Depuydt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05073108v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200564v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Carpentier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200557v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-27971" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949825v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lissy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gabrielle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877327v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949658v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Voylokov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cresson" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617328v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604687v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Chammakhi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascher" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826836v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735971v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Berger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200497v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706448v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gueudet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200490v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706449v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706447v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734062v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boissard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200486v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949966v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200478v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743787v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ayzac" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979171v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583806v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586492v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Rousseau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01359788v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro P. Goglio" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Colnenne-David" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Di Bene" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bosco" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201878v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947653v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berveiller" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584498v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806616v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pulou" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fesneau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567208v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colomb" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/animal_emissions/Page-d-accueil/Actualites/Mesurer-les-emissions-gazeuses-en-elevage" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590618v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192371v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192381v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallec" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201145v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lafouge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Feron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Decuq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Levavasseur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16319" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201134v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line D&#233;cuq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Ciuraru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Buysse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-17390" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003785v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Favrot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie G&#233;nermont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gilliot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bsaibes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10183" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Haider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kebalo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003804v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Esnault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fortineau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590215v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Depuydt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7568" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291115v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chelin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Guendouz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michoud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berg&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-4564" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453165v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawssar Mujtaba Haider" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Kammer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Volkovitsh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200434v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kammer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vojkovic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Haider" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949824v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786054v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826834v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Flura" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Masson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738049v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Azougui" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mercier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707556v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lais Gonzaga Gomez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zurfluh" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736167v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604705v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Abis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Gueudet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603999v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Durand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fanucci" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lecuyer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Deschamps" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429103v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gall" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thirion" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590484v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Michelin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marionneau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Mouloudi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Cellier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191186v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Theobald" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bienkowski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleeker" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boegh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003258v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Personne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raia Silvia Massad" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flechard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192206v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laville" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lehuger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Roche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191927v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191920v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832723v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Cadre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05552119v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Feron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Cotten" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200568v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Bourdat-Deschamps" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Carpentier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200601v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Liu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Depuydt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05073108v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200564v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Carpentier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200614v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Focsa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200557v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-27971" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949825v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lissy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gabrielle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877327v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benabdallah" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949658v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Voylokov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cresson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617328v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carozzi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826836v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604687v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Chammakhi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735971v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Berger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200497v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706448v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gueudet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200490v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734062v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lais Gonzaga-Gomez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boissard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200486v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706447v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706449v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03949966v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200478v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743787v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ayzac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;nault" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979171v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586492v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Rousseau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583806v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01359788v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro P. Goglio" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Colnenne-David" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Di Bene" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bosco" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Laville" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05222886v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-13898-0" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04676540v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Focsa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Esnault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121453" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562863v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bertrand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.153582" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607351v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-2817-2022" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160367v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Vojkovic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawsar Haider" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41612-021-00160-3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341607v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118665" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193482v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Monica Ferrara" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Finco" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107439" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903498v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baisn&#233;e" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.135598" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352509v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2019.116855" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151921v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tardy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2015.03.002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192463v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Ferrara" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Palumbo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Di Tommasi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2014.05.010" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192457v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vilain" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lugnot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-014-9604-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019197v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jehanno" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-013-9845-1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q740PPHM-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000590v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Flechard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1537-2012" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000149v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Lehuger" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Larmanou" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-0751-9" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V48DT6LV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192231v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrara" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.2010.01268.x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B9B8A449A0908EDB078C9164D9419774C652966A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671328v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Recous" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201878v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947653v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berveiller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584498v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806616v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pulou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fesneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567208v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colomb" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/animal_emissions/Page-d-accueil/Actualites/Mesurer-les-emissions-gazeuses-en-elevage" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590618v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192371v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192381v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallec" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>