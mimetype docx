--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -503,252 +503,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03663330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic insights into the anisotropic growth of ZnO nanoparticles deciphered through 2D size plots and multivariate analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yinping Wang</w:t>
+                <w:t xml:space="preserve">The SgenoLasso and its cousins for selective genotyping and extreme sampling: application to association studies and genomic selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Elie Rabier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1na00591j⟩</w:t>
+              <w:t xml:space="preserve">Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (1), pp. 18-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02331888.2021.1881785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03400345v1</w:t>
+                <w:t xml:space="preserve">hal-02123295v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SgenoLasso and its cousins for selective genotyping and extreme sampling: application to association studies and genomic selection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles-Elie Rabier</w:t>
+                <w:t xml:space="preserve">Mechanistic insights into the anisotropic growth of ZnO nanoparticles deciphered through 2D size plots and multivariate analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihua Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yinping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mingotaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 55 (1), pp. 18-44. </w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02331888.2021.1881785⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1na00591j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123295v5</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03400345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi-square processes for gene mapping in a population with family structure</w:t>
               </w:r>
@@ -851,51 +851,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of the correlation between width and length in the shape analysis of nanorods: Use of a 2D size plot to probe such a correlation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiqin Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -903,51 +903,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 22 (35), pp.12424-12429. </w:t>
@@ -1613,536 +1613,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00894625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of a simulated microarray dataset: Comparison of methods for data normalisation and detection of differential expression (Open Access publication)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Watson</w:t>
+                <w:t xml:space="preserve">Analysis of the real EADGENE data set: Comparison of methods and guidelines for data normalisation and selection of differentially expressed genes (Open Access publication)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk-Jan de Koning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mónica Pérez-Alegre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Peter Dovč</w:t>
+                <w:t xml:space="preserve">Paul J. Boettcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 39 (6), pp.669-683</w:t>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.633-650</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00894626v1</w:t>
+                <w:t xml:space="preserve">hal-00894624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of a simulated microarray dataset : Comparison of methods for data normalisation and detection of differential expression</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Céline Delmas</w:t>
+                <w:t xml:space="preserve">Analysis of the real EADGENE data set : Comparison of methods and guidelines for data normalisation and selection of differentially expressed genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Dovč</w:t>
+                <w:t xml:space="preserve">Dirk-Jan Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.J. Boettcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 39 (6), pp.669-683</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.633-650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2007029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657926v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the real EADGENE data set: Comparison of methods and guidelines for data normalisation and selection of differentially expressed genes (Open Access publication)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
+                <w:t xml:space="preserve">Analysis of a simulated microarray dataset : Comparison of methods for data normalisation and detection of differential expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Pérez-Alegre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Denis Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Dovč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 39 (6), pp.633-650</w:t>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.669-683</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00894624v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the real EADGENE data set : Comparison of methods and guidelines for data normalisation and selection of differentially expressed genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
+                <w:t xml:space="preserve">Analysis of a simulated microarray dataset: Comparison of methods for data normalisation and detection of differential expression (Open Access publication)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Pérez-Alegre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk-Jan Koning</w:t>
+                <w:t xml:space="preserve">Michael Denis Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.J. Boettcher</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
+                <w:t xml:space="preserve">Peter Dovč</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 39 (6), pp.633-650. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.669-683</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/gse:2007029⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02657968v1</w:t>
+                <w:t xml:space="preserve">hal-00894626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On testing a class of restricted hypotheses</w:t>
               </w:r>
@@ -2204,286 +2204,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02657544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the real EADGENE data set : Multivariate approaches and post analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The EADGENE microarray data analysis workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk-Jan Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Sorensen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Dejean</w:t>
+                <w:t xml:space="preserve">Mogens Sando Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Channing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 39 (6), pp.651-668</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.621-631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2007028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02658153v1</w:t>
+                <w:t xml:space="preserve">hal-02657978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EADGENE microarray data analysis workshop</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Channing</w:t>
+                <w:t xml:space="preserve">Analysis of the real EADGENE data set : Multivariate approaches and post analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Sorensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Buitenhuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Closset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 39 (6), pp.621-631. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.651-668</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657978v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semiparametric estimation of a two-component mixture model where one component is known</w:t>
               </w:r>
@@ -3315,178 +3315,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03769506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SgenoLasso and its cousins for selective genotyping and extreme sampling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Critical points of isotropic Gaussian fields on the sphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM (Journées Ouvertes en Biologie, Informatique et Mathématiques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Conference on random nodal domains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387951v1</w:t>
+                <w:t xml:space="preserve">hal-03387980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical points of isotropic Gaussian fields on the sphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The SgenoLasso and its cousins for selective genotyping and extreme sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Elie Rabier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on random nodal domains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">JOBIM (Journées Ouvertes en Biologie, Informatique et Mathématiques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03387980v1</w:t>
+                <w:t xml:space="preserve">hal-03387951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Adaptive SgenoLasso, an extended version of the SgenoLasso, for gene mapping and for genomic prediction using the extremes</w:t>
               </w:r>
@@ -3876,204 +3876,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de QTL en interactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Processus de tests de rapports de vraisemblance pour la détection de QTL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Elie Rabier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Azaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles-Elie Rabier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42èmes Journées de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00494742v1</w:t>
+                <w:t xml:space="preserve">inria-00494709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus de tests de rapports de vraisemblance pour la détection de QTL</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection de QTL en interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Elie Rabier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42èmes Journées de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00494709v1</w:t>
+                <w:t xml:space="preserve">inria-00494742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation dune puce 60 000 SNP pour cartographier finement des QTL affectant des caractères de production, de résistance aux maladies et de comportement chez les ovins</w:t>
               </w:r>
@@ -4523,678 +4523,678 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new procedures to detect differentially expressed genes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On mixture models for detecting differentially expressed genes in macroarrays data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Vandekherkove</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EADGENE Data Analysis Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Tune, Denmark</w:t>
+              <w:t xml:space="preserve">Workshop, Statistical methods for post-genomic data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Workshop, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02812711v1</w:t>
+                <w:t xml:space="preserve">hal-02816470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple procedure to determine differentially expressed genes between several conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A novel procedure to determine differentially expressed genes between two conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Duval</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Delmas</w:t>
+                <w:t xml:space="preserve">B. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Statistique Mathématique et Applications, 13-17 Novembre 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, CIRM, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">4. Workshop: Statistical methods for post-genomic data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Toulouse, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02818702v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On mixture models for detecting differentially expressed genes in macroarrays data.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene profile clustering, selection of predictive genes using random forests and a stochastic algorithm, regulatory networks in a transcriptomic kinetics on bovine mastistis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Bordes</w:t>
+                <w:t xml:space="preserve">Magali San Cristobal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop, Statistical methods for post-genomic data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Workshop, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">EADGENE Data Analysis Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Tune, Denmark. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816470v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel procedure to determine differentially expressed genes between two conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mylene Duval</w:t>
+                <w:t xml:space="preserve">A simple procedure to determine differentially expressed genes between several conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Laurent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Workshop: Statistical methods for post-genomic data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Toulouse, France. 1 p</w:t>
+              <w:t xml:space="preserve">Workshop Statistique Mathématique et Applications, 13-17 Novembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, CIRM, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02820023v1</w:t>
+                <w:t xml:space="preserve">hal-02818702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene profile clustering, selection of predictive genes using random forests and a stochastic algorithm, regulatory networks in a transcriptomic kinetics on bovine mastistis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Two new procedures to detect differentially expressed genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mylene Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EADGENE Data Analysis Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2006, Tune, Denmark. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">, Nov 2006, Tune, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02813420v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02812711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On mixture models for detecting differentially expressed genes in macroarrays data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vandekherkove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIrd International Biometric Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Montréal, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5219,51 +5219,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel procedure to determine differentially expressed genes between two conditions, and an application to the comparison of two bovine gestation modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylene Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5271,51 +5271,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Belo Horizonte, Brazil. 1 p</w:t>
@@ -5469,77 +5469,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation semi-paramétrique d'un mélange à deux composantes dont une composante est connue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vandekherkove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXVIIèmes Journées de Statistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Pau, 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6016,51 +6016,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2ABDA6C2"/>
+    <w:nsid w:val="5C807C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6247,51 +6247,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-delmas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5572-061X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890110v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Peng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Odnoroh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Destarac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delmas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr04332d" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059080v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Elie Rabier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2025.2456771" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aza&#239;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2022.04.013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400345v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihua Zhao" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinping Wang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mingotaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Marty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1na00591j" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123295v5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2021.1881785" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619068v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Elsen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00362-016-0835-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936037v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqin Zheng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201601837" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KV6DVX0R-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195587v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuange Zhao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutelier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Hong Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5py00606f" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637306v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Simoncini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allouche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00594" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483171v4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2012.760093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894623v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk-Jan de Koning" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Sand&#248; Lund" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Watson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Channing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894625v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter S&#248;rensen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Buitenhuis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Closset" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894626v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica P&#233;rez-Alegre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Denis Baron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dov&#269;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657926v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894624v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Boettcher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657968v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk-Jan Koning" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Boettcher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2007029" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657544v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Foulley" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658153v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sorensen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657978v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Sando Lund" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2007028" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660862v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bordes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vandekerkhove" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9469.2006.00515.x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678743v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7152(03)00170-6" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-785GSJ0C-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03588408v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/25053286" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678872v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cierco-Ayrolles" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Croquette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1026233412905" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B4V56CLX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677858v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Azais" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678011v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03811758v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03769506v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/icsta22.135" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03387951v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03387980v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03387969v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285738v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285851v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285789v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739481v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubois Peyrard Peyrard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494742v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494709v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755058v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752210v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Rabier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Elsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813290v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752280v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812711v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Duval" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818702v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duval" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Laurent" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816470v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bordes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vandekherkove" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820023v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813420v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816863v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816165v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760881v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830613v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829352v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832608v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761165v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03394613v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-delmas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5572-061X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890110v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Peng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Odnoroh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Destarac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delmas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr04332d" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059080v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Elie Rabier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2025.2456771" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aza&#239;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2022.04.013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123295v5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2021.1881785" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400345v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihua Zhao" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinping Wang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mingotaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Marty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1na00591j" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619068v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Elsen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00362-016-0835-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936037v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqin Zheng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201601837" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KV6DVX0R-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195587v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuange Zhao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutelier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Hong Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5py00606f" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637306v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Simoncini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allouche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5b00594" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483171v4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2012.760093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894623v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk-Jan de Koning" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Sand&#248; Lund" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Watson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Channing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894625v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter S&#248;rensen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Buitenhuis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Closset" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894624v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. Boettcher" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657968v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk-Jan Koning" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Boettcher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2007029" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657926v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica P&#233;rez-Alegre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Denis Baron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dov&#269;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894626v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657544v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Foulley" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657978v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Sando Lund" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2007028" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658153v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sorensen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660862v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bordes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vandekerkhove" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9469.2006.00515.x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678743v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7152(03)00170-6" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-785GSJ0C-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03588408v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/25053286" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678872v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cierco-Ayrolles" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Croquette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1026233412905" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B4V56CLX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677858v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Azais" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678011v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03811758v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03769506v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/icsta22.135" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03387980v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03387951v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03387969v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285738v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285851v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285789v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739481v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubois Peyrard Peyrard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494709v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755058v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752210v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Rabier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Elsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813290v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robelin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752280v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816470v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bordes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vandekherkove" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820023v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Duval" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813420v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali San Cristobal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818702v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812711v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816863v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816165v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760881v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830613v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829352v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832608v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761165v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03394613v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>