--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -231,993 +231,993 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05074842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric contribution to cations cycling in highly weathered catchment, Guadeloupe</w:t>
+                <w:t xml:space="preserve">Saharan dusts inputs to north-western atlantic ocean with three years time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Y. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Maurice Adolphe Antoine Rousteau</w:t>
+                <w:t xml:space="preserve">R. Losno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Monna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
+              <w:t xml:space="preserve">, Oct 2019, Pointe-à Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02424736v1</w:t>
+                <w:t xml:space="preserve">hal-02463358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saharan dusts inputs to north-western atlantic ocean with three years time series</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Bedload transport in Vieux-Habitant River (Guadeloupe France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Robert</w:t>
+                <w:t xml:space="preserve">Olivier Devauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2019, Pointe-à Pitre (Guadeloupe), France</w:t>
+              <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02463358v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02552727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the link between hydrothermal activity and aquatic biodiversity in the caribbean rivers</w:t>
+                <w:t xml:space="preserve">Chlorine isotopic composition of thermal spring along the Lesser Antilles arc and fumaroles from la Soufrière de Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Martinot</w:t>
+                <w:t xml:space="preserve">Magali Bonifacie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Philippon</w:t>
+                <w:t xml:space="preserve">Robert V.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dessert</w:t>
+                <w:t xml:space="preserve">Gérard Bardoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Monti</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Roberto Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Moune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03933928v1</w:t>
+                <w:t xml:space="preserve">hal-02423819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OBSERA: an observatory of water and erosion in the Antilles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the link between hydrothermal activity and aquatic biodiversity in the caribbean rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Allemand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
+                <w:t xml:space="preserve">C. Martinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Delacourt</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Philippon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dessert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Monti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426593v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chlorine isotopic composition of thermal spring along the Lesser Antilles arc and fumaroles from la Soufrière de Guadeloupe</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">OBSERA: an observatory of water and erosion in the Antilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Bardoux</w:t>
+                <w:t xml:space="preserve">Gaëtan-Thierry Kitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Moretti</w:t>
+                <w:t xml:space="preserve">Pascal Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Moune</w:t>
+                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02423819v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedload transport in Vieux-Habitant River (Guadeloupe France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Robert</w:t>
+                <w:t xml:space="preserve">Atmospheric contribution to cations cycling in highly weathered catchment, Guadeloupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Allemand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Celine Dessert</w:t>
+                <w:t xml:space="preserve">Clémentine Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Devauchelle</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Maurice Adolphe Antoine Rousteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02552727v1</w:t>
+                <w:t xml:space="preserve">hal-02424736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noeud A VOLCANO de Résif : bilan et perspectives</w:t>
+                <w:t xml:space="preserve">Knot A Résif's VOLCANO : review and prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claudio Satriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Constanza Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudio Satriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Rencontres scientifiques et techniques RESIF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Saint-Jean-De-Monts (85160), France. 2017</w:t>
+              <w:t xml:space="preserve">3rd Scientific and Technical meetings of Résif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Saint-Jean-De-Monts, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02166025v1</w:t>
+                <w:t xml:space="preserve">hal-03171894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knot A Résif's VOLCANO : review and prospects</w:t>
+                <w:t xml:space="preserve">Noeud A VOLCANO de Résif : bilan et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constanza Pardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claudio Satriano</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Scientific and Technical meetings of Résif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Saint-Jean-De-Monts, France. 2017</w:t>
+              <w:t xml:space="preserve">3èmes Rencontres scientifiques et techniques RESIF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Saint-Jean-De-Monts (85160), France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03171894v1</w:t>
+                <w:t xml:space="preserve">hal-02166025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les diatomées, bactéries et archées des sources hydrothermales des Antilles françaises</w:t>
               </w:r>
@@ -1328,51 +1328,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of seismological data from volcanological and seismological French observatories of the Institut de Physique du Globe de Paris (OVSG, OVSM and OVPF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beauducel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1453,51 +1453,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation des données sismologiques des observatoires volcanologiques et sismologiques de l’IPGP (OVSG, OVSM et OVPF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beauducel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1617,51 +1617,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kowalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2120,51 +2120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-decadal view of the heat and mass budget of a volcano in unrest: La Soufrière de Guadeloupe (French West Indies)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jessop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Moune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto · Moretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2267,51 +2267,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gaspard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Opfergelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2375,77 +2375,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric contribution to cations cycling in highly weathered catchment, Guadeloupe (Lesser Antilles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Maurice Adolphe Antoine Rousteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crispi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2499,204 +2499,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02403791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The response of Li and Mg isotopes to rain events in a highly-weathered catchment</w:t>
+                <w:t xml:space="preserve">Spatio-Temporal Relationships between Fumarolic Activity, Hydrothermal Fluid Circulation and Geophysical Signals at an Arc Volcano in Degassing Unrest: La Soufrière of Guadeloupe (French West Indies)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Fries</w:t>
+                <w:t xml:space="preserve">Giancarlo Tamburello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Moune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachael James</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Bouchez</w:t>
+                <w:t xml:space="preserve">Patrick Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Beaumais</w:t>
+                <w:t xml:space="preserve">Swetha Venugopal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 519, pp.68-82. </w:t>
+              <w:t xml:space="preserve">Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (11), pp.480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2019.04.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/geosciences9110480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133314v1</w:t>
+                <w:t xml:space="preserve">hal-02392160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stream‐Discharge Surges Generated by Groundwater Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Devauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2767,161 +2767,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02187254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-Temporal Relationships between Fumarolic Activity, Hydrothermal Fluid Circulation and Geophysical Signals at an Arc Volcano in Degassing Unrest: La Soufrière of Guadeloupe (French West Indies)</w:t>
+                <w:t xml:space="preserve">The response of Li and Mg isotopes to rain events in a highly-weathered catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giancarlo Tamburello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Séverine Moune</w:t>
+                <w:t xml:space="preserve">David Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Allard</w:t>
+                <w:t xml:space="preserve">Rachael James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dessert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swetha Venugopal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Robert</w:t>
+                <w:t xml:space="preserve">Aurélien Beaumais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (11), pp.480. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 519, pp.68-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/geosciences9110480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2019.04.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02392160v1</w:t>
+                <w:t xml:space="preserve">hal-02133314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t>
               </w:r>
@@ -3169,368 +3169,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01352450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of atmospheric deposits and secondary minerals on Li isotopes budget in a highly weathered catchment, Guadeloupe (Lesser Antilles)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémentine Clergue</w:t>
+                <w:t xml:space="preserve">Controls on chemical weathering on a mountainous volcanic tropical island: Guadeloupe (French West Indies),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
+                <w:t xml:space="preserve">'E. Lajeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Lloret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Crispi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.171:216-237</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03945790v1</w:t>
+                <w:t xml:space="preserve">hal-01491815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controls on chemical weathering on a mountainous volcanic tropical island: Guadeloupe (French West Indies),</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emily Lloret</w:t>
+                <w:t xml:space="preserve">Influence of atmospheric deposits and secondary minerals on Li isotopes budget in a highly weathered catchment, Guadeloupe (Lesser Antilles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Clergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Clergue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Crispi</w:t>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heather L. Buss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.08.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01491815v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chlorine isotopes of thermal springs in arc volcanoes for tracing shallow magmatic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Bonifacie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Aubaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crispi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 413, pp.101-110. </w:t>
@@ -3740,51 +3740,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Villemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Komorowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3861,77 +3861,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are small mountainous tropical watersheds of oceanic islands important for carbon export?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lloret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lajeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Crispi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3976,290 +3976,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03583345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of dissolved inorganic and organic carbon yields and fluxes in the watersheds of tropical volcanic islands, examples from Guadeloupe (French West Indies)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Boron isotope ratios of surface waters in Guadeloupe, Lesser Antilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Louvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 280 (1-2), pp.65-78. </w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26, pp.S76-S79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2010.10.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2011.03.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00536476v1</w:t>
+                <w:t xml:space="preserve">hal-03945811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boron isotope ratios of surface waters in Guadeloupe, Lesser Antilles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Louvat</w:t>
+                <w:t xml:space="preserve">Comparison of dissolved inorganic and organic carbon yields and fluxes in the watersheds of tropical volcanic islands, examples from Guadeloupe (French West Indies)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lloret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Albéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Crispi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2011.03.035⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 280 (1-2), pp.65-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2010.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03945811v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00536476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluxes of high- versus low-temperature water rock interactions in aerial volcanic areas: Example from the Kamchatka Peninsula, Russia</w:t>
               </w:r>
@@ -4426,51 +4426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamy Tombozafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 145 (3-4), pp.439-448. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4510,329 +4510,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02902757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the effect of aging on Deccan Traps weathering and CO2 consumption</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling continental weathering: from the lab to the field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Godderis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Dupre</w:t>
+                <w:t xml:space="preserve">Y. Godderis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.M. François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dessert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dupre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 71, pp.A220-A220. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2007.06.014⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 71, pp.A333-A333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2007.06.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00311151v1</w:t>
+                <w:t xml:space="preserve">hal-00311334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling continental weathering: from the lab to the field</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Dupre</w:t>
+                <w:t xml:space="preserve">Modeling the effect of aging on Deccan Traps weathering and CO2 consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dessert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Godderis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dupre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 71, pp.A333-A333. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2007.06.016⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 71, pp.A220-A220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2007.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00311334v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00311151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DIC concentration and</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Aubaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Agrinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5063,90 +5063,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low- and high-temperature weathering budgets in Kamchatka peninsula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dupre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Pokrovski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5231,51 +5231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. M. François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5347,90 +5347,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basalt weathering laws and the impact of basalt weathering on the global carbon cycle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dupre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Godderis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5472,103 +5472,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sturtian ‘snowball’ glaciation: fire and ice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Godderis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nédélec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Godderis</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">B. Dupre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 211 (1-2), pp.1-12. </w:t>
@@ -5618,51 +5618,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion of Deccan Traps determined by river geochemistry: impact on the global climate and the 87Sr/86Sr ratio of seawater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6025,103 +6025,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saharan dust inputs to western North Atlantic Ocean with three years time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Losno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Monna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
@@ -6150,103 +6150,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saharan dust inputs to North- Western Atlantic Ocean with three years time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Losno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Monna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Barcelone, Spain</w:t>
@@ -6275,103 +6275,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saharan dust inputs to western North Atlantic Ocean with three years time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Losno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Monna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Washington DC, United States</w:t>
@@ -6413,64 +6413,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring riverine sediment fluxes during floods : new tools and methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lajeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Delacourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Limare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6538,64 +6538,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring riverine sediment fluxes during floods : new tools and methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lajeunesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Delacourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Limare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6644,333 +6644,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01917118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the energy budget of the Tarissan Pit, Soufrière de Guadeloupe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Celine Dessert</w:t>
+                <w:t xml:space="preserve">Comparison of dissolved inorganic and organic carbon export in the rivers of tropical volcanic island; example from Guadeloupe, French West Indies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lloret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dessert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Albéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Crispi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union (EGU) General Assembly 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Vienne, Austria. pp.EGU2010-14067</w:t>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00605323v1</w:t>
+                <w:t xml:space="preserve">insu-00863989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of dissolved inorganic and organic carbon export in the rivers of tropical volcanic island; example from Guadeloupe, French West Indies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Crispi</w:t>
+                <w:t xml:space="preserve">Determination of the energy budget of the Tarissan Pit, Soufrière de Guadeloupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crispi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">European Geosciences Union (EGU) General Assembly 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Vienne, Austria. pp.EGU2010-14067</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00863989v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00605323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of climatic changes on organic carbon dynamic in wet tropical watersheds of Guadeloupe (FWI).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lloret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Albéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7092,51 +7092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7490,51 +7490,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crapart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Copard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02424736v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Dessert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Clergue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maurice Adolphe Antoine Rousteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02463358v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Losno" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monna" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03933928v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Philippon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dessert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02426593v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan-Thierry Kitou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423819v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bonifacie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert V." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bardoux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Moretti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Moune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02552727v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allemand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devauchelle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166025v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Saurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Pardo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Clouard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171894v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605783v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eulin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coste" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171834v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bouin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171820v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362743v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Anglade" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kowalski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790687v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Faucheux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Liotaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.272" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03944911v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangjunjie Xu-Yang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dessert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Losno" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD037175" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113808v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Falcin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;taxian" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome I. Mars" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Komorowski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2020.107151" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974046v3" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jessop" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto &#183; Moretti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gibert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-021-01439-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945615v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaspard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Opfergelt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Ameijeiras-Marino" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2021.120283" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403791v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crispi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F Benedetti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.119354" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133314v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fries" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael James" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beaumais" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.04.023" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187254v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gu&#233;rin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kitou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL082291" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392160v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Tamburello" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Allard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swetha Venugopal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences9110480" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01352450v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lloret" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather L. Buss" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chaduteau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.07.014" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945790v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dellinger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.08.015" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491815v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s='E. Lajeunesse" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clergue" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Crispi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01451591v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Li" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aubaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.12.044" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410028v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiu-Bin Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Villemant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.11.022" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVJKGN7G-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064401v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Michel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2014.08.002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583345v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lloret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastor" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bgd-9-7117-2012" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00536476v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alb&#233;ric" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2010.10.016" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945811v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2011.03.035" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6CXQ5T6S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03633442v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dupre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Schott" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg S. Pokrovsky" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2008.09.012" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN7CRDRL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902757v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godd&#233;ris" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Donnadieu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamy Tombozafy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2008.01.020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-169RCGVQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311151v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godderis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2007.06.014" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311334v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Godderis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schott" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dupre" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2007.06.016" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SW3XD9L-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310154v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Agrinier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2007.06.011" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HM0P85SB-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311340v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dupr&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fluteau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2005.12.002" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PR6S6NVG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316085v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillardet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pokrovski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GCA.2006.06.295" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SM73MZR4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318679v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dupr&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Godd&#233;ris" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2005.02.027" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0L48BG54-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902681v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(03)00197-3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSV04W12-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945769v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245172v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Burtin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Corbeau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard de Chabalier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369834v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gruau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331845v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331862v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331827v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00670139v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Limare" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917118v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lajeunesse" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00605323v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00863989v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00411942v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Benedetti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797688v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amande Roque-Bernard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gayer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712674v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Komorowski" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Crapart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Copard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02463358v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Dessert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Losno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Robert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02552727v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allemand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devauchelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423819v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bonifacie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert V." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bardoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Moretti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Moune" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03933928v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Philippon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dessert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02426593v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan-Thierry Kitou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02424736v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Clergue" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maurice Adolphe Antoine Rousteau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171894v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Saurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Pardo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Clouard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166025v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605783v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eulin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coste" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171834v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bouin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171820v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362743v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Anglade" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kowalski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790687v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Faucheux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Liotaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.272" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03944911v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangjunjie Xu-Yang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dessert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Losno" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD037175" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113808v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Falcin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;taxian" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome I. Mars" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Komorowski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2020.107151" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974046v3" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jessop" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto &#183; Moretti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gibert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-021-01439-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945615v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaspard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Opfergelt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Ameijeiras-Marino" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2021.120283" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403791v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crispi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F Benedetti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.119354" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392160v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Tamburello" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Allard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swetha Venugopal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences9110480" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187254v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gu&#233;rin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kitou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL082291" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133314v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fries" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael James" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beaumais" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.04.023" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01352450v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lloret" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather L. Buss" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chaduteau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.07.014" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491815v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s='E. Lajeunesse" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clergue" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Crispi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945790v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dellinger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.08.015" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01451591v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Li" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aubaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.12.044" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410028v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiu-Bin Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Villemant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.11.022" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVJKGN7G-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064401v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Michel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2014.08.002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583345v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lloret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastor" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bgd-9-7117-2012" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945811v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2011.03.035" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6CXQ5T6S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00536476v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alb&#233;ric" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2010.10.016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03633442v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dupre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Schott" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg S. Pokrovsky" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2008.09.012" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN7CRDRL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902757v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godd&#233;ris" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Donnadieu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamy Tombozafy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2008.01.020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-169RCGVQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311334v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Godderis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schott" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dupre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2007.06.016" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SW3XD9L-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311151v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Godderis" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2007.06.014" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310154v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Agrinier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2007.06.011" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HM0P85SB-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311340v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dupr&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fluteau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2005.12.002" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PR6S6NVG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316085v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillardet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pokrovski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GCA.2006.06.295" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SM73MZR4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318679v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dupr&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Godd&#233;ris" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2005.02.027" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0L48BG54-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902681v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(03)00197-3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSV04W12-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945769v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245172v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Burtin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Corbeau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard de Chabalier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369834v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gruau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331845v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331862v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331827v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00670139v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Limare" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917118v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lajeunesse" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00863989v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00605323v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00411942v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Benedetti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797688v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amande Roque-Bernard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gayer" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712674v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Komorowski" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>