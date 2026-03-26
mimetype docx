--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2783,316 +2783,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to be confident in the data obtained by suspect and non-target screening analyses with LC-HRMS?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Bonnefille</w:t>
+                <w:t xml:space="preserve">Les échantillonneurs passifs pour évaluer la contamination en pesticides des eaux de surface : intérêts et limites actuelles au transfert opérationnel vers les gestionnaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Le Dreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Liger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Annual LC/MS/MS workshop on environmental applications and food safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Barcelona, Spain. pp.4</w:t>
+              <w:t xml:space="preserve">48eme Congrès du Groupe Français des Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02607851v1</w:t>
+                <w:t xml:space="preserve">hal-01832969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les échantillonneurs passifs pour évaluer la contamination en pesticides des eaux de surface : intérêts et limites actuelles au transfert opérationnel vers les gestionnaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Le Dreau</w:t>
+                <w:t xml:space="preserve">How to be confident in the data obtained by suspect and non-target screening analyses with LC-HRMS?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnefille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Miege</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48eme Congrès du Groupe Français des Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Limoges, France</w:t>
+              <w:t xml:space="preserve">14th Annual LC/MS/MS workshop on environmental applications and food safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Barcelona, Spain. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01832969v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunités d'application de l'échantillonneur passif TSP pour étudier les voies de transfert des pesticides dans des petits bassins versants agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Le Dreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3160,51 +3160,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouvel échantillonneur passif pour étudier le transfert d'une large gamme de pesticides dans des petits bassins versants agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Dreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3387,273 +3387,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02604962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les communautés microbiennes aquatiques, témoins de l'évolution des pollutions d'un bassin viticole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Le Dreau</w:t>
+                <w:t xml:space="preserve">Transfer of pesticides via subsurface lateral flow: tracing experiment and high resolution monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Peyrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Foulquier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Margoum</w:t>
+                <w:t xml:space="preserve">Lucie Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Neyra</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christopher Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gouy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée "eau et connaissance" : contamination chimique des milieux aquatiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Lyon, France. pp.11</w:t>
+              <w:t xml:space="preserve">XV Symposium on Pesticides Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Piacenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02602290v1</w:t>
+                <w:t xml:space="preserve">hal-02601723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer of pesticides via subsurface lateral flow: tracing experiment and high resolution monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">X. Peyrard</w:t>
+                <w:t xml:space="preserve">Les communautés microbiennes aquatiques, témoins de l'évolution des pollutions d'un bassin viticole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Dreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Liger</w:t>
+                <w:t xml:space="preserve">A. Foulquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Brosse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Neyra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV Symposium on Pesticides Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Piacenza, Italy</w:t>
+              <w:t xml:space="preserve">Journée "eau et connaissance" : contamination chimique des milieux aquatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Lyon, France. pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02601723v1</w:t>
+                <w:t xml:space="preserve">hal-02602290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de la réponse de la passive SBSE face à des pics de contamination en pesticides dans les milieux aquatiques</w:t>
               </w:r>
@@ -3773,51 +3773,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir des pesticides infiltrés au sein d'une bande enherbée : potentiel de contamination d'une nappe superficielle sous-jacente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3885,51 +3885,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêts de l'échantillonnage passif pour un suivi simplifié des transferts de pesticides dans les milieux aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4220,299 +4220,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the response of passive SBSE towards concentration peaks of pesticides in freshwater</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégies d'échantillonnage des micropolluants organiques dans les milieux aquatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Assoumani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Margoum</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European conference on pesticides and relatedorganic micropollutants in the environment &amp; 14th symposium on chemistry and fate of modern pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Ioannina, Greece. pp.2</w:t>
+              <w:t xml:space="preserve">7ème rencontres du réseau mesures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Villeurbanne, France. pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02600892v1</w:t>
+                <w:t xml:space="preserve">hal-02600372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d'échantillonnage des micropolluants organiques dans les milieux aquatiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluating the response of passive SBSE towards concentration peaks of pesticides in freshwater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Margoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Assoumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Margoum</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème rencontres du réseau mesures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Villeurbanne, France. pp.28</w:t>
+              <w:t xml:space="preserve">8th European conference on pesticides and relatedorganic micropollutants in the environment &amp; 14th symposium on chemistry and fate of modern pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Ioannina, Greece. pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02600372v1</w:t>
+                <w:t xml:space="preserve">hal-02600892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing subsurface lateral transfer of pesticides above a low-permeable horizon, in a vineyard sloppy soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Peyrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4749,51 +4749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chataing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Stir Bar Sorptive Extraction Technical Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Paris, France. pp.20</w:t>
@@ -6802,273 +6802,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02591393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacité de rétention de trois pesticides sur six géotextiles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Gouy</w:t>
+                <w:t xml:space="preserve">Distribution and fate of pesticides and trace metals in a small stream draining an agricultural watershed. Assessing the effect of hydrological conditions on the transport of contaminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Josèphe Rabiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXVII° congrès du Groupe Français des Pesticides, Bordeaux, 21-23 mai 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, pp.1</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly, Vienna, AUT, 15-20 April 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02590256v1</w:t>
+                <w:t xml:space="preserve">hal-02590149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and fate of pesticides and trace metals in a small stream draining an agricultural watershed. Assessing the effect of hydrological conditions on the transport of contaminants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marina Coquery</w:t>
+                <w:t xml:space="preserve">Capacité de rétention de trois pesticides sur six géotextiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Boutron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Gouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Chovelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly, Vienna, AUT, 15-20 April 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, pp.13</w:t>
+              <w:t xml:space="preserve">XXXVII° congrès du Groupe Français des Pesticides, Bordeaux, 21-23 mai 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02590149v1</w:t>
+                <w:t xml:space="preserve">hal-02590256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix d'un géotextile comme modèle de substrat organique pour étudier les conditions de rétention des pesticides au sein des écoulements à faible lame d'eau</w:t>
               </w:r>
@@ -7916,246 +7916,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04749792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la stabilité des étalons analytiques pour la surveillance des milieux aquatiques -Cas des antibiotiques</w:t>
+                <w:t xml:space="preserve">Etalonnage des Tiges Silicone Polaire (TSP) comme échantillonneur intégratif passif pour les micropolluants organiques dans les milieux aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Philippe</w:t>
+                <w:t xml:space="preserve">Cécile Miège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Margoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE RiverLy; AQUAREF. 2021, pp.42</w:t>
+              <w:t xml:space="preserve">INRAE - RiverLy; AQUAREF. 2021, 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969660v1</w:t>
+                <w:t xml:space="preserve">hal-04749759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etalonnage des Tiges Silicone Polaire (TSP) comme échantillonneur intégratif passif pour les micropolluants organiques dans les milieux aquatiques</w:t>
+                <w:t xml:space="preserve">Etude de la stabilité des étalons analytiques pour la surveillance des milieux aquatiques -Cas des antibiotiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Miège</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Boutet</w:t>
+                <w:t xml:space="preserve">Amandine Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Margoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE - RiverLy; AQUAREF. 2021, 50 p</w:t>
+              <w:t xml:space="preserve">INRAE RiverLy; AQUAREF. 2021, pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04749759v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison et impact de différentes méthodes d’extraction d’eau sur l’analyse non ciblée par chromatographie liquide couplée à la spectrométrie de masse haute résolution</w:t>
               </w:r>
@@ -9600,51 +9600,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Assoumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chataing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9699,90 +9699,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits of passive sampling for the monitoring of pesticides in surface and subsurface waters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Dreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Peyrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9824,51 +9824,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compared analysis of different sampling strategies for the monitoring of pesticide contamination in streams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10796,51 +10796,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519115v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Margoum" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol105-art04-GB" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868510v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Candido" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Couturier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillemain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04315788v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azziz Assoumani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.168630" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125674v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Bride" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Heinisch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;nilde Bonnefille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.124652" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585001v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Dr&#233;au" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2021.4.18" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707870v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assoumani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Margoum" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lombard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6715-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684043v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Peyrard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Liger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gouy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4917-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996886v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-7638-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996976v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chataing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2014.01.063" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.04.066" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871684v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697857v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boutron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Chovelon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011WR010378" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D6S0X6LZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561006v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chovelon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067310903353487" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868352v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rocco" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy-Boussada" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352912v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Claitte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04332015v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347560v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Ducrocq" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173298v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoce Aprianto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609287v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazzella" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Souli&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609295v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnefille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609289v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bride" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heinsich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607851v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832969v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Le Dreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607529v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608351v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Dreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604962v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602290v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foulquier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neyra" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601723v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Liger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brosse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294946v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253670v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafrance" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250632v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600207v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599940v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600892v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600372v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600624v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598725v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599055v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773555v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Carluer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355197v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598179v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595126v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596339v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bados" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595137v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595135v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555335v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lavieille" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555347v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rossetto" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lahjiouj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bados" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592412v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595192v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592411v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590775v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Rabiet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ball" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591392v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591488v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591393v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590256v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590149v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590257v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590152v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590155v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588485v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brochet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noir" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Garric" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583923v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Noir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04462805v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ba-Haddou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Musso" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749792v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aubert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969660v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Philippe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boutet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Daval" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749759v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mi&#232;ge" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126711v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lestremau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leonco" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Soulier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coureau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605330v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03967265v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Merel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saer Samanipour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubertus Bijlsma" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609290v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Daval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607848v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Togola" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soulier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lestremeau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01731013v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lestremau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607847v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606446v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606445v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604960v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sarrut" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604783v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603540v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604781v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. El Moujahid" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602020v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600214v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600211v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598726v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595127v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595136v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lissalde" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593871v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594081v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05519115v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Margoum" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol105-art04-GB" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868510v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Candido" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Couturier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillemain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04315788v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azziz Assoumani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.168630" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125674v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Bride" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Heinisch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;nilde Bonnefille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.124652" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585001v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Dr&#233;au" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2021.4.18" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707870v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assoumani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Margoum" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lombard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6715-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684043v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Peyrard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Liger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gouy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4917-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996886v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-7638-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996976v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chataing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2014.01.063" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.04.066" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871684v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697857v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boutron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Chovelon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011WR010378" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D6S0X6LZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561006v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chovelon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067310903353487" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868352v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rocco" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy-Boussada" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352912v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Claitte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04332015v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347560v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Ducrocq" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173298v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoce Aprianto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609287v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazzella" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Souli&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609295v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnefille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609289v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bride" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heinsich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832969v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Le Dreau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607851v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607529v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608351v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Dreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604962v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601723v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Liger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brosse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602290v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foulquier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neyra" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294946v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253670v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafrance" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250632v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600207v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599940v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600372v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600892v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600624v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598725v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599055v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773555v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Carluer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355197v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598179v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595126v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596339v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bados" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595137v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595135v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555335v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lavieille" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555347v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rossetto" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lahjiouj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bados" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592412v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595192v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592411v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590775v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Rabiet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ball" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591392v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591488v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591393v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590149v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590256v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590257v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590152v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590155v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588485v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brochet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noir" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Garric" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583923v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Noir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04462805v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ba-Haddou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Musso" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749792v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aubert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749759v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mi&#232;ge" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boutet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969660v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Philippe" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Daval" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126711v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lestremau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Leonco" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Soulier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coureau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605330v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03967265v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Merel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saer Samanipour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubertus Bijlsma" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609290v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Daval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607848v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Togola" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soulier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lestremeau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01731013v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lestremau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607847v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606446v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606445v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604960v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sarrut" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604783v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603540v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604781v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. El Moujahid" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602020v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600214v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600211v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598726v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595127v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595136v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lissalde" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593871v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594081v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>