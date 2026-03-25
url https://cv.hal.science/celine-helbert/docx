--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -475,243 +475,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kernel-based sensitivity analysis on excursion sets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Noé Fellmann</w:t>
+                <w:t xml:space="preserve">Deep Gaussian Process Metamodeling with Mixed Variables for Vegetative Filter Strip Design in Agricultural Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerlain Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Delphine Sinoquet</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lauvernet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MASCOT-NUM2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Le Croisic, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques du Consortium en mathématiques appliquées CIROQUO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Palaiseau (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04098720v1</w:t>
+                <w:t xml:space="preserve">hal-04389102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Gaussian Process Metamodeling with Mixed Variables for Vegetative Filter Strip Design in Agricultural Context</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guerlain Lambert</w:t>
+                <w:t xml:space="preserve">Kernel-based sensitivity analysis on excursion sets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Fellmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Lauvernet</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Spagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques du Consortium en mathématiques appliquées CIROQUO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Palaiseau (France), France</w:t>
+              <w:t xml:space="preserve">MASCOT-NUM2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04389102v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SUR version of the Bichon criterion for excursion set estimation</w:t>
               </w:r>
@@ -749,51 +749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Munoz Zuniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mascot Num 2022 -Annual GdR meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Clermont-Ferrand, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1252,103 +1252,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity analysis for sets : application to pollutant concentration maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Fellmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noé Fellmann</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Spagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quality and Reliability Engineering International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40 (8), pp.4209-4227. </w:t>
@@ -1386,103 +1386,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kernel-based sensitivity analysis for (excursion) sets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Fellmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noé Fellmann</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Spagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technometrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 66 (4), pp.575-587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1516,51 +1516,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaussian process regression on nested spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Demory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1815,51 +1815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Munoz Zuniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistics and Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 33 (2), pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1932,51 +1932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimization and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2049,51 +2049,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien da Veiga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2192,51 +2192,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Munoz Zuniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 455, pp.133893. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2478,51 +2478,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust optimization: a kriging-based multi-objective optimization approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Ribaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2716,51 +2716,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four algorithms to construct a sparse kriging kernel for dimensionality reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4694,51 +4694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Trappler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4815,51 +4815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda El Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien da Veiga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5126,51 +5126,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Reda El Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5485,51 +5485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Uncertainty Quantification in Computational Sciences and Engineering (UNCECOMP 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5656,239 +5656,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling constraints in Bayesian optimization with uncertainties</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
+                <w:t xml:space="preserve">Metamodeling methods that incorporate qualitative variables for improved design of vegetative filter strips.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lauvernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Helbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sudret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques d'automne de la chaire OQUAIDO</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Vienna (Online), France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-15234⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03090957v1</w:t>
+                <w:t xml:space="preserve">hal-03128514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodeling methods that incorporate qualitative variables for improved design of vegetative filter strips.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sudret</w:t>
+                <w:t xml:space="preserve">Coupling constraints in Bayesian optimization with uncertainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pelamatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Helbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées scientifiques d'automne de la chaire OQUAIDO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, visioconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-15234⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03128514v1</w:t>
+                <w:t xml:space="preserve">emse-03090957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization under uncertainties by composing sampling and optimization with Bayesian algorithms</w:t>
               </w:r>
@@ -5926,51 +5926,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Reda El Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Model Uncertainty in Risk Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6125,51 +6125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian Optimization Under Uncertainty for Chance Constrained Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Reda El Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6220,51 +6220,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critères de robustesse pour l'optimisation sur métamodèle de krigeage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6367,51 +6367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6488,51 +6488,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6564,273 +6564,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01621233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodeling as a tool to size vegetative filter strips for surface runoff pollution control in French watersheds.</w:t>
+                <w:t xml:space="preserve">Sensitivity analysis and metamodeling methods for designing buffer strips to protect water from pesticide transfers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lauvernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nadia Carluer</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Catalogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Le Hénaff</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Munoz Carpena</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EcoSummit 2016, Ecological Sustainability: Engineering Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Montpellier, France. pp.27</w:t>
+              <w:t xml:space="preserve">8th International conference on sensitivity analysis of model output</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, La Réunion, France. pp.58-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02605357v1</w:t>
+                <w:t xml:space="preserve">hal-01549717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis and metamodeling methods for designing buffer strips to protect water from pesticide transfers</w:t>
+                <w:t xml:space="preserve">Metamodeling as a tool to size vegetative filter strips for surface runoff pollution control in French watersheds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lauvernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Helbert</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Helbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Catalogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Munoz Carpena</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International conference on sensitivity analysis of model output</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, La Réunion, France. pp.58-60</w:t>
+              <w:t xml:space="preserve">EcoSummit 2016, Ecological Sustainability: Engineering Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Montpellier, France. pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01549717v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02605357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-fidelity regression using a non-parametric relationship</w:t>
               </w:r>
@@ -8305,51 +8305,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Munoz Zuniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8689,77 +8689,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activity report ciroquo research &amp; industry consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophette Blanchet-Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sinoquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Munoz Munoz Zuniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9205,51 +9205,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumyodeep Mukhopadhyay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Trappler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295986v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Radi&#353;i&#263;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Helbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerlain Lambert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Camporese" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05480270v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098720v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophette Blanchet-Scalliet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Fellmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Spagnol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sinoquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04389102v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806245v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Duhamel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Prieur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Munoz Zuniga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610008v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Helbert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608209v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catalogne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605292v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mu&#241;oz Carpena" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-04546338v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asmb.2899" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04312097v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Pasquier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qre.3638" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04094561v4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2024.2336537" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299132v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Demory" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gonon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1445053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678345v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Piguet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrig Benefice" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bontron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Vial" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780559v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-023-10208-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03657028v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pelamatti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-023-09807-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03167452v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda El Amri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Veiga" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/smai-jcm.102" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04291026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reda El Amri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2023.133893" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100819v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bachoc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Picheny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-020-00920-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936783v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.107083" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02935599v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Ribaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gillot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.106913" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01704189v3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepreux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-019-09888-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496521v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vial" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-019-00874-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224004v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grenier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Helbert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Louvet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Samson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vigneaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40314-016-0337-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075840v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Nanty" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marrel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia P&#233;rot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-016-0676-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804865v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wahl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mercadier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-015-9624-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187162v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/15M1033319" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065877v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dupuy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Franco" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v065.i11" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859176v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Diedro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Guy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal de Fouquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2012049" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551303v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anestis Antoniadis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Viry" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.1134" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409728v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carraro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409726v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Favergeon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Pijolat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-008-2487-3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-13L1F18V-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409733v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ginsbourger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407641v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409734v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Favergeon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pijolat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valdivieso" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128100v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Valdivieso" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b507644g" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409732v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Corre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00609069v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Touboul" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carraro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2003.12.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W3VNKD9G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312298v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886278v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806339v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04811690v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04389058v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03657435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807324v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Xujia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sudret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807321v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10539" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03313550v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469617v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Sudret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03090957v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128514v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-15234" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052489v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Janusevskis" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255619v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Henner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29008/ETC2019-322" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02351011v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945584v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465444v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621233v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gillot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vial" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605357v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le H&#233;naff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549717v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Carluer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Munoz Carpena" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096661v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Zertuche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967489v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860616v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grandjacques" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delinchant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adrot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766783v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795956v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407651v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407653v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407649v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407643v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Josserand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409899v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703286v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00745101v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valdivieso" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703302v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994978v5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02986558v5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471110v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Abtini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Musy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pronzato" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jo&#227;o Rendas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955294v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Wahl" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260751v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginsbourger" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661116v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Munoz Munoz Zuniga" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217277v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deville" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00803655v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005EMSE0011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rulli&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumyodeep Mukhopadhyay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Trappler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295986v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Radi&#353;i&#263;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Helbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerlain Lambert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Camporese" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05480270v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04389102v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098720v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophette Blanchet-Scalliet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Fellmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Spagnol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sinoquet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806245v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Duhamel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Prieur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Munoz Zuniga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610008v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Helbert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608209v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catalogne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605292v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mu&#241;oz Carpena" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-04546338v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asmb.2899" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04312097v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Pasquier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qre.3638" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04094561v4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2024.2336537" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299132v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Demory" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gonon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1445053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678345v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Piguet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrig Benefice" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bontron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Vial" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780559v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-023-10208-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03657028v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pelamatti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-023-09807-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03167452v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda El Amri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Veiga" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/smai-jcm.102" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04291026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reda El Amri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2023.133893" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100819v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bachoc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Picheny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-020-00920-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936783v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.107083" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02935599v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Ribaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gillot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ress.2020.106913" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01704189v3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepreux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-019-09888-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496521v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vial" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-019-00874-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224004v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grenier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Helbert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Louvet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Samson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vigneaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40314-016-0337-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075840v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Nanty" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marrel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia P&#233;rot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-016-0676-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804865v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wahl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mercadier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-015-9624-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187162v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/15M1033319" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065877v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dupuy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Franco" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v065.i11" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859176v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Diedro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Guy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal de Fouquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2012049" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551303v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anestis Antoniadis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Viry" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.1134" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409728v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carraro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409726v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Favergeon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Pijolat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-008-2487-3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-13L1F18V-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409733v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ginsbourger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407641v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409734v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Favergeon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pijolat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valdivieso" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128100v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Valdivieso" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b507644g" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409732v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Corre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00609069v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Touboul" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carraro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2003.12.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W3VNKD9G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312298v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886278v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806339v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04811690v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04389058v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03657435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807324v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Xujia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sudret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807321v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10539" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03313550v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469617v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Sudret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128514v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-15234" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03090957v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052489v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Janusevskis" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255619v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Henner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29008/ETC2019-322" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02351011v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945584v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465444v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621233v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gillot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vial" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549717v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Carluer" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Munoz Carpena" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605357v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le H&#233;naff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096661v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Zertuche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967489v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860616v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grandjacques" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delinchant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adrot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766783v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795956v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407651v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407653v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407649v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407643v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Josserand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409899v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703286v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00745101v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valdivieso" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703302v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994978v5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02986558v5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471110v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Abtini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Musy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pronzato" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jo&#227;o Rendas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955294v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Wahl" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260751v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ginsbourger" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661116v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Munoz Munoz Zuniga" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217277v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deville" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00803655v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005EMSE0011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>