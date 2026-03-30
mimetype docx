--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -158,2114 +158,2121 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 80, pp.101814</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04659825v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional stable random fields on the Sierpinski gasket</w:t>
+                <w:t xml:space="preserve">A comparison between Bayesian and ordinary kriging based on validation criteria: application to radiological characterisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Baudoin</w:t>
+                <w:t xml:space="preserve">Martin Wieskotten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Crozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Iooss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.10.1007/s11004-023-10072-y. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11004-023-10072-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04401644v1</w:t>
+                <w:t xml:space="preserve">hal-03806713v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hough transform implementation to evaluate the morphological variability of the moon jellyfish (Aurelia spp.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast and exact synthesis of some operator scaling Gaussian random fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 (1), pp.293-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.acha.2018.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Thiéry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-03086126v1</w:t>
+                <w:t xml:space="preserve">hal-01485685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional Gaussian fields on the Sierpinski gasket and related fractals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Baudoin</w:t>
+                <w:t xml:space="preserve">Simulating space-time random fields with nonseparable Gneiting-type covariance functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02505713v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lantuéjoul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Statistics and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (5), pp.1479-1495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11222-020-09956-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02504783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo methods for light propagation in biological tissues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time-changed extremal process as a random sup measure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">hal-00907391v2</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gennady Samorodnitsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bernoulli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (4), pp.1979-2000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3150/15-BEJ717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01102343v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From invariance principles to a class of multifractional fields related to fractional sheets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modulus of continuity of some conditionally sub-Gaussian fields, application to stable random fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">hal-00592188v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bernoulli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (3), pp.1719-1759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3150/14-BEJ619⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780684v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte Carlo methods for light propagation in biological tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Vinckenbosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Tindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Thomassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Obara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 269, pp.48-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mbs.2015.08.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01221537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergence and performance of the peeling wavelet denoising algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Ranta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Tindel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metrika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (4), pp.509-537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00184-013-0451-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergence and performances of the peeling wavelet denoising algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Ranta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Tindel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metrika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (4), pp.509-537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00184-013-0451-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LAN property for some fractional type Brownian motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gamboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Loubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 10 (1), pp.91-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.1111.1077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On locally self-similar fractional random fields indexed by a manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Istas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stochastics: An International Journal of Probability and Stochastic Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85 (3), pp.489-499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17442508.2012.654609⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00193203v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-operator Scaling Random Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Peter Scheffler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 121 (11), pp.2642-2677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spa.2011.07.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00551707v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hölder regularity for operator scaling stable random fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 119 (7), pp.2222-2248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128730v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hitting Probabilities and the Hausdorff Dimension of the Inverse Images of Anisotropic Gaussian Random Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yimin Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of the London Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 41 (2), pp.253-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1112/blms/bdn122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00264315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A general framework for simulation of fractional fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 118 (9), pp.1489--1517</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00142691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hurst exponent estimation of Fractional Lévy Motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Loubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.143-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00095451v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison between Bayesian and ordinary kriging based on validation criteria: application to radiological characterisation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Iooss</w:t>
+                <w:t xml:space="preserve">Fractional stable random fields on the Sierpinski gasket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-03806713v3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and exact synthesis of some operator scaling Gaussian random fields</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hough transform implementation to evaluate the morphological variability of the moon jellyfish (Aurelia spp.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-01485685v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Desolneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Gadreaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Martin-Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Thiéry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03086126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating space-time random fields with nonseparable Gneiting-type covariance functions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Emery</w:t>
+                <w:t xml:space="preserve">Fractional Gaussian fields on the Sierpinski gasket and related fractals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-02504783v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-changed extremal process as a random sup measure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monte Carlo methods for light propagation in biological tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Vinckenbosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...47 lines deleted...]
-                <w:t xml:space="preserve">hal-01102343v2</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Tindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Thomassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obara Tiphaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907391v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo methods for light propagation in biological tissues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From invariance principles to a class of multifractional fields related to fractional sheets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...951 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Ledoux</w:t>
-[...114 lines deleted...]
-                <w:t xml:space="preserve">hal-00095451v2</w:t>
+                <w:t xml:space="preserve">hal-00592188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2277,51 +2284,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation d'estimation de température selon les échelles administratives</w:t>
+                <w:t xml:space="preserve">Infering meteorological information at different scales from several sources of data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
@@ -2352,97 +2359,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence SAGEO 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Laval (Québec), France. 14 p</w:t>
+              <w:t xml:space="preserve">ECTQG'2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Braga (Portugal), Sep 2023, Braga, Portugal. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351424v1</w:t>
+                <w:t xml:space="preserve">hal-04351525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infering meteorological information at different scales from several sources of data</w:t>
+                <w:t xml:space="preserve">Variation d'estimation de température selon les échelles administratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
@@ -2473,155 +2480,155 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTQG'2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Braga (Portugal), Sep 2023, Braga, Portugal. 2 p</w:t>
+              <w:t xml:space="preserve">Conférence SAGEO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Laval (Québec), France. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351525v1</w:t>
+                <w:t xml:space="preserve">hal-04351424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian kriging : a comparison with validation criteria to ordinary kriging for radiological characterisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wieskotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Iooss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Marrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">geoENV2022 - The 14th International Conference on Geostatistics for Environmental Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Parma; geoENVia, Jun 2022, Parme, Italy. pp.56-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2767,77 +2774,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédictions géostatistiques avec des données censurées : application à la caractérisation radiologique pour le démantèlement des installations nucléaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wieskotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Iooss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2914,51 +2921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermine Biermé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Peter Scheffler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adventures in Self-Similarity Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Cornell, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3571,51 +3578,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659825v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Bierm&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lacaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401644v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Baudoin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086126v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desolneux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gadreaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thi&#233;ry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505713v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907391v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vinckenbosch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Tindel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Thomassin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obara Tiphaine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592188v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806713v3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wieskotten" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Iooss" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marrel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11004-023-10072-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485685v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2018.05.004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02504783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Emery" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lantu&#233;joul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-020-09956-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102343v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennady Samorodnitsky" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/15-BEJ717" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221537v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Obara" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2015.08.017" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780684v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/14-BEJ619" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903593v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Ranta" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00184-013-0451-y" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433888v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638121v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cohen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gamboa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Loubes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1111.1077" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193203v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Istas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17442508.2012.654609" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551707v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Scheffler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2011.07.002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimin Xiao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms/bdn122" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128730v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142691v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ledoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095451v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351424v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanke" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351525v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04743399v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04720258v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Perot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855092v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067931v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00764398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00006908v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659825v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Bierm&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lacaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806713v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wieskotten" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Iooss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Marrel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11004-023-10072-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485685v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2018.05.004" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02504783v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Emery" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lantu&#233;joul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-020-09956-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102343v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennady Samorodnitsky" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/15-BEJ717" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780684v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/14-BEJ619" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vinckenbosch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Tindel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Thomassin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Obara" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2015.08.017" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903593v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Ranta" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00184-013-0451-y" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433888v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638121v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cohen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gamboa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Loubes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1111.1077" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193203v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Istas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17442508.2012.654609" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551707v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Scheffler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2011.07.002" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128730v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264315v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimin Xiao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/blms/bdn122" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142691v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ledoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095451v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401644v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Baudoin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086126v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desolneux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gadreaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thi&#233;ry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505713v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907391v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obara Tiphaine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592188v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marty" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351525v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanke" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351424v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04743399v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04720258v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Perot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855092v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067931v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00764398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00006908v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>