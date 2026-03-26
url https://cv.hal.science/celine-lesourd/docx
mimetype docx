--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -16,50 +16,56 @@
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Céline Lesourd </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lesourd Céline</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -213,209 +219,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeunes – et moins jeunes – chercheur·e·s cherchent liberté académique</w:t>
+                <w:t xml:space="preserve">Dans l’ombre d’un homme ? Itinéraire d'une commerçante de khat (Ethiopie, 1974-2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Le Pape</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nessim Znaien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11x4i⟩</w:t>
+              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Le sexisme au cœur du couple, 52, pp.63-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.052.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867195v2</w:t>
+                <w:t xml:space="preserve">hal-04867181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans l’ombre d’un homme ? Itinéraire d'une commerçante de khat (Ethiopie, 1974-2025)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Jeunes – et moins jeunes – chercheur·e·s cherchent liberté académique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nessim Znaien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Le sexisme au cœur du couple, 52, pp.63-79. </w:t>
+              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/tgs.052.0063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/11x4i⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867181v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867195v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Back to the Future</w:t>
               </w:r>
@@ -427,64 +433,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Souiah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -535,51 +541,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produire, exporter mais contrôler l’argent du khat (Dire Dawa, Éthiopie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études africaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 249, pp.9-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -626,77 +632,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édito : Dans l’intimité de la fabrication d’un numéro under pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Lachenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Le Pape</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessim Znaien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Dossier : Intimités en tension, 29, pp.3-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -743,64 +749,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édito : en transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Dossier : Violences du passé, politique(s) au présent ?, 26, pp.15-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -860,51 +866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Chevalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Guitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Chevalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -985,64 +991,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessim Znaïen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Renucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Dossier : Minorisations. Revisiter les conditions minoritaires, 27, pp.9-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1070,217 +1076,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial : Se réjouir d'inclure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">ОТ ПЛАНТАЦИЙ НА ВОСТОКЕ ЭФИОПИИ ДО МЕЖДУНАРОДНЫХ РЫНКОВ: КАТ ПОД КОНТРОЛЕМ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Антропологии/Antropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31-48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03376316v1</w:t>
+                <w:t xml:space="preserve">hal-03509448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ОТ ПЛАНТАЦИЙ НА ВОСТОКЕ ЭФИОПИИ ДО МЕЖДУНАРОДНЫХ РЫНКОВ: КАТ ПОД КОНТРОЛЕМ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Editorial : Se réjouir d'inclure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Boissevain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Антропологии/Antropologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Dossier : Face au VIH/sida, 25, pp.3-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anneemaghreb.7620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509448v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le commerce du khat : un pré-carré féminin ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Éthiopie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Special Issue « Work in Ethiopia », 33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1305,77 +1311,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditorial : Déconfiner les approches, les esprits et les espaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Boissevain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Geisser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22, pp.3-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1409,51 +1415,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stupéfiantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Deleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1491,64 +1497,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial : Prendre sa place dans la cité !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Boissevain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Dusserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1593,234 +1599,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial : Captivant Maghreb !</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sur les chemins globalisés du khat, cette « amphétamine » de la Corne de l’Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Dossier : L'inévitable prison (et Varia), 20, pp.3-5</w:t>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292809v1</w:t>
+                <w:t xml:space="preserve">hal-02292865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur les chemins globalisés du khat, cette « amphétamine » de la Corne de l’Afrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Éditorial : Captivant Maghreb !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Boissevain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Catusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, n.p</w:t>
+              <w:t xml:space="preserve">L'Année du Maghreb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Dossier : L'inévitable prison (et Varia), 20, pp.3-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292865v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édito : Un, deux, trois… Voilà l’Algérie !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Boissevain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Dossier spécial : Quand l’Algérie proteste, 21, pp.3-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1854,64 +1860,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édito : Un, deux, trois… Voilà l’Algérie !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Boissevain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, L'Année du Maghreb, 21, pp.3-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1971,51 +1977,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Diagana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Antil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 15, pp.257 - 277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2049,51 +2055,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Making a Fortune in the Sahara (Mauritania, 1940-1970)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finch-Boyer Héloïse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2131,51 +2137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gros plan « 2015, année de l'enseignement » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Dossier Mauritanie, 13, pp.245-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2200,51 +2206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire fortune au Sahara (Mauritanie, 1940-1970)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Le « socialisme réel » à l'épreuve du genre, 41, pp.265-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2269,51 +2275,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Je dois tout contrôler moi-même. Changement d’un mode de gouverner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Antil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2373,51 +2379,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une hirondelle ne fait pas le printemps. Grammaire des mobilisations sociales et politiques et retour de la question negro-mauritanienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Antil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Mauritanie, VIII (VIII), pp.407-429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2451,51 +2457,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouche en cœur, battement de cils et tête à l'envers : rencontres et flirts à Nouakchott (Mauritanie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Dossier de recherche : Sexe et sexualités au Maghreb : essais d'ethnographies contemporaines, VI, pp.141-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2533,51 +2539,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Political chronicle of Mauritania ( 2008) No, my President! Yes, my General! A look back at the experience and downfall of President Sidi Ould Cheikh Abdallahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Antil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, V, pp.365-383. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2611,51 +2617,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mesrah. Regard sur la « culture matérielle du succès » à Nouakchott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, IV, pp.325 - 338. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2689,51 +2695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Capital beauté ». De quelques riches femmes maures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politique africaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 107, pp.62-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2767,51 +2773,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes mauritaniennes et politique. De la tente vers le puits ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, III, pp.333-348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2890,51 +2896,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazan. Anthropologie d’un procès pour viols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Lachenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2995,51 +3001,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puissance khat. Vie politique d'une plante stimulante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.400, 2019, Hors collection, Michel Agier, 978-2-13-081528-0</w:t>
             </w:r>
           </w:p>
@@ -3066,51 +3072,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahara, mondes connectés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3180,51 +3186,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes d'affaires de Mauritanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Karthala, pp.400, 2014, Hommes et sociétés, 9782811112899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3242,51 +3248,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mille et un litres de thé. Enquête auprès des businesswomen de Mauritanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ginkgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.128, 2010, De près, de loin, 978-2-84679-084-0</w:t>
             </w:r>
           </w:p>
@@ -3305,91 +3311,91 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02293062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khat: This - Bad - Grass of the Other .</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Herbs and the Evolution of Human Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge Scholars Publishing, 2022, ISBN (13): 978-1-5275-7970-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3414,51 +3420,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Gorjigéen », ces hommes-femmes, courtiers de l'amour - chic- à Nouakchott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ben Hounet Yazid; Brisebarre Anne-Marie; Casciarri Barbara; Ould Cheikh Abdel Wedoud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'anthropologie en partage : Autour de l'oeuvre de Pierre Bonte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, 2020, 9782811127336</w:t>
@@ -3487,51 +3493,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahara connecté (introduction)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caratini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3612,51 +3618,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire fortune au Sahara : quand les femmes s’en mêlent (1920-1964)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie Caratini; Charles Grémont; Céline Lesourd; Olivier Schinz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sahara. Mondes connectés.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -3692,326 +3698,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The lipstick on the edge of the well: Mauritanian women and political power (1960-2014)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">MATIÈRES À GOUVERNER. Les élites urbaines en vitrine (Mauritanie, 1960-2014)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Women’s Rights in the Aftermath of the Arab Spring,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Macmillan, pp.77-93., 2016</w:t>
+              <w:t xml:space="preserve">Culture et politique dans l’Ouest saharien : Arts, activisme et État dans un espace de conflits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Etrave, 2017, 978-2-35992-044-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292993v1</w:t>
+                <w:t xml:space="preserve">hal-05230186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sybarites et winners pieux. Les élites urbaines en représentation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The lipstick on the edge of the well: Mauritanian women and political power (1960-2014)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Abdel Wedoud Ould Cheikh. </w:t>
+              <w:t xml:space="preserve">F. Sadiqi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">État et société en Mauritanie. Cinquante ans après l'indépendance</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Hommes et sociétés, 9782811113179</w:t>
+              <w:t xml:space="preserve">Women’s Rights in the Aftermath of the Arab Spring,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.77-93., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02293046v1</w:t>
+                <w:t xml:space="preserve">hal-02292993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Routes de commerçantes.Itinéraires de femmes. De quelques businesswomen Mauritaniennes d’hier et d’aujourd’hui</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sybarites et winners pieux. Les élites urbaines en représentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">M. Cheikh &amp; M. Péraldi (dirs). </w:t>
+              <w:t xml:space="preserve">Abdel Wedoud Ould Cheikh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Routes, Voyages et Circulations au féminin entre Afrique et Méditerranée »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Le Fennec Éditions &amp; Karthala,, pp.73-93., 2009</w:t>
+              <w:t xml:space="preserve">État et société en Mauritanie. Cinquante ans après l'indépendance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Hommes et sociétés, 9782811113179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292958v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Routes de commerçantes.Itinéraires de femmes. De quelques businesswomen Mauritaniennes d’hier et d’aujourd’hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lesourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Cheikh &amp; M. Péraldi (dirs). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Routes, Voyages et Circulations au féminin entre Afrique et Méditerranée »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Fennec Éditions &amp; Karthala,, pp.73-93., 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mauritanie : une école pour tous, une éducation pour qui?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie Caratini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La question du pouvoir en Afrique du Nord et de l’Ouest.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Volume 1., L’Harmattan,, pp.153-182., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4021,267 +4096,267 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édito : Dans l’intimité de la fabrication d’un numéro under pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Lachenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Le Pape</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessim Znaien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, pp.3-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/anneemaghreb.11571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04378990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édito : Police, plus de papiers !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gobe Eric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pape Loïc Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souiah Farida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Znaien Nessim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04378979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId106"/>
+      <w:footerReference w:type="default" r:id="rId107"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4349,51 +4424,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F44659E5"/>
+    <w:nsid w:val="F3D7B866"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4580,51 +4655,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-lesourd" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6159-0425" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11331017X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867195v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pape" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lesourd" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessim Znaien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11x4i" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867181v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.052.0063" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001612v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gobe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guignard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Souiah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1360j" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220300v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.40506" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04279485v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Lachenal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.11571" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818273v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gobe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.9870" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705036v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Chevalme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guitard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chevalme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deleau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818277v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessim Zna&#239;en" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Renucci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10555" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376316v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Boissevain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.7620" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509448v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376393v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038884v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geisser" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.6187" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082148v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039731v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Dusserre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292809v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Catusse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292865v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421068v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.5004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419703v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923914v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Diagana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Antil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2904" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043296v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finch-Boyer H&#233;lo&#239;se" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292936v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292982v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924927v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2322" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293007v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.1546" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762689v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220199v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.620" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924920v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.460" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292974v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.107.0062" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.382" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296345v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#232;gue" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dussy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Florenza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292833v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Puissance_khat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caratini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gr&#233;mont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schinz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD-LOISIRS/Albums-hors-serie/Sahara-mondes-connectes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293053v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293062v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairieduvoyageur.com/a/celine-lesourd/mille-et-un-litres-de-the" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920240v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038914v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292763v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292778v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292993v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293046v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/hommes-et-societes-anthropologie/2887-etat-et-societe-en-mauritanie-cinquante-ans-apres-lindependance.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292958v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292946v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378990v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378979v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gobe Eric" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Lo&#239;c Le" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souiah Farida" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Znaien Nessim" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/celine-lesourd" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6159-0425" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11331017X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867181v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lesourd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.052.0063" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867195v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pape" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessim Znaien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11x4i" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001612v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gobe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guignard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Souiah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1360j" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220300v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.40506" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04279485v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Lachenal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.11571" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818273v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gobe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.9870" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705036v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Chevalme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guitard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chevalme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deleau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818277v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessim Zna&#239;en" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Renucci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10555" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509448v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376316v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Boissevain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.7620" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376393v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038884v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geisser" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.6187" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082148v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039731v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Dusserre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292865v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292809v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Catusse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421068v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.5004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419703v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923914v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Diagana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Antil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2904" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043296v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finch-Boyer H&#233;lo&#239;se" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292936v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292982v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924927v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2322" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293007v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.1546" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762689v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220199v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.620" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924920v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.460" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292974v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/polaf.107.0062" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.382" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296345v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#232;gue" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dussy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Florenza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292833v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Puissance_khat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caratini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gr&#233;mont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schinz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD-LOISIRS/Albums-hors-serie/Sahara-mondes-connectes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293053v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293062v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairieduvoyageur.com/a/celine-lesourd/mille-et-un-litres-de-the" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920240v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038914v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292763v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292778v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230186v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292993v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293046v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/hommes-et-societes-anthropologie/2887-etat-et-societe-en-mauritanie-cinquante-ans-apres-lindependance.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292958v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292946v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378990v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378979v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gobe Eric" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Lo&#239;c Le" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souiah Farida" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Znaien Nessim" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>