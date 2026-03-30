--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.85906040268px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Céline Lévy-Leduc </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de statistique à l'université Paris Cité et LPSM (Laboratoire de Probabilités, Statistique & Modélisation)                                                                                                                                                                                                                                                                                                                                                                                                                                                                    https://sites.google.com/view/pagewebdecelinelevyleduc/</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel variable selection method in nonlinear multivariate models using B-splines with an application to geoscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary E Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434820v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse multivariate GLARMA models: application to germination control by environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (2), pp.291-324. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10260-025-00786-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable Selection in High-Dimensional Logistic Regression Models Using a Whitening Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Computational Biology and Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22 (2), pp.800-807. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCBBIO.2025.3539479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sign consistency of the generalized elastic net estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Adjakossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Statistics - Theory and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03610926.2025.2559097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven approach for estimating functions in a multivariate nonparametric regression model based on B-splines with an application to geoscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary E. Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 138 (Part B), pp.115783</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117880v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dimension reduction factor approach for multivariate time series with long-memory. A robust alternative method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Zambon Monte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 65, pp.2865-2886. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00362-023-01504-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of prognostic and predictive biomarkers in high-dimensional data with PPLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-023-05143-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03559682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of large block structured covariance matrices: Application to &amp;quot;multi-omic&amp;quot; approaches to study seed quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rajjou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (1), pp.119-147. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rssc.12524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spectral approach to estimate the autocovariance function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Reisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Planning and Inference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 221, pp.281-298. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspi.2022.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An active learning approach for improving the performance of equilibrium based chemical simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cochepin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (2), pp.365-380. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10596-022-10130-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03396819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse GLARMA models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 56 (4), pp.755-784. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02331888.2022.2090943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-regression spectral estimator for periodic ARMA models. An empirical investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro José Queiroz Sarnaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stochastic Environmental Research and Risk Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35 (3), pp.653-664. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00477-020-01958-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03185742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variable selection approach for highly correlated predictors in high-dimensional genomic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (16), pp.2238-2244. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btab114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel regularized approach for functional data clustering: An application to milking kinetics in dairy goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lebarbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 69 (3), pp.623-640. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rssc.12404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust factor modelling for high-dimensional time series: An application to air pollution data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Marcio Sgrancio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Zambon Monte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Henrique Aranda Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematics and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 346, pp.842-852. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amc.2018.09.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Quantitative Multivariate Model of Human Dendritic Cell-T Helper Cell Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Grandclaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Trichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Karpf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Abouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 179 (2), pp.432-447.e21. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2019.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change-point estimation in the multivariate model taking into account the dependence: Application to the vegetative development of oilseed rape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Jullien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural, Biological, and Environmental Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (3), pp.374-389. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13253-018-0324-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in multivariate linear models with high-dimensional covariance matrix estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multivariate Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 166, pp.78-97. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmva.2018.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-periodogram for the analysis of long-range dependent time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.A. Fajardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (3), pp.665-683. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02331888.2018.1427751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving heritability estimation by a variable selection approach in sparse high dimensional linear mixed models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Toro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bourgeron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (4), pp.813-839. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rssc.12261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variable selection approach in the multivariate linear model: an application to LC-MS metabolomics data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Brégère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Applications in Genetics and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (5), pp.20170077. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/sagmb-2017-0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric multiple change-point estimation for analyzing large Hi-C data matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multivariate Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 165, pp.143-165. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmva.2017.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468198v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient block boundaries estimation in block-wise constant matrices: An Application to HiC data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Journal of Statistics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Electronic Journal of Statistics, 11 (1), pp.1570-1599. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1214/17-EJS1270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Dickey-Fuller tests based on ranks for time series with additive outliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boistard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metrika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 80 (1), pp.115-131. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00184-016-0594-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An M-estimator for the long-memory parameter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério A. Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad S. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Planning and Inference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 187, pp.44-55. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspi.2017.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the number of block boundaries from diagonal blockwise matrices without penalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Mary-Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44 (2), pp.563-580. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sjos.12266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust approach for estimating change-points in the mean of an AR(1) process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhil Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lebarbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernoulli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (2), pp.1408-1447. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3150/15-BEJ782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01530852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential design of computer experiments for the assessment of fetus exposure to electromagnetic fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Jala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Conil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 58 (1), pp.30--42. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00401706.2014.979951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01418859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouveaux défis de la biologie moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symbiose (Magazine d'Agroparistech Alumni)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritability estimation in high dimensional sparse linear mixed models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Journal of Statistics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (2), pp.2099-2129. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1214/15-EJS1069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01540984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneity and change-point detection tests for multivariate data using rank statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung Yut Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société Française de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 156 (4), pp.133-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial du numéro spécial sur la détection de ruptures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lebarbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société Française de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 156 (4), pp.58-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and forecasting daily average PM10 concentrations by a seasonal long-memory model with volatility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Jose Queiroz Sarnaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neyval Costa Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Meri Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51, pp.286 - 295. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2013.09.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermite ranks and -statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. S. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metrika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 77 (1), pp.105 - 136. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00184-013-0474-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central limit theorem for the robust log-regression wavelet estimation of the memory parameter in the Gaussian semi-parametric context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olaf O. Kouamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Moulines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernoulli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (1), pp.172-204. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3150/11-BEJ398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-range dependence and the ranks of decompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad M. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed detection/localization of change-points in highdimensional network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (485-496)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed detection/localization of change-points in high-dimensional network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11222-011-9240-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420862v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple Change-Point Estimation With a Total Variation Penalty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaid Harchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Statistical Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 105 (492), pp.1480-1493. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1198/jasa.2010.tm09181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00923474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive tests for periodic signal detection with applications to laser vibrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Probability and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 10, pp.46-75. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ps:1006002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00457760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach for estimating functions in the multivariate setting based on an adaptive knot selection for B-splines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPSTAT2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, London (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse multivariate GLARMA models: Application to germination control by environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods for Post Genomic Data (SMPGD) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Ghent (BE), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of prognostic and predictive biomarkers in high-dimensional data with PPLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Clinical Biostatistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Newcastle (GB), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse GLARMA models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods for Post-Genomic Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Nantes (44000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variable selection approach for highly correlated predictors in high-dimensional settings: An application to gene expression data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Clinical Biostatistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Krakow, Poland, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust alternative to the sample autocovariance and autocorrelation functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robust Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Guayaquil, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust alternative for the estimation of autocovariance from the frequency domain for multivariate processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Work-Conference on Time Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Granada, Spain. pp.1011 - 1012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Detection of Block Boundaries in Block-Wise Constant Matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Machine Learning and Data Mining in Pattern Recognition (MLDM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Petra Perner, Jul 2016, New York, NY, United States. pp.214-228, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-41920-6_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test d'homogénéité non-paramétrique pour les données Hi-C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 48èmes Journées de Statistique de la SFdS </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagonal blockwise matrix segmentation in computational biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Mary-Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFCAM Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bangalore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust estimation approach for fitting a PARMA model to real data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Jose Queiroz Sarnaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Statistical Signal Processing Workshop (SSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Palma de Mallorca, Spain. 5 p., </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ssp.2016.7551740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01560258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional segmentation for analyzing HiC data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Mary-Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCB 2014: The 13th European Conference on Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Strasbourg, France. pp.386-392, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btu443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several approaches for detecting change-points in high-dimensional network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Analysis for CyberSecurity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Bristol, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01585571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential design of experiments for parameter estimation with application to numerical dosimetr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Jala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Conil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regularization Methods for Intercepted Radar Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Rebafka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Levy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Charbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radar Conference 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Kansas City, MO,, United States. pp.393-396, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RADAR.2011.5960567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00705444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Retrospective Multiple Change-point Estimation for Multivariate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Signal Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nice, France. pp.405--408, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSP.2011.5967716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00564410v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection de variables dans le modèle linéaire général en grande dimension : application à des approches ``multi-omiques'' pour l'étude de la qualité des graines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Cueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rajjou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intégration de données biologiques approches informatiques et statistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, ISBN 9781789480306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Overview of Robust Spectral Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Márton Ispány</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cyclostationarity: Theory and Methods IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.204-224, 2020, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22529-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-memory models under outliers : an application to air pollution levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.H.A Cotta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Air and Noise Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Springer, 2017, Environmental Science and Engineering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several approaches for detecting anomalies in network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data analysis for network cyber-security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Niall Adams and Nicholas Heard, 200 p., 2014, 978-1-78326-374-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R package: MultiVarSel (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tsqn: Applications of the Qn Estimator to Time Series (Univariate and Multivariate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R package: EstHer (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Package R AR1seg (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Package R HiCseg (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sign consistent estimation in a sparse Poisson model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maize (Zea mays L.) interaction with the arbuscular mycorrhizal fungus Rhizophagus irregularis allows mitigation of nitrogen deficiency stress: physiological and molecular characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Decouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niaz Bahar Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Saou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Rigault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Quilleré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse multivariate GLARMA models: Application to germination control by environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sign Consistency of the Generalized Elastic Net Estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Houngla Adjakossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse GLARMA models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneity and change-point detection tests for multivariate data using rank statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00607410v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMP-type Algorithm with Structured Sparsity Patterns for Multipath Radar Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabea Rebafka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Charbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00580140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central limit theorem for the robust log-regression wavelet estimation of the memory parameter in the Gaussian semi-parametric context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olaf Kouamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00536394v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust estimation of the scale and of the autocovariance function of Gaussian short and long-range dependent processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boistard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad S. Taqqu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00442875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymptotic properties of U-processes under long-range dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boistard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad S. Taqqu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00442874v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency estimation based on the cumulated Lomb-Scargle periodogram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roueff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133933v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PPLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:26395b30e3c50cfc0200528e156ae5d7707627ca;origin=https://hal.archives-ouvertes.fr/hal-04225906;visit=swh:1:snp:305c1000d9a3b4afcac539ed473cdd40654bd89b;anchor=swh:1:rel:a5c8a2fba2e8b3989802eaa777d1836f8ae2165e;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GlarmaVarSel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:2cdb41a2d9ff6f6564abc86e7e8a94db04218229;origin=https://hal.archives-ouvertes.fr/hal-04224917;visit=swh:1:snp:ea684f0292e889b29b21dfee647e9dd7aef07510;anchor=swh:1:rel:92a09af6c220042117c32e280c8917c004e31437;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:8b8b2fb06a1566931b924a81f5ea7061f481817c;origin=https://hal.archives-ouvertes.fr/hal-04224901;visit=swh:1:snp:b066f7549d20233a6a4c659f83b424bd2dc6daa2;anchor=swh:1:rel:44fd530322de43d27a5456c482ee91a88f821d57;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BlockCov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:51b7bd2df1c5021ad212e5a4b4e4850c84604330;origin=https://hal.archives-ouvertes.fr/hal-04224731;visit=swh:1:snp:dad9fd8196fb381573971b4178b08ed90d42fe77;anchor=swh:1:rel:6c8dee6410f4370048ab14bf81fc55954d5c3a12;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId232"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.85906040268px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Céline Lévy-Leduc </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de statistique à l'université Paris Cité et LPSM (Laboratoire de Probabilités, Statistique & Modélisation)                                                                                                                                                                                                                                                                                                                                                                                                                                                                    https://sites.google.com/view/pagewebdecelinelevyleduc/</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse multivariate GLARMA models: application to germination control by environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (2), pp.291-324. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10260-025-00786-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable Selection in High-Dimensional Logistic Regression Models Using a Whitening Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Computational Biology and Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22 (2), pp.800-807. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCBBIO.2025.3539479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel variable selection method in nonlinear multivariate models using B-splines with an application to geoscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary E Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434820v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sign consistency of the generalized elastic net estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Adjakossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Statistics - Theory and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03610926.2025.2559097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data-driven approach for estimating functions in a multivariate nonparametric regression model based on B-splines with an application to geoscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary E. Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematical Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 138 (Part B), pp.115783</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117880v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dimension reduction factor approach for multivariate time series with long-memory. A robust alternative method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Zambon Monte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 65, pp.2865-2886. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00362-023-01504-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of prognostic and predictive biomarkers in high-dimensional data with PPLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-023-05143-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03559682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of large block structured covariance matrices: Application to &amp;quot;multi-omic&amp;quot; approaches to study seed quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rajjou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 71 (1), pp.119-147. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rssc.12524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spectral approach to estimate the autocovariance function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Reisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Planning and Inference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 221, pp.281-298. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspi.2022.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An active learning approach for improving the performance of equilibrium based chemical simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cochepin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (2), pp.365-380. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10596-022-10130-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03396819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse GLARMA models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 56 (4), pp.755-784. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02331888.2022.2090943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-regression spectral estimator for periodic ARMA models. An empirical investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro José Queiroz Sarnaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stochastic Environmental Research and Risk Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35 (3), pp.653-664. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00477-020-01958-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03185742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variable selection approach for highly correlated predictors in high-dimensional genomic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (16), pp.2238-2244. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btab114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel regularized approach for functional data clustering: An application to milking kinetics in dairy goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Lebarbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 69 (3), pp.623-640. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rssc.12404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust factor modelling for high-dimensional time series: An application to air pollution data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Marcio Sgrancio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edson Zambon Monte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Henrique Aranda Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mathematics and Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 346, pp.842-852. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amc.2018.09.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Quantitative Multivariate Model of Human Dendritic Cell-T Helper Cell Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Grandclaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Trichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Karpf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Abouzid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 179 (2), pp.432-447.e21. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2019.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in multivariate linear models with high-dimensional covariance matrix estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multivariate Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 166, pp.78-97. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmva.2018.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-periodogram for the analysis of long-range dependent time series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.A. Fajardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.S. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (3), pp.665-683. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02331888.2018.1427751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change-point estimation in the multivariate model taking into account the dependence: Application to the vegetative development of oilseed rape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Jullien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural, Biological, and Environmental Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (3), pp.374-389. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13253-018-0324-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving heritability estimation by a variable selection approach in sparse high dimensional linear mixed models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Toro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bourgeron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (4), pp.813-839. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/rssc.12261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variable selection approach in the multivariate linear model: an application to LC-MS metabolomics data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Brégère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Applications in Genetics and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (5), pp.20170077. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/sagmb-2017-0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric multiple change-point estimation for analyzing large Hi-C data matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multivariate Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 165, pp.143-165. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmva.2017.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468198v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Dickey-Fuller tests based on ranks for time series with additive outliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boistard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metrika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 80 (1), pp.115-131. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00184-016-0594-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An M-estimator for the long-memory parameter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério A. Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad S. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Planning and Inference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 187, pp.44-55. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jspi.2017.02.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient block boundaries estimation in block-wise constant matrices: An Application to HiC data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Journal of Statistics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Electronic Journal of Statistics, 11 (1), pp.1570-1599. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1214/17-EJS1270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the number of block boundaries from diagonal blockwise matrices without penalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Mary-Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44 (2), pp.563-580. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sjos.12266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust approach for estimating change-points in the mean of an AR(1) process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhil Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lebarbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernoulli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (2), pp.1408-1447. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3150/15-BEJ782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01530852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential design of computer experiments for the assessment of fetus exposure to electromagnetic fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Jala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Conil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 58 (1), pp.30--42. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00401706.2014.979951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01418859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritability estimation in high dimensional sparse linear mixed models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Journal of Statistics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (2), pp.2099-2129. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1214/15-EJS1069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01540984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouveaux défis de la biologie moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symbiose (Magazine d'Agroparistech Alumni)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneity and change-point detection tests for multivariate data using rank statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung Yut Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société Française de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 156 (4), pp.133-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial du numéro spécial sur la détection de ruptures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lebarbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société Française de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 156 (4), pp.58-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and forecasting daily average PM10 concentrations by a seasonal long-memory model with volatility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Jose Queiroz Sarnaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neyval Costa Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Meri Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 51, pp.286 - 295. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2013.09.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermite ranks and -statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. S. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metrika</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 77 (1), pp.105 - 136. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00184-013-0474-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central limit theorem for the robust log-regression wavelet estimation of the memory parameter in the Gaussian semi-parametric context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olaf O. Kouamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Moulines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernoulli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (1), pp.172-204. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3150/11-BEJ398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-range dependence and the ranks of decompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad M. Taqqu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed detection/localization of change-points in highdimensional network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (485-496)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed detection/localization of change-points in high-dimensional network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistics and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11222-011-9240-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420862v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple Change-Point Estimation With a Total Variation Penalty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaid Harchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Statistical Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 105 (492), pp.1480-1493. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1198/jasa.2010.tm09181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00923474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive tests for periodic signal detection with applications to laser vibrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Probability and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 10, pp.46-75. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ps:1006002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00457760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach for estimating functions in the multivariate setting based on an adaptive knot selection for B-splines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Savino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPSTAT2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, London (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse multivariate GLARMA models: Application to germination control by environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods for Post Genomic Data (SMPGD) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Ghent (BE), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of prognostic and predictive biomarkers in high-dimensional data with PPLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Clinical Biostatistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Newcastle (GB), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse GLARMA models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods for Post-Genomic Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Nantes (44000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variable selection approach for highly correlated predictors in high-dimensional settings: An application to gene expression data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Clinical Biostatistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Krakow, Poland, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust alternative to the sample autocovariance and autocorrelation functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robust Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Guayaquil, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust alternative for the estimation of autocovariance from the frequency domain for multivariate processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Work-Conference on Time Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Granada, Spain. pp.1011 - 1012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01886240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Detection of Block Boundaries in Block-Wise Constant Matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Machine Learning and Data Mining in Pattern Recognition (MLDM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Petra Perner, Jul 2016, New York, NY, United States. pp.214-228, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-41920-6_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test d'homogénéité non-paramétrique pour les données Hi-C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 48èmes Journées de Statistique de la SFdS </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagonal blockwise matrix segmentation in computational biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Mary-Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFCAM Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Bangalore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust estimation approach for fitting a PARMA model to real data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Jose Queiroz Sarnaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Statistical Signal Processing Workshop (SSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Palma de Mallorca, Spain. 5 p., </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ssp.2016.7551740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01560258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional segmentation for analyzing HiC data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Mary-Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCB 2014: The 13th European Conference on Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Strasbourg, France. pp.386-392, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btu443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several approaches for detecting change-points in high-dimensional network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Analysis for CyberSecurity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Bristol, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01585571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential design of experiments for parameter estimation with application to numerical dosimetr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Jala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Conil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Wiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regularization Methods for Intercepted Radar Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Rebafka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Levy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Charbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Radar Conference 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Kansas City, MO,, United States. pp.393-396, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RADAR.2011.5960567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00705444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Retrospective Multiple Change-point Estimation for Multivariate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Signal Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Nice, France. pp.405--408, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSP.2011.5967716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00564410v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection de variables dans le modèle linéaire général en grande dimension : application à des approches ``multi-omiques'' pour l'étude de la qualité des graines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Cueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rajjou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intégration de données biologiques approches informatiques et statistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, ISBN 9781789480306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Overview of Robust Spectral Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Márton Ispány</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cyclostationarity: Theory and Methods IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.204-224, 2020, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22529-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-memory models under outliers : an application to air pollution levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdério Anselmo Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.H.A Cotta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Air and Noise Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Springer, 2017, Environmental Science and Engineering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several approaches for detecting anomalies in network traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data analysis for network cyber-security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Niall Adams and Nicholas Heard, 200 p., 2014, 978-1-78326-374-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tsqn: Applications of the Qn Estimator to Time Series (Univariate and Multivariate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higor Cotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio Reisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R package: MultiVarSel (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R package: EstHer (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Package R AR1seg (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Package R HiCseg (available on the CRAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Levy Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sign consistent estimation in a sparse Poisson model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maize (Zea mays L.) interaction with the arbuscular mycorrhizal fungus Rhizophagus irregularis allows mitigation of nitrogen deficiency stress: physiological and molecular characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Decouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niaz Bahar Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Saou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Rigault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Quilleré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse multivariate GLARMA models: Application to germination control by environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sign Consistency of the Generalized Elastic Net Estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Houngla Adjakossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variable selection in sparse GLARMA models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneity and change-point detection tests for multivariate data using rank statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lung-Yut-Fong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cappé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00607410v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMP-type Algorithm with Structured Sparsity Patterns for Multipath Radar Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tabea Rebafka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Charbit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00580140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central limit theorem for the robust log-regression wavelet estimation of the memory parameter in the Gaussian semi-parametric context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olaf Kouamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00536394v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust estimation of the scale and of the autocovariance function of Gaussian short and long-range dependent processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boistard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad S. Taqqu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00442875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymptotic properties of U-processes under long-range dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Boistard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murad S. Taqqu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valderio A. Reisen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00442874v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency estimation based on the cumulated Lomb-Scargle periodogram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roueff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133933v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PPLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:26395b30e3c50cfc0200528e156ae5d7707627ca;origin=https://hal.archives-ouvertes.fr/hal-04225906;visit=swh:1:snp:305c1000d9a3b4afcac539ed473cdd40654bd89b;anchor=swh:1:rel:a5c8a2fba2e8b3989802eaa777d1836f8ae2165e;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GlarmaVarSel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gomtsyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ouadah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sansonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:2cdb41a2d9ff6f6564abc86e7e8a94db04218229;origin=https://hal.archives-ouvertes.fr/hal-04224917;visit=swh:1:snp:ea684f0292e889b29b21dfee647e9dd7aef07510;anchor=swh:1:rel:92a09af6c220042117c32e280c8917c004e31437;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WLasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wencan Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Ternès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:8b8b2fb06a1566931b924a81f5ea7061f481817c;origin=https://hal.archives-ouvertes.fr/hal-04224901;visit=swh:1:snp:b066f7549d20233a6a4c659f83b424bd2dc6daa2;anchor=swh:1:rel:44fd530322de43d27a5456c482ee91a88f821d57;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BlockCov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Perrot-Dockès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lévy-Leduc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:51b7bd2df1c5021ad212e5a4b4e4850c84604330;origin=https://hal.archives-ouvertes.fr/hal-04224731;visit=swh:1:snp:dad9fd8196fb381573971b4178b08ed90d42fe77;anchor=swh:1:rel:6c8dee6410f4370048ab14bf81fc55954d5c3a12;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId232"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434820v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary E Savino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line L&#233;vy-Leduc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387803v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gomtsyan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ouadah" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sansonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10260-025-00786-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387785v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wencan Zhu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Tern&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBBIO.2025.3539479" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387810v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Adjakossa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610926.2025.2559097" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117880v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary E. Savino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04225878v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vald&#233;rio Anselmo Reisen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Zambon Monte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bondon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00362-023-01504-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559682v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-023-05143-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrot-Dockes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rssc.12524" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03695445v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vald&#233;rio Reisen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2022.05.005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03396819v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Savino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leconte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cochepin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-022-10130-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763853v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2022.2090943" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03185742v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Jos&#233; Queiroz Sarnaglia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-020-01958-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02904344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ternes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab114" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191217v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Denis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lebarbier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;vy-Leduc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rssc.12404" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02902032v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Marcio Sgrancio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Higor Henrique Aranda Cotta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2018.09.062" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02316607v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Grandclaudon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Trichot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Karpf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abouzid" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.09.012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jullien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13253-018-0324-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621107v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrot-Dock&#232;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Levy Leduc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2018.02.006" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707551v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Fajardo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Taqqu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2018.1427751" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707553v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bonnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gassiat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Toro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rssc.12261" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896164v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Br&#233;g&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sagmb-2017-0077" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468198v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2017.12.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455732v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/17-EJS1270" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588596v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Levy-Leduc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bourguignon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boistard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00184-016-0594-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533848v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vald&#233;rio A. Reisen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad S. Taqqu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2017.02.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533843v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Delattre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leduc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.12266" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530852v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhil Chakar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Levy Leduc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebarbier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/15-BEJ782" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418859v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Jala" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Levy Leduc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Conil" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Wiart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2014.979951" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537747v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540984v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/15-EJS1069" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528845v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lung Yut Fong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cappe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568797v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197639v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valderio Anselmo Reisen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Jose Queiroz Sarnaglia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neyval Costa Reis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Meri Santos" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2013.09.027" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FK059XN0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197638v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Taqqu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00184-013-0474-4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000058v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf O. Kouamo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Moulines" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/11-BEJ398" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001307v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad M. Taqqu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568799v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lung-Yut-Fong" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Capp&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420862v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lung-Yut-Fong" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Capp&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-011-9240-5" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00923474v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaid Harchaoui" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1198/jasa.2010.tm09181" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457760v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Fromont" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ps:1006002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239697v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239746v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomtsyan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224689v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224705v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224715v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02358679v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Higor Cotta" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valderio A. Reisen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01886240v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574362v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41920-6_16" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01589407v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795763v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01560258v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssp.2016.7551740" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148580v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu443" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01585571v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587096v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Moulines" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705444v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rebafka" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Levy-Leduc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charbit" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RADAR.2011.5960567" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564410v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2011.5967716" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224673v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02360657v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Isp&#225;ny" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22529-2_12" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544624v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H.A Cotta" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197641v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604372v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578823v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valderio Reisen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536603v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604688v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607710v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04152932v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528743v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niaz Bahar Chowdhury" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Saou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quiller&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03905876v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gomtsyan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bailly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254462v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Houngla Adjakossa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02903367v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607410v3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580140v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea Rebafka" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Charbit" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536394v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Kouamo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442875v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442874v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133933v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roueff" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04225906v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:26395b30e3c50cfc0200528e156ae5d7707627ca;origin=https://hal.archives-ouvertes.fr/hal-04225906;visit=swh:1:snp:305c1000d9a3b4afcac539ed473cdd40654bd89b;anchor=swh:1:rel:a5c8a2fba2e8b3989802eaa777d1836f8ae2165e;path=/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224917v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2cdb41a2d9ff6f6564abc86e7e8a94db04218229;origin=https://hal.archives-ouvertes.fr/hal-04224917;visit=swh:1:snp:ea684f0292e889b29b21dfee647e9dd7aef07510;anchor=swh:1:rel:92a09af6c220042117c32e280c8917c004e31437;path=/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224901v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8b8b2fb06a1566931b924a81f5ea7061f481817c;origin=https://hal.archives-ouvertes.fr/hal-04224901;visit=swh:1:snp:b066f7549d20233a6a4c659f83b424bd2dc6daa2;anchor=swh:1:rel:44fd530322de43d27a5456c482ee91a88f821d57;path=/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224731v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:51b7bd2df1c5021ad212e5a4b4e4850c84604330;origin=https://hal.archives-ouvertes.fr/hal-04224731;visit=swh:1:snp:dad9fd8196fb381573971b4178b08ed90d42fe77;anchor=swh:1:rel:6c8dee6410f4370048ab14bf81fc55954d5c3a12;path=/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387803v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gomtsyan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line L&#233;vy-Leduc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ouadah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sansonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10260-025-00786-0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387785v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wencan Zhu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Tern&#232;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBBIO.2025.3539479" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434820v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary E Savino" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387810v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Adjakossa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610926.2025.2559097" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117880v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary E. Savino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04225878v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vald&#233;rio Anselmo Reisen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson Zambon Monte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bondon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00362-023-01504-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559682v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-023-05143-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrot-Dockes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rssc.12524" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03695445v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vald&#233;rio Reisen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2022.05.005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03396819v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Savino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leconte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cochepin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-022-10130-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763853v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2022.2090943" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03185742v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Jos&#233; Queiroz Sarnaglia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-020-01958-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02904344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ternes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab114" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191217v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Denis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lebarbier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;vy-Leduc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rssc.12404" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02902032v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Marcio Sgrancio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Higor Henrique Aranda Cotta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2018.09.062" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02316607v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Grandclaudon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Trichot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Karpf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Abouzid" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.09.012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621107v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrot-Dock&#232;s" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Levy Leduc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2018.02.006" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707551v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Fajardo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Taqqu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02331888.2018.1427751" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809633v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jullien" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13253-018-0324-y" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707553v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bonnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gassiat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Toro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rssc.12261" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896164v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Br&#233;g&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sagmb-2017-0077" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468198v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2017.12.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588596v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Levy-Leduc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bourguignon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boistard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00184-016-0594-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533848v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vald&#233;rio A. Reisen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad S. Taqqu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2017.02.008" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455732v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/17-EJS1270" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533843v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Delattre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leduc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.12266" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530852v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhil Chakar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Levy Leduc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebarbier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/15-BEJ782" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418859v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Jala" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Levy Leduc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Conil" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Wiart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00401706.2014.979951" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540984v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/15-EJS1069" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537747v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528845v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lung Yut Fong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cappe" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568797v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197639v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valderio Anselmo Reisen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Jose Queiroz Sarnaglia" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neyval Costa Reis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Meri Santos" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2013.09.027" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FK059XN0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197638v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Taqqu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00184-013-0474-4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000058v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf O. Kouamo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Moulines" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3150/11-BEJ398" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001307v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad M. Taqqu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568799v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lung-Yut-Fong" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Capp&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420862v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lung-Yut-Fong" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Capp&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-011-9240-5" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00923474v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaid Harchaoui" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1198/jasa.2010.tm09181" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457760v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Fromont" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ps:1006002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239697v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239746v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomtsyan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224689v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224705v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224715v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02358679v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Higor Cotta" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valderio A. Reisen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01886240v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574362v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41920-6_16" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01589407v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795763v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01560258v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssp.2016.7551740" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148580v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu443" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01585571v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587096v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Moulines" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705444v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rebafka" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Levy-Leduc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charbit" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RADAR.2011.5960567" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564410v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2011.5967716" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224673v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02360657v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Isp&#225;ny" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22529-2_12" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544624v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H.A Cotta" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197641v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578823v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valderio Reisen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604372v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536603v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604688v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607710v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04152932v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528743v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niaz Bahar Chowdhury" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Saou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quiller&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03905876v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gomtsyan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bailly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254462v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Houngla Adjakossa" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02903367v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607410v3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580140v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabea Rebafka" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Charbit" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536394v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Kouamo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442875v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442874v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133933v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roueff" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04225906v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:26395b30e3c50cfc0200528e156ae5d7707627ca;origin=https://hal.archives-ouvertes.fr/hal-04225906;visit=swh:1:snp:305c1000d9a3b4afcac539ed473cdd40654bd89b;anchor=swh:1:rel:a5c8a2fba2e8b3989802eaa777d1836f8ae2165e;path=/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224917v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2cdb41a2d9ff6f6564abc86e7e8a94db04218229;origin=https://hal.archives-ouvertes.fr/hal-04224917;visit=swh:1:snp:ea684f0292e889b29b21dfee647e9dd7aef07510;anchor=swh:1:rel:92a09af6c220042117c32e280c8917c004e31437;path=/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224901v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8b8b2fb06a1566931b924a81f5ea7061f481817c;origin=https://hal.archives-ouvertes.fr/hal-04224901;visit=swh:1:snp:b066f7549d20233a6a4c659f83b424bd2dc6daa2;anchor=swh:1:rel:44fd530322de43d27a5456c482ee91a88f821d57;path=/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04224731v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:51b7bd2df1c5021ad212e5a4b4e4850c84604330;origin=https://hal.archives-ouvertes.fr/hal-04224731;visit=swh:1:snp:dad9fd8196fb381573971b4178b08ed90d42fe77;anchor=swh:1:rel:6c8dee6410f4370048ab14bf81fc55954d5c3a12;path=/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>