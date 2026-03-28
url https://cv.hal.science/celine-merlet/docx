--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -66,6381 +66,6819 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale simulations of aqueous suspension-based electrophoretic coating process</w:t>
+                <w:t xml:space="preserve">Dual-Continuum Models of Lithium-Ion Batteries are Fast and Accurate Alternatives to the Doyle-Fuller-Newman Approach: II. Model Extensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélina Noblesse</w:t>
+                <w:t xml:space="preserve">Isaac B Paten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Pin</w:t>
+                <w:t xml:space="preserve">Martin Petitfrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Duluard</w:t>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Ansart</w:t>
+                <w:t xml:space="preserve">Romain de Loubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Merlet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21, pp.100722. </w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 173 (4), pp.040507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2024.100722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1149/1945-7111/ae3527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04870522v1</w:t>
+                <w:t xml:space="preserve">hal-05545639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Gold Substrate on the Interface between Graphene Monolayer and an Ionic Liquid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dual-Continuum Models of Lithium-Ion Batteries are Fast and Accurate Alternatives to the Doyle-Fuller-Newman Approach: I. Derivation and Validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaac B Paten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gaudy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+                <w:t xml:space="preserve">Martin Petitfrére</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain de Loubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Merlet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nanoscience Au</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnanoscienceau.4c00070⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 173 (3), pp.030503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1945-7111/ae335f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060836v1</w:t>
+                <w:t xml:space="preserve">hal-05545633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the effect of particle size distribution and complex exchange dynamics on NMR spectra of ions diffusing in disordered porous carbons through a mesoscopic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesoscale simulations of aqueous suspension-based electrophoretic coating process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélina Noblesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El Hassane Lahrar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lisa Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Duluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ansart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4fd00082j⟩</w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21, pp.100722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2024.100722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759139v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural disorder determines capacitance in nanoporous carbons</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Effect of Gold Substrate on the Interface between Graphene Monolayer and an Ionic Liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gaudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 384 (6693), pp.321-325. </w:t>
+              <w:t xml:space="preserve">ACS Nanoscience Au</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (2), pp.84 - 92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.adn6242⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsnanoscienceau.4c00070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04650660v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operando tracking of ion population changes in the EDL electrode of a lithium-ion capacitor during its charge/discharge</w:t>
+                <w:t xml:space="preserve">Investigating the effect of particle size distribution and complex exchange dynamics on NMR spectra of ions diffusing in disordered porous carbons through a mesoscopic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Parejo-Tovar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">El Hassane Lahrar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Béguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Storage Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ensm.2024.103810⟩</w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 255, pp.355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4fd00082j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759150v1</w:t>
+                <w:t xml:space="preserve">hal-04759139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MXene Inks for High‐Throughput Printing of Electronics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural disorder determines capacitance in nanoporous carbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinyu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dongxun Lyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sina Abdolhosseinzadeh</w:t>
+                <w:t xml:space="preserve">Matthew J A Leesmith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René Schneider</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frank Nüesch</w:t>
+                <w:t xml:space="preserve">Xiao Hua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.202400170⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 384 (6693), pp.321-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.adn6242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759094v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics and Energetics of Ion Adsorption at the Interface between a Pure Ionic Liquid and Carbon Electrodes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Operando tracking of ion population changes in the EDL electrode of a lithium-ion capacitor during its charge/discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parejo-Tovar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Ratajczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Béguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.4c01192⟩</w:t>
+              <w:t xml:space="preserve">Energy Storage Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 73, pp.103810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ensm.2024.103810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04650682v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Materials challenges for supercapacitors</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dynamics and Energetics of Ion Adsorption at the Interface between a Pure Ionic Liquid and Carbon Electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gaudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APL Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0162575⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (20), pp.5064-5071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.4c01192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303273v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the key role of electrolyte–electrode van der Waals interactions in the simulation of ionic liquids-based supercapacitors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MXene Inks for High‐Throughput Printing of Electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Abdolhosseinzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Jafarpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bacon</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frank Nüesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2023.142380⟩</w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.2400170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202400170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04131515v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating particle size effects on NMR spectra of ions diffusing in porous carbons through a mesoscopic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Materials challenges for supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyun-Kyung Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aiping Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anagha Sasikumar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Magda Titirici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yihua Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssnmr.2023.101883⟩</w:t>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0162575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130794v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux comprendre l’adsorption dans les matériaux poreux carbonés : modélisation multi-échelle appliquée à la spectroscopie RMN</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the key role of electrolyte–electrode van der Waals interactions in the simulation of ionic liquids-based supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Serva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 455, pp.142380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2023.142380⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04268559v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the effect of oxygen functional groups on the heterogeneous electron transfer at activated carbons from scanning electrochemical microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Franklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Mahdi Halim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 465, pp.142944. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.electacta.2023.142944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the Chemical Shifts of Aqueous Electrolyte Species Adsorbed in Carbon Nanopores</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mieux comprendre l’adsorption dans les matériaux poreux carbonés : modélisation multi-échelle appliquée à la spectroscopie RMN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03792747v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04268559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating Curvature-Capacitance Relationships in Carbon-Based Supercapacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Investigating particle size effects on NMR spectra of ions diffusing in porous carbons through a mesoscopic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anagha Sasikumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robert Meissner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 126, pp.101883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssnmr.2023.101883⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physrevlett.128.086001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03588862v1</w:t>
+                <w:t xml:space="preserve">hal-04130794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR studies of adsorption and diffusion in porous carbonaceous materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Understanding the Chemical Shifts of Aqueous Electrolyte Species Adsorbed in Carbon Nanopores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anagha Sasikumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">John M Griffin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Nuclear Magnetic Resonance Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 124, pp.57. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (38), pp.8953-8962. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pnmrs.2021.03.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c02260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03206263v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03792747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations of Ionic Liquids Confined in Surface Functionalized Nanoporous Carbons: Implications for Energy Storage</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elucidating Curvature-Capacitance Relationships in Carbon-Based Supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irena Deroche</w:t>
+                <w:t xml:space="preserve">Jannes Seebeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camélia Ghimbeu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Merlet</w:t>
+                <w:t xml:space="preserve">Robert Meissner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4, pp.4007. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128 (8), pp.086001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.1c00342⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevlett.128.086001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03187295v1</w:t>
+                <w:t xml:space="preserve">hal-03588862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscopic simulations of the in situ NMR spectra of porous carbon based supercapacitors: Electronic structure and adsorbent reorganisation effects</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NMR studies of adsorption and diffusion in porous carbonaceous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouar Belhboub</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexander C Forse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clare P Grey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John M Griffin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1CP02130C⟩</w:t>
+              <w:t xml:space="preserve">Progress in Nuclear Magnetic Resonance Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 124, pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pnmrs.2021.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03290201v1</w:t>
+                <w:t xml:space="preserve">hal-03206263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon-carbon supercapacitors: Beyond the average pore size or how electrolyte confinement and inaccessible pores affect the capacitance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Simulations of Ionic Liquids Confined in Surface Functionalized Nanoporous Carbons: Implications for Energy Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Hassane Lahrar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irena Deroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camélia Ghimbeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0065150⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, pp.4007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.1c00342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388764v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03187295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing and Interpreting the Porosity and Tortuosity Evolution of Li-O2 Cathodes on Discharge through a Combined Experimental and Theoretical Approach</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lauren E Marbella</w:t>
+                <w:t xml:space="preserve">Mesoscopic simulations of the in situ NMR spectra of porous carbon based supercapacitors: Electronic structure and adsorbent reorganisation effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anagha Sasikumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+                <w:t xml:space="preserve">Anouar Belhboub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander C Forse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M Griffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c10417⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1CP02130C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154222v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Insights into Charge Storage Mechanisms of Supercapacitors</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Carbon-carbon supercapacitors: Beyond the average pore size or how electrolyte confinement and inaccessible pores affect the capacitance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hassane Lahrar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENERGY &amp; ENVIRONMENTAL MATERIALS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/eem2.12124⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 155, pp.184703. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0065150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02955559v1</w:t>
+                <w:t xml:space="preserve">hal-03388764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient prediction of Nucleus Independent Chemical Shifts for polycyclic aromatic hydrocarbons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probing and Interpreting the Porosity and Tortuosity Evolution of Li-O2 Cathodes on Discharge through a Combined Experimental and Theoretical Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amangeldi Torayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Engelke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeliang Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauren E Marbella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitrios Kilymis</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0CP01705A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c10417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863990v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Distortions and Dynamics in Hydrated Y-Doped BaZrO3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amangeldi Torayev</w:t>
+                <w:t xml:space="preserve">Efficient prediction of Nucleus Independent Chemical Shifts for polycyclic aromatic hydrocarbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kilymis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert P Bartók</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luke Sperrin</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Chris Pickard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander C Forse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c04594⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0CP01705A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033083v2</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of functional groups and anion size on the charging mechanisms in layered electrode materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Computational Insights into Charge Storage Mechanisms of Supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kui Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Shao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zifeng Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guang Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Storage Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ensm.2020.08.030⟩</w:t>
+              <w:t xml:space="preserve">ENERGY &amp; ENVIRONMENTAL MATERIALS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (3), pp.235-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eem2.12124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02933837v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the development of an original mesoscopic model to predict the capacitive properties of carbon-carbon supercapacitors</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Local Distortions and Dynamics in Hydrated Y-Doped BaZrO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amangeldi Torayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Sperrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria A. Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John A. Kattirtzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2019.135022⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (30), pp.16689-16701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c04594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02322514v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03033083v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbons with Regular Pore Geometry Yield Fundamental Insights into Supercapacitor Charge Storage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Effects of functional groups and anion size on the charging mechanisms in layered electrode materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kui Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zifeng Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Shao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Central Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscentsci.9b00800⟩</w:t>
+              <w:t xml:space="preserve">Energy Storage Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ensm.2020.08.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02373268v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionic liquids under confinement: From systematic variations of the ion and pore sizes towards an understanding of structure and dynamics in complex porous carbons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">On the development of an original mesoscopic model to predict the capacitive properties of carbon-carbon supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouar Belhboub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Hassane Lahrar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.9b16740⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 327, pp.135022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2019.135022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863066v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Text mining assisted review of the literature on Li-O2 batteries</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Carbons with Regular Pore Geometry Yield Fundamental Insights into Supercapacitor Charge Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yifei Michelle Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alejandro Franco</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berend Smit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Central Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (11), pp.1813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscentsci.9b00800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2515-7639/ab3611⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02299034v1</w:t>
+                <w:t xml:space="preserve">hal-02373268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an atomistic understanding of disordered carbon electrode materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ionic liquids under confinement: From systematic variations of the ion and pore sizes towards an understanding of structure and dynamics in complex porous carbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hassane Lahrar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouar Belhboub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8cc01388h⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (1), pp.1789-1798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.9b16740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01985588v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Characterization of the Li-Ion Battery Cathode Materials LiTixMn2– xO4 (0.2 ≤ x ≤ 1.5): A Combined Experimental 7Li NMR and First-Principles Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Text mining assisted review of the literature on Li-O2 batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amangeldi Torayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter C M M Magusin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clare P Grey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta Pigliapochi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alejandro Franco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.7b04314⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (4), pp.044004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2515-7639/ab3611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01985629v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02299034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking Ionic Rearrangements and Interpreting Dynamic Volumetric Changes in Two-Dimensional Metal Carbide Supercapacitors: A Molecular Dynamics Simulation Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Structural Characterization of the Li-Ion Battery Cathode Materials LiTixMn2– xO4 (0.2 ≤ x ≤ 1.5): A Combined Experimental 7Li NMR and First-Principles Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Pigliapochi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ieuan D Seymour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Pell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ling Miao</w:t>
+                <w:t xml:space="preserve">Denissa T Murphy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Interfacing Theory and Experiment, 11 (12), pp.1892-1899. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (3), pp.817-829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cssc.201702068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.7b04314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02025131v2</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the importance of Incorporating Explicit 3D-Resolved Electrode Mesostructures in Li–O2 Battery Models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards an atomistic understanding of disordered carbon electrode materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pieter C. M. M. Magusin</w:t>
+                <w:t xml:space="preserve">Volker L Deringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clare P. Grey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Merlet</w:t>
+                <w:t xml:space="preserve">Yuchen Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro A. Franco</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tae Hoon Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John A Kattirtzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.8b01392⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 54 (47), pp.5988-5991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8cc01388h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01999063v1</w:t>
+                <w:t xml:space="preserve">hal-01985588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochasticity of Pores Interconnectivity in Li-O2 Batteries and its Impact on the Variations in Electrochemical Performance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pieter C M M Magusin</w:t>
+                <w:t xml:space="preserve">Tracking Ionic Rearrangements and Interpreting Dynamic Volumetric Changes in Two-Dimensional Metal Carbide Supercapacitors: A Molecular Dynamics Simulation Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kui Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zifeng Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Demortière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+                <w:t xml:space="preserve">Ling Miao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (4), pp.791-797. </w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Interfacing Theory and Experiment, 11 (12), pp.1892-1899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.7b03315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cssc.201702068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986199v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025131v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct observation of ion dynamics in supercapacitor electrodes using in situ diffusion NMR spectroscopy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the importance of Incorporating Explicit 3D-Resolved Electrode Mesostructures in Li–O2 Battery Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amangeldi Torayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter C. M. M. Magusin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clare P. Grey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro A. Franco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1 (11), pp.6433-6441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.8b01392⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01985727v1</w:t>
+                <w:t xml:space="preserve">hal-01999063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Perspectives on the Charging Mechanisms of Supercapacitors</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stochasticity of Pores Interconnectivity in Li-O2 Batteries and its Impact on the Variations in Electrochemical Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amangeldi Torayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Rucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter C M M Magusin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Demortière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (4), pp.791-797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.7b03315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.6b02115⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01985713v1</w:t>
+                <w:t xml:space="preserve">hal-01986199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stockage de charge dans les carbones nanoporeux : l’origine moléculaire de la supercapacité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Direct observation of ion dynamics in supercapacitor electrodes using in situ diffusion NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander C Forse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Carretero-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul-Rahman O Raji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 408-409, pp.43-45</w:t>
+              <w:t xml:space="preserve">Nature Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (3)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929534v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights into the Structure of Nanoporous Carbons from NMR, Raman, and Pair Distribution Function Analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">New Perspectives on the Charging Mechanisms of Supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander C Forse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John M Griffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clare Grey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 138 (18), pp.5731-5744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.6b02115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b03216⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01985735v1</w:t>
+                <w:t xml:space="preserve">hal-01985713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR Study of Ion Dynamics and Charge Storage in Ionic Liquid Supercapacitors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Stockage de charge dans les carbones nanoporeux : l’origine moléculaire de la supercapacité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Péan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 408-409, pp.43-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986010v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single Electrode Capacitances of Porous Carbons in Neat Ionic Liquid Electrolyte at 100 C: A Combined Experimental and Modeling Approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">NMR Study of Ion Dynamics and Charge Storage in Ionic Liquid Supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander C Forse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul M Bayley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/2.0151505jes⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 137 (22), pp.7231-7242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5b03958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01446690v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice simulation method to model diffusion and NMR spectra in porous materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">New Insights into the Structure of Nanoporous Carbons from NMR, Raman, and Pair Distribution Function Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander C Forse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phoebe K Allan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth K Humphreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John M Griffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (19), pp.6848-6857. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b03216⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01985699v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The electric double layer has a life of its own</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Single Electrode Capacitances of Porous Carbons in Neat Ionic Liquid Electrolyte at 100 C: A Combined Experimental and Modeling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Péan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Daffos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Paul A Madden</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, vol. 162 (n° 5), pp. A5091-A5095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2.0151505jes⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp503224w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00968897v2</w:t>
+                <w:t xml:space="preserve">hal-01446690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Dynamics of Charging in Nanoporous Carbon-Based Supercapacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lattice simulation method to model diffusion and NMR spectra in porous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander C Forse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daan Frenkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clare Grey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 142 (9), pp.094701</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/nn4058243⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01116494v1</w:t>
+                <w:t xml:space="preserve">hal-01985699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly confined ions store charge more efficiently in supercapacitors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The electric double layer has a life of its own</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Barbara Daffos</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David T. Limmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René van Roij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A Madden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 118 (32), pp.18291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp503224w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms3701⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01157828v1</w:t>
+                <w:t xml:space="preserve">hal-00968897v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of solvation on the structural and capacitive properties of electrical double layer capacitors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the Dynamics of Charging in Nanoporous Carbon-Based Supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Péan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Anthony Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2012.12.107⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 8 (n° 2), pp.1576-1583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nn4058243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00853396v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01116494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge fluctuations in nano-scale capacitors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Highly confined ions store charge more efficiently in supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paul A Madden</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Péan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Anthony Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Daffos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.106102⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 4 (n° 2701), pp. 1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms3701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00839655v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01157828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computer simulations of ionic liquids at electrochemical interfaces.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Charge fluctuations in nano-scale capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David T. Limmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chandler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul A Madden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3cp52088a⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 111, pp.106102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.106102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00862346v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00839655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating Supercapacitors: Can We Model Electrodes As Constant Charge Surfaces?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence of solvation on the structural and capacitive properties of electrical double layer capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul A Madden</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jz3019226⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 101, pp.262-271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2012.12.107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00854038v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00853396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Coarse-Grained Models of Imidazolium Ionic Liquids for Bulk and Interfacial Molecular Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Simulating Supercapacitors: Can We Model Electrodes As Constant Charge Surfaces?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Péan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp3008877⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4 (2), pp.264-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jz3019226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00854033v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the molecular origin of supercapacitance in nanoporous carbon electrodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Computer simulations of ionic liquids at electrochemical interfaces.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/NMAT3260⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (38), pp.15781-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3cp52088a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01153072v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00862346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imidazolium Ionic Liquid Interfaces with Vapor and Graphite: Interfacial Tension and Capacitance from Coarse-Grained Molecular Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">New Coarse-Grained Models of Imidazolium Ionic Liquids for Bulk and Interfacial Molecular Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Salanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul A Madden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 115 (33), pp.16613-16618. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp205461g⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 116 (14), pp.7687-7693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp3008877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00854030v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal conductivity of ionic systems from equilibrium molecular dynamics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">On the molecular origin of supercapacitance in nanoporous carbon electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Anthony Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Taberna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol. 11 (n° 4), pp. 306-310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/NMAT3260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01985997v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01153072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Imidazolium Ionic Liquid Interfaces with Vapor and Graphite: Interfacial Tension and Capacitance from Coarse-Grained Molecular Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115 (33), pp.16613-16618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp205461g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal conductivity of ionic systems from equilibrium molecular dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Salanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Marrocchelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norikazu Ohtori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul A. Madden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 23 (10), pp.102101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Internal mobilities and diffusion in an ionic liquid mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul A. Madden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Salanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 12 (42), pp.14109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01985971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale models for a better understanding of the carbon electrode / electrolyte interface and their applications in the field of supercapacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carbon 2025 - The world conference on carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling high power devices across scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">76 Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2025, Mainz, Germany, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de l'adsorption des ions dans les carbones nanoporeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie théorique et/ou physique. Université Pierre et Marie Curie - Paris VI, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00872938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId196"/>
+      <w:footerReference w:type="default" r:id="rId207"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6587,51 +7025,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04870522v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Noblesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Duluard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ansart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Merlet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060836v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaudy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Salanne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnanoscienceau.4c00070" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759139v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hassane Lahrar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4fd00082j" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Liu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongxun Lyu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J A Leesmith" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Hua" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adn6242" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759150v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Parejo-Tovar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Ratajczak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;guin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2024.103810" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759094v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Abdolhosseinzadeh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Schneider" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Jafarpour" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank N&#252;esch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400170" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650682v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.4c01192" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303273v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun-Kyung Kim" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiping Yu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Titirici" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihua Gao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0162575" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131515v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bacon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Serva" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142380" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130794v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anagha Sasikumar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssnmr.2023.101883" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268559v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235008v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Franklin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Mahdi Halim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Taberna" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142944" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792747v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Griffin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c02260" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588862v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannes Seebeck" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Meissner" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.128.086001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206263v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander C Forse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare P Grey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Griffin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2021.03.003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187295v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Deroche" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Ghimbeu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c00342" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290201v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Belhboub" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP02130C" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388764v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0065150" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154222v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amangeldi Torayev" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Engelke" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeliang Su" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren E Marbella" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c10417" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kui Xu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shao" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zifeng Lin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Feng" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eem2.12124" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kilymis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert P Bart&#243;k" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Pickard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP01705A" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033083v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Sperrin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A. Gomez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A. Kattirtzi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c04594" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933837v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2020.08.030" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322514v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.135022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373268v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifei Michelle Liu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berend Smit" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.9b00800" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863066v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b16740" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299034v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter C M M Magusin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Franco" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab3611" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985588v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker L Deringer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuchen Hu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae Hoon Lee" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A Kattirtzi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc01388h" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985629v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Pigliapochi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieuan D Seymour" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Pell" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denissa T Murphy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b04314" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025131v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Miao" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201702068" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999063v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter C. M. M. Magusin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare P. Grey" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro A. Franco" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b01392" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986199v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rucci" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Demorti&#232;re" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b03315" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985727v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Carretero-Gonzalez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman O Raji" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985713v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Grey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b02115" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01929534v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse P&#233;an" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rotenberg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985735v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe K Allan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth K Humphreys" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b03216" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986010v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Bayley" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b03958" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446690v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Daffos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0151505jes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985699v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daan Frenkel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00968897v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T. Limmer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; van Roij" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Madden" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp503224w" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116494v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Anthony Madden" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn4058243" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157828v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms3701" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00853396v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2012.12.107" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00839655v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chandler" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.106102" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00862346v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp52088a" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00854038v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz3019226" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00854033v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3008877" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153072v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT3260" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00854030v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp205461g" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985997v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Marrocchelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norikazu Ohtori" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A. Madden" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985971v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00872938v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545639v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac B Paten" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Petitfr&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Merlet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Loubens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Quintard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ae3527" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Petitfr&#233;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ae335f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04870522v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Noblesse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Duluard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ansart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100722" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060836v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaudy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Salanne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnanoscienceau.4c00070" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759139v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hassane Lahrar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4fd00082j" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650660v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Liu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongxun Lyu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J A Leesmith" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Hua" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adn6242" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759150v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Parejo-Tovar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Ratajczak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;guin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2024.103810" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650682v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.4c01192" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759094v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Abdolhosseinzadeh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Schneider" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Jafarpour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank N&#252;esch" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400170" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303273v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun-Kyung Kim" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiping Yu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Titirici" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihua Gao" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0162575" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131515v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bacon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Serva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Simon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142380" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235008v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Franklin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Mahdi Halim" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Taberna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2023.142944" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anagha Sasikumar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssnmr.2023.101883" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792747v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Griffin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c02260" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588862v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannes Seebeck" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Meissner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.128.086001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206263v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander C Forse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare P Grey" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Griffin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2021.03.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187295v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Deroche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Ghimbeu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c00342" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290201v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Belhboub" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP02130C" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388764v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0065150" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154222v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amangeldi Torayev" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Engelke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeliang Su" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren E Marbella" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c10417" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863990v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kilymis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert P Bart&#243;k" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Pickard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP01705A" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955559v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kui Xu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zifeng Lin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Feng" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eem2.12124" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033083v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Sperrin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A. Gomez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A. Kattirtzi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c04594" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933837v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2020.08.030" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322514v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.135022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373268v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifei Michelle Liu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berend Smit" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.9b00800" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863066v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b16740" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299034v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter C M M Magusin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Franco" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab3611" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985629v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Pigliapochi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieuan D Seymour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Pell" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denissa T Murphy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b04314" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985588v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker L Deringer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuchen Hu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae Hoon Lee" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A Kattirtzi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc01388h" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025131v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Miao" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201702068" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999063v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter C. M. M. Magusin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare P. Grey" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro A. Franco" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b01392" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986199v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rucci" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Demorti&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b03315" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985727v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Carretero-Gonzalez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman O Raji" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985713v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Grey" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b02115" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01929534v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse P&#233;an" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rotenberg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986010v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Bayley" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b03958" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985735v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe K Allan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth K Humphreys" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b03216" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446690v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Daffos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0151505jes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985699v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daan Frenkel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00968897v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T. Limmer" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; van Roij" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Madden" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp503224w" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116494v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Anthony Madden" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn4058243" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157828v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms3701" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00839655v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chandler" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.106102" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00853396v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2012.12.107" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00854038v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz3019226" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00862346v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp52088a" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00854033v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3008877" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153072v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT3260" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00854030v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp205461g" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985997v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Marrocchelli" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norikazu Ohtori" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A. Madden" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985971v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539545v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539535v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00872938v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>