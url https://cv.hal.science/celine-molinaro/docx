--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -619,295 +619,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIR photopolymerization self-writing process for fiber-to-fiber single mode coupling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nessim Jebali</w:t>
+                <w:t xml:space="preserve">Sol-gel TiO2 thin film on Au nanoparticles for heterogeneous plasmonic photocatalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Khitous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Molinaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Grée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.3017607⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.10856-10866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c15866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779658v1</w:t>
+                <w:t xml:space="preserve">hal-05222796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sol-gel TiO2 thin film on Au nanoparticles for heterogeneous plasmonic photocatalysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Noel</w:t>
+                <w:t xml:space="preserve">NIR photopolymerization self-writing process for fiber-to-fiber single mode coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nessim Jebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Molinaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Loïc Vidal</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Roul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Grée</w:t>
+                <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (8), pp.10856-10866. </w:t>
+              <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c15866⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.3017607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05222796v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical Method Based on Thermally Activated Free Radical Polymerization to Determine the Temperature in Thermoplasmonics</w:t>
               </w:r>
@@ -1525,51 +1525,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écriture laser de materiaux fonctionnels inorganiques preparés par voie sol-gel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Khitous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2217,277 +2217,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIR photopolymerization self-writing process for fiber-to fiber and VCSEL-to-fiber single mode coupling</w:t>
+                <w:t xml:space="preserve">NIR photopolymerization for VCSEL-to-fiber single mode connection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessim Jebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Molinaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Roul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Jermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Raimbault</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics Europe. Semiconductor lasers and laser dynamics.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPIE, Apr 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">VCSEL Day 24 European Worshop, 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAAS-CNRS, Sep 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04598598v1</w:t>
+                <w:t xml:space="preserve">hal-04974638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIR photopolymerization for VCSEL-to-fiber single mode connection</w:t>
+                <w:t xml:space="preserve">NIR photopolymerization self-writing process for fiber-to fiber and VCSEL-to-fiber single mode coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessim Jebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Molinaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Raimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VCSEL Day 24 European Worshop, 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LAAS-CNRS, Sep 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">SPIE Photonics Europe. Semiconductor lasers and laser dynamics.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE, Apr 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04974638v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-aligned connection between two single mode fibers with a near infrared photopolymerization process</w:t>
               </w:r>
@@ -2525,51 +2525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Jermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Technologies Emergentes JNTE 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Télécom Saint Etienne, Nov 2024, Saint Etienne (FR), France</w:t>
@@ -3041,51 +3041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Molinaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Khitous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Soppera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3554,51 +3554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344409v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessim Jebali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Molinaro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jermann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2025.3628991" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369743v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Khitous" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bastide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soppera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11468-025-03308-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381077v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kochtcheev" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Adam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP02372F" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371785v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vidal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephania Abdallah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP02133B" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017607" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222796v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vidal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gr&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c15866" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699521v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c00525" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minyu Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marguet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03148" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355940v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent No&#235;l" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsiao-Wen Zan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Berling" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202300407" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087159v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gree" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Haupt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202201651" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261366v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Thomas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23083995" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598361v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kirscher" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202211243" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777642v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle B&#233;n&#233;fice" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gorlas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette da Cunha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien M L Robert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33074-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186330v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Iv" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra00184a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01757645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Douillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Charra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini&#8208; Debuisschert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP00867A" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01355273v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Harfouch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Palleau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b07498" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04598598v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raimbault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04974638v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04974323v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04366632v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389187v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini-Debuisschert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2019.8840397" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338662v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Fiorini Debuisschert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2016.FW1B.6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265367v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16518-4_3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371773v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlo Vega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Malval" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01900352v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS321" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344409v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessim Jebali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Molinaro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jermann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2025.3628991" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369743v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Khitous" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bastide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soppera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11468-025-03308-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381077v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kochtcheev" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Adam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP02372F" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371785v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vidal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephania Abdallah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP02133B" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222796v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vidal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gr&#233;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c15866" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779658v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017607" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699521v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c00525" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minyu Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marguet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03148" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355940v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent No&#235;l" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsiao-Wen Zan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Berling" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202300407" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087159v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gree" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Haupt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202201651" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261366v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Thomas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23083995" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598361v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kirscher" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202211243" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777642v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle B&#233;n&#233;fice" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gorlas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette da Cunha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien M L Robert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33074-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186330v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Iv" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra00184a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01757645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Douillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Charra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini&#8208; Debuisschert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP00867A" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01355273v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Harfouch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Palleau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b07498" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04974638v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04598598v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raimbault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04974323v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04366632v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389187v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini-Debuisschert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2019.8840397" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338662v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Fiorini Debuisschert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2016.FW1B.6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265367v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16518-4_3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371773v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlo Vega" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Malval" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01900352v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS321" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>